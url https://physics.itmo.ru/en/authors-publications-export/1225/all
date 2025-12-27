--- v0 (2025-10-24)
+++ v1 (2025-12-27)
@@ -155,102 +155,102 @@
   <si>
     <t>10.1109/MetaMaterials.2014.6948638</t>
   </si>
   <si>
     <t>Nonlinear interaction of meta-atoms through optical coupling</t>
   </si>
   <si>
     <t>Alexey Slobozhanyuk, Polina Kapitanova, Dmitry Filonov, Mikhail Lapine, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>Applied Physics Letters</t>
   </si>
   <si>
     <t>10.1063/1.4861388</t>
   </si>
   <si>
     <t>Broadband isotropic μ-near-zero metamaterials</t>
   </si>
   <si>
     <t>Pavel Belov, Alexey Slobozhanyuk, Dmitry Filonov, Ilya Yagupov, Polina Kapitanova, Mikhail Lapine, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1063/1.4832056</t>
   </si>
   <si>
+    <t>Tailoring lattice parameters for broadband artificial diamagnetism</t>
+  </si>
+  <si>
+    <t>Mikhail Lapine, Yuri Kivshar, Pavel Belov</t>
+  </si>
+  <si>
+    <t>2013 7th International Congress on Advanced Electromagnetic Materials in Microwaves and Optics</t>
+  </si>
+  <si>
+    <t>34-36</t>
+  </si>
+  <si>
+    <t>10.1109/metamaterials.2013.6808944</t>
+  </si>
+  <si>
     <t>Light coupling in microwave metamaterials</t>
   </si>
   <si>
     <t>Alexey Slobozhanyuk, Polina Kapitanova, Dmitry Filonov, Pavel Belov, Mikhail Lapine, Yuri Kivshar</t>
   </si>
   <si>
-    <t>2013 7th International Congress on Advanced Electromagnetic Materials in Microwaves and Optics</t>
-[...1 lines deleted...]
-  <si>
     <t>190-192</t>
   </si>
   <si>
     <t>10.1109/MetaMaterials.2013.6808996</t>
   </si>
   <si>
-    <t>Tailoring lattice parameters for broadband artificial diamagnetism</t>
-[...8 lines deleted...]
-    <t>10.1109/metamaterials.2013.6808944</t>
+    <t>Novel nonlinear chiral metamaterials</t>
+  </si>
+  <si>
+    <t>Alexey Slobozhanyuk, Pavel Belov, Mikhail Lapine, Yuri Kivshar</t>
+  </si>
+  <si>
+    <t>IEEE Antennas and Propagation Society, AP-S International Symposium (Digest)</t>
+  </si>
+  <si>
+    <t>488-489</t>
+  </si>
+  <si>
+    <t>10.1109/APS.2013.6710905</t>
   </si>
   <si>
     <t>Photosensitive SRR-metamaterials</t>
   </si>
   <si>
     <t>Alexey Slobozhanyuk, Polina Kapitanova, Dmitry Filonov, Pavel Belov, Yuri Kivshar, Mikhail Lapine</t>
   </si>
   <si>
-    <t>IEEE Antennas and Propagation Society, AP-S International Symposium (Digest)</t>
-[...1 lines deleted...]
-  <si>
     <t>1190-1191</t>
   </si>
   <si>
     <t>10.1109/APS.2013.6711255</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1109/APS.2013.6710905</t>
   </si>
   <si>
     <t>Flexible Helices for Nonlinear Metamaterials</t>
   </si>
   <si>
     <t>Alexey Slobozhanyuk, Mikhail Lapine, Yuri Kivshar, Pavel Belov</t>
   </si>
   <si>
     <t>Advanced Materials</t>
   </si>
   <si>
     <t>3409–3412</t>
   </si>
   <si>
     <t>10.1002/adma.201300840</t>
   </si>
   <si>
     <t>Broadband diamagnetism in anisotropic metamaterials</t>
   </si>
   <si>
     <t>Mikhail Lapine, Anastasia Krylova, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>024408 (1-7)</t>
   </si>