--- v0 (2025-10-08)
+++ v1 (2025-12-23)
@@ -320,66 +320,66 @@
   <si>
     <t>62-66</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2009.08.003</t>
   </si>
   <si>
     <t>Light bullets in nonlinear periodically curved waveguide arrays</t>
   </si>
   <si>
     <t>10.1103/PhysRevA.81.043833</t>
   </si>
   <si>
     <t>Polychromatic solitons and symmetry breaking in curved waveguide arrays</t>
   </si>
   <si>
     <t>10.1364/OL.35.001371</t>
   </si>
   <si>
     <t>Reflectionless potentials and cavities in waveguide arrays and coupled-resonator structures</t>
   </si>
   <si>
     <t>10.1364/OL.35.000989</t>
   </si>
   <si>
+    <t>Observation of Two-Dimensional Dynamic Localization of Light</t>
+  </si>
+  <si>
+    <t>223903(1-4)</t>
+  </si>
+  <si>
+    <t>10.1364/QELS.2010.QMA7</t>
+  </si>
+  <si>
     <t>Lattice-controlled modulation instability in photorefractive feedback systems</t>
   </si>
   <si>
     <t>3568-3570</t>
   </si>
   <si>
     <t>10.1364/NP.2010.NMD7</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.1364/QELS.2010.QMA7</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1551,101 +1551,101 @@
       </c>
       <c r="D30">
         <v>35</v>
       </c>
       <c r="E30">
         <v>989</v>
       </c>
       <c r="F30">
         <v>2010</v>
       </c>
       <c r="G30" t="s">
         <v>101</v>
       </c>
       <c r="H30">
         <v>3.32</v>
       </c>
       <c r="I30">
         <v>2.64</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
         <v>102</v>
       </c>
       <c r="B31" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="C31" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="D31">
-        <v>35</v>
+        <v>104</v>
       </c>
       <c r="E31" t="s">
         <v>103</v>
       </c>
       <c r="F31">
         <v>2010</v>
       </c>
       <c r="G31" t="s">
         <v>104</v>
       </c>
       <c r="H31">
-        <v>3.32</v>
+        <v>7.62</v>
       </c>
       <c r="I31">
-        <v>2.64</v>
+        <v>6.45</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
         <v>105</v>
       </c>
       <c r="B32" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="C32" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="D32">
-        <v>104</v>
+        <v>35</v>
       </c>
       <c r="E32" t="s">
         <v>106</v>
       </c>
       <c r="F32">
         <v>2010</v>
       </c>
       <c r="G32" t="s">
         <v>107</v>
       </c>
       <c r="H32">
-        <v>7.62</v>
+        <v>3.32</v>
       </c>
       <c r="I32">
-        <v>6.45</v>
+        <v>2.64</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">