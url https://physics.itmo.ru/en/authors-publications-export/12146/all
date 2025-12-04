--- v0 (2025-10-06)
+++ v1 (2025-12-04)
@@ -12,77 +12,89 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
+  </si>
+  <si>
+    <t>Heterostructured perovskite nanocrystals for water stable plasmon-enhanced photoelectrocatalysis</t>
+  </si>
+  <si>
+    <t>Yuan Yuan, Anastasiia P. Dmitrieva, Stepan Pozdnyakov, Lev Zelenkov, Pavel Krasnov, Yangyang Ju, Ruslan Azizov, Ivan V. Moskalenko, Elena F. Krivoshapkina, Pavel V. Krivoshapkin, Pavel Talianov, Sergey Makarov, Soslan A. Khubezhov</t>
+  </si>
+  <si>
+    <t>Light: Advanced Manufacturing</t>
+  </si>
+  <si>
+    <t>10.37188/lam.2025.080</t>
   </si>
   <si>
     <t>Resonant mode crossing in hybrid structures for effective light-emission</t>
   </si>
   <si>
     <t>Martin Rojas Bustamante, Ruslan Azizov, Ravshanjon Nazarov, Mingzhao Song, Pavel S. Pankin, Dmitrii N. Maksimov, Sergey Makarov, Andrey Bogdanov</t>
   </si>
   <si>
     <t>Photonics and Nanostructures - Fundamentals and Applications</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2025.101436</t>
   </si>
   <si>
     <t>Direct laser writing of resonant periodic nanostructures in thin light-emitting films of CdSe/CdZnS core/shell nanoplatelets</t>
   </si>
   <si>
     <t>Ruslan Azizov, Ivan Sinev, Furkan Işık, Farzan Shabani, Anatoly Pushkarev, Iklim Yurdakul, Savas Delikanli, Hilmi Volkan Demir, Sergey Makarov</t>
   </si>
   <si>
     <t>Applied Physics Letters</t>
   </si>
   <si>
     <t>10.1063/5.0106895</t>
   </si>
@@ -437,211 +449,240 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I5"/>
+  <dimension ref="A1:I6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="183.955" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="252.367" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="272.362" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="71.84" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2">
-        <v>66</v>
+        <v>6</v>
       </c>
       <c r="E2">
-        <v>101436</v>
+        <v>1</v>
       </c>
       <c r="F2">
         <v>2025</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
       <c r="H2">
-        <v>3.01</v>
+        <v>9.44</v>
       </c>
       <c r="I2">
-        <v>0.55</v>
+        <v>2.54</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3">
-        <v>121</v>
+        <v>66</v>
       </c>
       <c r="E3">
-        <v>223301</v>
+        <v>101436</v>
       </c>
       <c r="F3">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="G3" t="s">
         <v>16</v>
       </c>
       <c r="H3">
-        <v>3.97</v>
+        <v>3.01</v>
       </c>
       <c r="I3">
-        <v>1.03</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>17</v>
       </c>
       <c r="B4" t="s">
         <v>18</v>
       </c>
       <c r="C4" t="s">
         <v>19</v>
       </c>
       <c r="D4">
-        <v>11</v>
+        <v>121</v>
       </c>
       <c r="E4">
-        <v>119</v>
+        <v>223301</v>
       </c>
       <c r="F4">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G4" t="s">
         <v>20</v>
       </c>
       <c r="H4">
-        <v>5.72</v>
+        <v>3.97</v>
       </c>
       <c r="I4">
-        <v>0.84</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>21</v>
       </c>
       <c r="B5" t="s">
         <v>22</v>
       </c>
       <c r="C5" t="s">
         <v>23</v>
       </c>
       <c r="D5">
+        <v>11</v>
+      </c>
+      <c r="E5">
+        <v>119</v>
+      </c>
+      <c r="F5">
+        <v>2021</v>
+      </c>
+      <c r="G5" t="s">
+        <v>24</v>
+      </c>
+      <c r="H5">
+        <v>5.72</v>
+      </c>
+      <c r="I5">
+        <v>0.84</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9">
+      <c r="A6" t="s">
+        <v>25</v>
+      </c>
+      <c r="B6" t="s">
+        <v>26</v>
+      </c>
+      <c r="C6" t="s">
+        <v>27</v>
+      </c>
+      <c r="D6">
         <v>6</v>
       </c>
-      <c r="E5" t="s">
-[...2 lines deleted...]
-      <c r="F5">
+      <c r="E6" t="s">
+        <v>28</v>
+      </c>
+      <c r="F6">
         <v>2020</v>
       </c>
-      <c r="G5" t="s">
-[...2 lines deleted...]
-      <c r="H5">
+      <c r="G6" t="s">
+        <v>29</v>
+      </c>
+      <c r="H6">
         <v>3.15</v>
       </c>
-      <c r="I5">
+      <c r="I6">
         <v>0.95</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>