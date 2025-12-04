--- v0 (2025-10-06)
+++ v1 (2025-12-04)
@@ -12,79 +12,94 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="692">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="697">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>Anomalous Reflection from Hyperbolic Media</t>
+  </si>
+  <si>
+    <t>Ilya Deriy, Kseniia Lezhennikova, Stanislav Glybovski, Ivan Iorsh, Oleh Y. Yermakov, Mingzhao Song, Redha Abdeddaim, Stefan Enoch, Pavel Belov, Andrey Bogdanov</t>
+  </si>
+  <si>
+    <t>Progress In Electromagnetics Research</t>
+  </si>
+  <si>
+    <t>85-94</t>
+  </si>
+  <si>
+    <t>10.2528/pier24121702</t>
+  </si>
+  <si>
     <t>Stimulated Exciton–Polariton Scattering in Hybrid Halide Perovskites</t>
   </si>
   <si>
     <t>Igor Chestnov, Mikhail Masharin, Valeriy Kondratiev, Ivan Iorsh, Anton Samusev, Anatoly Pushkarev, Sergey Makarov, Ivan Shelykh, Vanik Shahnazaryan</t>
   </si>
   <si>
     <t>ACS Photonics</t>
   </si>
   <si>
     <t>801-808</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.4c01756</t>
   </si>
   <si>
     <t>Generating N00N states of surface plasmon polaritons with 𝑁=2 by a single nanoparticle</t>
   </si>
   <si>
     <t>Nikita Olekhno, Mihail Petrov, Ivan Iorsh, Andrey Sukhorukov, Alexander S. Solntsev</t>
   </si>
   <si>
     <t>Physical Review B</t>
   </si>
   <si>
     <t>10.1103/physrevb.109.245416</t>
@@ -467,194 +482,194 @@
   <si>
     <t>10.1088/2053-1583/ac3887</t>
   </si>
   <si>
     <t>Exciton–polaritons in GaAs-based slab waveguide photonic crystals</t>
   </si>
   <si>
     <t>C. E. Whittaker, T. Isoniemi, S. Lovett, P. M. Walker, Stanislav Kolodny, Valerii Kozin, Ivan Iorsh, I. Farrer, D. A. Ritchie, M. S. Skolnick, D. N. Krizhanovskii</t>
   </si>
   <si>
     <t>Applied Physics Letters</t>
   </si>
   <si>
     <t>10.1063/5.0071248</t>
   </si>
   <si>
     <t>Vacuum anomalous Hall effect in gyrotropic cavity</t>
   </si>
   <si>
     <t>I. V. Tokatly, Dmitry Gulevich, Ivan Iorsh</t>
   </si>
   <si>
     <t>10.1103/physrevb.104.l081408</t>
   </si>
   <si>
+    <t>All-optical resonant magnetization switching in CrI3 monolayers</t>
+  </si>
+  <si>
+    <t>Andrew Kudlis, Ivan Iorsh, Ivan Shelykh</t>
+  </si>
+  <si>
+    <t>10.1103/physrevb.104.l020412</t>
+  </si>
+  <si>
     <t>Enhancement of Second-harmonic Generation in Micropillar Resonator due to the Engineered Destructive Interference</t>
   </si>
   <si>
     <t>Stanislav Kolodny, Valerii Kozin, Ivan Iorsh</t>
   </si>
   <si>
     <t>JETP Letters</t>
   </si>
   <si>
     <t>10.1134/s0021364021150017</t>
   </si>
   <si>
-    <t>All-optical resonant magnetization switching in CrI3 monolayers</t>
-[...7 lines deleted...]
-  <si>
     <t>Modeling excitonic Mott transitions in two-dimensional semiconductors</t>
   </si>
   <si>
     <t>10.1103/physrevb.103.115307</t>
   </si>
   <si>
     <t>Two-dimensional chiral-waveguide quantum electrodynamics: Long-range qubit correlations and flat-band dark polaritons</t>
   </si>
   <si>
     <t>Y. Marques, Ivan Shelykh, Ivan Iorsh</t>
   </si>
   <si>
     <t>10.1103/physreva.103.033702</t>
   </si>
   <si>
     <t>Bosonic Hofstadter butterflies in synthetic antiferromagnetic patterns</t>
   </si>
   <si>
     <t>Journal of Physics: Condensed Matter</t>
   </si>
   <si>
     <t>10.1088/1361-648x/abd99b</t>
   </si>
   <si>
     <t>Chiral Waveguide Optomechanics: First Order Quantum Phase Transitions with Z3 Symmetry Breaking</t>
   </si>
   <si>
     <t>Denis Sedov, Valerii Kozin, Ivan Iorsh</t>
   </si>
   <si>
     <t>Physical Review Letters</t>
   </si>
   <si>
     <t>10.1103/physrevlett.125.263606</t>
   </si>
   <si>
+    <t>Many-body phenomena in semiconductors and cluster expansion approach</t>
+  </si>
+  <si>
+    <t>Andrew Kudlis,  Gulnaz Rakhmanova, Ivan Iorsh</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020072</t>
+  </si>
+  <si>
+    <t>10.1063/5.0032135</t>
+  </si>
+  <si>
+    <t>Measurement of local optomechanical properties of MoSe2 monolayers</t>
+  </si>
+  <si>
+    <t>Fedor Benimetskiy, V. A. Sharov, P. A. Alekseev, Vasily Kravtsov, K.-D. Park, Anton Samusev, Ivan Iorsh</t>
+  </si>
+  <si>
+    <t>020008</t>
+  </si>
+  <si>
+    <t>10.1063/5.0032285</t>
+  </si>
+  <si>
+    <t>Electrically tunable trion-polaritons in MoSe2/hBN heterostructure integrated with a photonic crystal slab</t>
+  </si>
+  <si>
+    <t>V. Kondratyev, Fedor Benimetskiy, Tatyana Ivanova, Anton Samusev, K.-D. Park, M. S. Skolnick, Vasily Kravtsov, Ivan Iorsh</t>
+  </si>
+  <si>
+    <t>020062</t>
+  </si>
+  <si>
+    <t>10.1063/5.0032226</t>
+  </si>
+  <si>
+    <t>Topological plasmon polariton on a Dirac magnet helical state: The second harmonic generation enhancement</t>
+  </si>
+  <si>
+    <t>Gulnaz Rakhmanova, Ivan Iorsh</t>
+  </si>
+  <si>
+    <t>020101</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031857</t>
+  </si>
+  <si>
+    <t>Propagation of exciton-polaritons in monolayer semiconductor coupled to at-Γ bound state in the continuum</t>
+  </si>
+  <si>
+    <t>Fedor Benimetskiy, Vasily Kravtsov, Ivan Sinev, Anton Samusev, Ivan Iorsh</t>
+  </si>
+  <si>
+    <t>020010</t>
+  </si>
+  <si>
+    <t>10.1063/5.0032076</t>
+  </si>
+  <si>
+    <t>Chiral coupling of dipole transitions in a V-type atom using a plasmonic dimer</t>
+  </si>
+  <si>
+    <t>Mihail Petrov, Ivan Iorsh</t>
+  </si>
+  <si>
+    <t>020064</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031864</t>
+  </si>
+  <si>
     <t>Fano resonances in quantum well absorption induced by electromagnetic          dressing</t>
   </si>
   <si>
     <t>Oleg Kibis, Stanislav Kolodny, Ivan Iorsh</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020052</t>
   </si>
   <si>
     <t>10.1063/5.0032332</t>
   </si>
   <si>
-    <t>Many-body phenomena in semiconductors and cluster expansion approach</t>
-[...70 lines deleted...]
-  <si>
     <t>Spin–valley dynamics in alloy-based transition metal dichalcogenide heterobilayers</t>
   </si>
   <si>
     <t>Vasily Kravtsov,  Aleksey D Liubomirov,  Roman V Cherbunin,  Alessandro Catanzaro,  Armando Genco,  Daniel Gillard,  Evgeny M Alexeev, Tatyana Ivanova, Ivan Shelykh,  Alexander I Tartakovskii,  Maurice S Skolnick, Ivan Iorsh</t>
   </si>
   <si>
     <t>025011</t>
   </si>
   <si>
     <t>10.1088/2053-1583/abcf12</t>
   </si>
   <si>
     <t>Fano resonances in optical spectra of semiconductor quantum wells dressed by circularly polarized light</t>
   </si>
   <si>
     <t>O. V. Kibis, Stanislav Kolodny, Ivan Iorsh</t>
   </si>
   <si>
     <t>Optics Letters</t>
   </si>
   <si>
     <t>10.1364/ol.410091</t>
   </si>
   <si>
     <t>High refractive index and extreme biaxial optical anisotropy of rhenium diselenide for applications in all-dielectric nanophotonics</t>
@@ -695,98 +710,98 @@
   <si>
     <t>10.1515/nanoph-2020-0287</t>
   </si>
   <si>
     <t>Midgap edge states in polaritonic graphene with zero average mangetic field</t>
   </si>
   <si>
     <t>FIFTH INTERNATIONAL CONFERENCE ON QUANTUM TECHNOLOGIES (ICQT-2019)</t>
   </si>
   <si>
     <t>10.1063/5.0011471</t>
   </si>
   <si>
     <t>Retraction notice to “Tamm plasmon-polaritons: First experimental observation” [Superlattice. Microst., 47 (2010) 44–49]</t>
   </si>
   <si>
     <t>S. Brand, Ivan Iorsh, Ivan Shelykh, A. Yu Egorov, A.P. Vasil'ev</t>
   </si>
   <si>
     <t>Superlattices and Microstructures</t>
   </si>
   <si>
     <t>10.1016/j.spmi.2020.106569</t>
   </si>
   <si>
+    <t>Polarization hybridization of surface waves on anisotropic metasurface</t>
+  </si>
+  <si>
+    <t>Anna Hurshkainen, Polina Kapitanova, Ivan Iorsh, Stanislav Glybovski, Andrey Bogdanov</t>
+  </si>
+  <si>
+    <t>012196</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1461/1/012196</t>
+  </si>
+  <si>
+    <t>Q/V enhancement of Si micropillar resonator with Bragg reflectors in BIC regime</t>
+  </si>
+  <si>
+    <t>Stanislav Kolodny, Ivan Iorsh</t>
+  </si>
+  <si>
+    <t>012067</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1461/1/012067</t>
+  </si>
+  <si>
+    <t>Floquet engineering of 2D materials</t>
+  </si>
+  <si>
+    <t>O. V. Kibis, Ivan Iorsh, Ivan Shelykh</t>
+  </si>
+  <si>
+    <t>012064</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1461/1/012064</t>
+  </si>
+  <si>
     <t>Strong coupling of excitons in 2D MoSe2/hBN heterostructure with optical bound states in the continuum</t>
   </si>
   <si>
     <t>Fedor Benimetskiy, Vasily Kravtsov, Ivan Mukhin, Ivan Sinev, Anton Samusev, Ivan Shelykh, D. N. Krizhanovskii, M. S. Skolnick, Ivan Iorsh</t>
   </si>
   <si>
     <t>012012</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012012</t>
   </si>
   <si>
-    <t>Polarization hybridization of surface waves on anisotropic metasurface</t>
-[...34 lines deleted...]
-  <si>
     <t>Nonlinear polaritons in a monolayer semiconductor coupled to optical bound states in the continuum</t>
   </si>
   <si>
     <t>Vasily Kravtsov, Fedor Benimetskiy, Tatyana Ivanova, Anton Samusev, Ivan Sinev, Dmitry Pidgayko, Alexey Mozharov, Ivan Mukhin, Maksim S. Lozhkin, Yuri V. Kapitonov, Andrey S. Brichkin, Vladimir D. Kulakovskii, Ivan Shelykh, Alexander I. Tartakovskii, Paul M. Walker, Maurice S. Skolnick, Dmitry N. Krizhanovskii, Ivan Iorsh</t>
   </si>
   <si>
     <t>Light: Science and Applications</t>
   </si>
   <si>
     <t>10.1038/s41377-020-0286-z</t>
   </si>
   <si>
     <t>Steering of Guided Light with Dielectric Nanoantennas</t>
   </si>
   <si>
     <t>Ivan Sinev, Filipp Komissarenko, Ivan Iorsh, Dmitry Permyakov, Anton Samusev, Andrey Bogdanov</t>
   </si>
   <si>
     <t>680-686</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.9b01515</t>
   </si>
   <si>
     <t>Spontaneous topological transitions in a honeycomb lattice of exciton-polariton condensates due to spin bifurcations</t>
@@ -944,152 +959,152 @@
   <si>
     <t>Resonant spin wave excitation in magnetoplasmonic bilayers using short laser pulses</t>
   </si>
   <si>
     <t>2003-2007</t>
   </si>
   <si>
     <t>10.1039/c8nr09989h</t>
   </si>
   <si>
     <t>Strong coupling and non-reciprocity in the dynamics of a V-atom placed near an anisotropic metasurface</t>
   </si>
   <si>
     <t>2018 12th Int. Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
   </si>
   <si>
     <t>10.1109/metamaterials.2018.8534098</t>
   </si>
   <si>
     <t>Experimental observation of hybrid TE-TM polarized surface waves supported by hyperbolic metasurface</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.98.195404</t>
   </si>
   <si>
+    <t>Generation of photon and plasmon pairs by a nonlinear semiconductor nanoparticle</t>
+  </si>
+  <si>
+    <t>Nikita Olekhno, Mihail Petrov, Ivan Iorsh</t>
+  </si>
+  <si>
+    <t>OSA Technical Digest (online)</t>
+  </si>
+  <si>
+    <t>Advanced Pho</t>
+  </si>
+  <si>
+    <t>paper NpM2I.</t>
+  </si>
+  <si>
+    <t>10.1364/NP.2018.NpM2I.5</t>
+  </si>
+  <si>
+    <t>Generation of surface plasmon-polariton pairs by a nonlinear nanoparticle</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1092/1/012105</t>
+  </si>
+  <si>
     <t>Optical properties of spatially dispersive Mie-resonant halide perovskite nanoparticles</t>
   </si>
   <si>
     <t>Aleksander Berestennikov, Ivan Iorsh, Sergey Makarov</t>
   </si>
   <si>
     <t>1092 (1)</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012009</t>
   </si>
   <si>
-    <t>Generation of photon and plasmon pairs by a nonlinear semiconductor nanoparticle</t>
-[...20 lines deleted...]
-    <t>10.1088/1742-6596/1092/1/012105</t>
+    <t>2pi steering of surface plasmon polaritons with silicon nanoantennas</t>
+  </si>
+  <si>
+    <t>Ivan Sinev, Andrey Bogdanov, Filipp Komissarenko, Ivan Mukhin, Anton Samusev, Ivan Iorsh</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1092/1/012140</t>
+  </si>
+  <si>
+    <t>Light-matter interaction between photonic bound states in the continuum and bright excitons in transition metal dichalcogenides</t>
+  </si>
+  <si>
+    <t>Zarina Sadrieva, Andrey Bogdanov, Ivan Iorsh</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1092/1/012064</t>
   </si>
   <si>
     <t>Nonlinear Bound States in the Continuum in One-Dimensional Photonic Crystal Slab</t>
   </si>
   <si>
     <t>Sergei Krasikov, Andrey Bogdanov, Ivan Iorsh</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012068</t>
   </si>
   <si>
     <t>Optical analog of Rashba spin-orbit interaction in asymmetric polariton waveguides</t>
   </si>
   <si>
     <t>Ivan Shelykh, Ivan Iorsh</t>
   </si>
   <si>
     <t>10.1103/physrevb.98.155428</t>
   </si>
   <si>
-    <t>2pi steering of surface plasmon polaritons with silicon nanoantennas</t>
-[...16 lines deleted...]
-  <si>
     <t>Strong coupling between excitons in transition metal dichalcogenides and optical bound states in the continuum</t>
   </si>
   <si>
     <t>161113(R)</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.98.161113</t>
   </si>
   <si>
+    <t>Resonant pumping of polaritonic SSH chains</t>
+  </si>
+  <si>
+    <t>012070</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/1092/1/012070</t>
+  </si>
+  <si>
     <t>Temporal dynamics of a quantum emitter with multiple excited states in the vicinity of an anisotropic metasurface</t>
   </si>
   <si>
     <t>Ivan Toftul, Alexander Chebykin, Mihail Petrov, Ivan Iorsh</t>
   </si>
   <si>
     <t>012063</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012063</t>
   </si>
   <si>
-    <t>Resonant pumping of polaritonic SSH chains</t>
-[...7 lines deleted...]
-  <si>
     <t>Electromagnetic Dressing of Graphene</t>
   </si>
   <si>
     <t>O. V. Kibis, K. Dini, Ivan Iorsh, V. P. Dragunov, Ivan Shelykh</t>
   </si>
   <si>
     <t>Journal of Structural Chemistry</t>
   </si>
   <si>
     <t>867-869</t>
   </si>
   <si>
     <t>10.1134/s0022476618040170</t>
   </si>
   <si>
     <t>Effective surface conductivity of optical hyperbolic metasurfaces: from far-field characterization to surface wave analysis</t>
   </si>
   <si>
     <t>Dmitry Permyakov, Pavel Dmitriev, Anton Samusev, Ivan Iorsh, Andrey Bogdanov</t>
   </si>
   <si>
     <t>Scientific Reports</t>
   </si>
   <si>
     <t>https://doi.org/10.1038/s41598-018-32479-y</t>
@@ -1562,90 +1577,90 @@
   <si>
     <t>Kovalev V. M.,  Savenko I. G., Ivan Iorsh</t>
   </si>
   <si>
     <t>10.1088/0953-8984/28/10/105301</t>
   </si>
   <si>
     <t>The role of defects in lowering the effective polariton temperature in electric and optically pumped polariton lasers</t>
   </si>
   <si>
     <t>Ivan Iorsh</t>
   </si>
   <si>
     <t>10.1063/1.4940401</t>
   </si>
   <si>
     <t>Wireless power transfer based on magnetic quadrupole coupling in dielectric resonators</t>
   </si>
   <si>
     <t>Mingzhao Song, Ivan Iorsh, Polina Kapitanova, Pavel Belov</t>
   </si>
   <si>
     <t>10.1063/1.4939789</t>
   </si>
   <si>
+    <t>New types of surface waves on hyperbolic metasurface</t>
+  </si>
+  <si>
+    <t>Anton Ovcharenko, Ivan Iorsh, Andrey Bogdanov, Yuri Kivshar</t>
+  </si>
+  <si>
+    <t>2015 Days on Diffraction (DD)</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2015.7354895</t>
+  </si>
+  <si>
+    <t>Metamaterials for wireless power transfer</t>
+  </si>
+  <si>
+    <t>Mingzhao Song, Polina Kapitanova, Ivan Iorsh, Pavel Belov</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2015.7354885</t>
+  </si>
+  <si>
+    <t>Interaction of light with a hyperbolic cavity in the strong-coupling regime with Fano resonance</t>
+  </si>
+  <si>
+    <t>Mehedi Hasan, Ivan Iorsh</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2015.7354848</t>
+  </si>
+  <si>
+    <t>Graphene based anisotropic metasurface</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2015.7354890</t>
+  </si>
+  <si>
     <t>Quantum hyperbolic metamaterials with exciton-polaritons in semiconductor Bragg mirrors</t>
   </si>
   <si>
-    <t>2015 Days on Diffraction (DD)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/DD.2015.7354877</t>
-  </si>
-[...31 lines deleted...]
-    <t>10.1109/DD.2015.7354890</t>
   </si>
   <si>
     <t>Application of High-Q dielectric resonators for wireless power transfer system</t>
   </si>
   <si>
     <t>Pavel Belov, Mingzhao Song, Ivan Iorsh, Polina Kapitanova</t>
   </si>
   <si>
     <t>2015 SBMO/IEEE MTT-S International Microwave and Optoelectronics Conference (IMOC)</t>
   </si>
   <si>
     <t>10.1109/IMOC.2015.7369228</t>
   </si>
   <si>
     <t>Diamagnetism in wire medium metamaterials: Theory and experiment</t>
   </si>
   <si>
     <t>Ilya Yagupov, Dmitry Filonov, Alexander Ageyskiy, Mehedi Hasan, Ivan Iorsh, Pavel Belov</t>
   </si>
   <si>
     <t>041304(R)</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.92.041304</t>
   </si>
@@ -2435,51 +2450,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I198"/>
+  <dimension ref="A1:I199"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="183.955" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="391.619" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="116.686" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.998" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -2494,5355 +2509,5384 @@
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2">
-        <v>12</v>
+        <v>182</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2">
         <v>2025</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2">
-        <v>7.53</v>
+        <v>2.95</v>
       </c>
       <c r="I2">
-        <v>2.74</v>
+        <v>0.44</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>14</v>
       </c>
       <c r="B3" t="s">
         <v>15</v>
       </c>
       <c r="C3" t="s">
         <v>16</v>
       </c>
       <c r="D3">
-        <v>109</v>
-[...1 lines deleted...]
-      <c r="E3"/>
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
       <c r="F3">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="H3">
-        <v>4.04</v>
+        <v>7.53</v>
       </c>
       <c r="I3">
-        <v>1.78</v>
+        <v>2.74</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C4" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D4">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>109</v>
+      </c>
+      <c r="E4"/>
       <c r="F4">
         <v>2024</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
-        <v>12.26</v>
+        <v>4.04</v>
       </c>
       <c r="I4">
-        <v>3.76</v>
+        <v>1.78</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>23</v>
       </c>
       <c r="B5" t="s">
         <v>24</v>
       </c>
       <c r="C5" t="s">
         <v>25</v>
       </c>
       <c r="D5">
-        <v>7</v>
+        <v>24</v>
       </c>
       <c r="E5" t="s">
         <v>26</v>
       </c>
       <c r="F5">
         <v>2024</v>
       </c>
       <c r="G5" t="s">
         <v>27</v>
       </c>
       <c r="H5">
-        <v>9.64</v>
+        <v>12.26</v>
       </c>
       <c r="I5">
-        <v>0.12</v>
+        <v>3.76</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>28</v>
       </c>
       <c r="B6" t="s">
         <v>29</v>
       </c>
       <c r="C6" t="s">
-        <v>20</v>
+        <v>30</v>
       </c>
       <c r="D6">
-        <v>24</v>
+        <v>7</v>
       </c>
       <c r="E6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F6">
         <v>2024</v>
       </c>
       <c r="G6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="H6">
-        <v>12.26</v>
+        <v>9.64</v>
       </c>
       <c r="I6">
-        <v>3.76</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C7" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="D7">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="E7"/>
+        <v>24</v>
+      </c>
+      <c r="E7" t="s">
+        <v>35</v>
+      </c>
       <c r="F7">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G7" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="H7">
-        <v>3.91</v>
+        <v>12.26</v>
       </c>
       <c r="I7">
-        <v>1.54</v>
+        <v>3.76</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B8" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C8" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D8">
         <v>108</v>
       </c>
       <c r="E8"/>
       <c r="F8">
         <v>2023</v>
       </c>
       <c r="G8" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-      <c r="I8"/>
+        <v>39</v>
+      </c>
+      <c r="H8">
+        <v>3.91</v>
+      </c>
+      <c r="I8">
+        <v>1.54</v>
+      </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B9" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C9" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="D9"/>
+        <v>21</v>
+      </c>
+      <c r="D9">
+        <v>108</v>
+      </c>
       <c r="E9"/>
       <c r="F9">
         <v>2023</v>
       </c>
       <c r="G9" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H9"/>
       <c r="I9"/>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B10" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C10" t="s">
-        <v>44</v>
-[...3 lines deleted...]
-      </c>
+        <v>45</v>
+      </c>
+      <c r="D10"/>
       <c r="E10"/>
       <c r="F10">
         <v>2023</v>
       </c>
       <c r="G10" t="s">
-        <v>45</v>
-[...6 lines deleted...]
-      </c>
+        <v>46</v>
+      </c>
+      <c r="H10"/>
+      <c r="I10"/>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B11" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C11" t="s">
-        <v>16</v>
+        <v>49</v>
       </c>
       <c r="D11">
-        <v>108</v>
+        <v>14</v>
       </c>
       <c r="E11"/>
       <c r="F11">
         <v>2023</v>
       </c>
       <c r="G11" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="H11">
-        <v>3.91</v>
+        <v>14.92</v>
       </c>
       <c r="I11">
-        <v>1.54</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B12" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="C12" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D12">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>108</v>
+      </c>
+      <c r="E12"/>
       <c r="F12">
         <v>2023</v>
       </c>
       <c r="G12" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="H12">
-        <v>12.26</v>
+        <v>3.91</v>
       </c>
       <c r="I12">
-        <v>3.76</v>
+        <v>1.54</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B13" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C13" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="D13">
-        <v>10</v>
+        <v>23</v>
       </c>
       <c r="E13" t="s">
         <v>56</v>
       </c>
       <c r="F13">
         <v>2023</v>
       </c>
       <c r="G13" t="s">
         <v>57</v>
       </c>
       <c r="H13">
-        <v>6.86</v>
+        <v>12.26</v>
       </c>
       <c r="I13">
-        <v>2.01</v>
+        <v>3.76</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
         <v>58</v>
       </c>
       <c r="B14" t="s">
         <v>59</v>
       </c>
       <c r="C14" t="s">
         <v>60</v>
       </c>
       <c r="D14">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E14"/>
+        <v>10</v>
+      </c>
+      <c r="E14" t="s">
+        <v>61</v>
+      </c>
       <c r="F14">
         <v>2023</v>
       </c>
       <c r="G14" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-      <c r="I14"/>
+        <v>62</v>
+      </c>
+      <c r="H14">
+        <v>6.86</v>
+      </c>
+      <c r="I14">
+        <v>2.01</v>
+      </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B15" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C15" t="s">
-        <v>11</v>
+        <v>65</v>
       </c>
       <c r="D15">
-        <v>10</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E15"/>
       <c r="F15">
         <v>2023</v>
       </c>
       <c r="G15" t="s">
-        <v>65</v>
-[...6 lines deleted...]
-      </c>
+        <v>66</v>
+      </c>
+      <c r="H15"/>
+      <c r="I15"/>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B16" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C16" t="s">
-        <v>68</v>
+        <v>16</v>
       </c>
       <c r="D16">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="E16"/>
+        <v>10</v>
+      </c>
+      <c r="E16" t="s">
+        <v>69</v>
+      </c>
       <c r="F16">
         <v>2023</v>
       </c>
       <c r="G16" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="H16">
-        <v>4.99</v>
+        <v>7.08</v>
       </c>
       <c r="I16">
-        <v>1.88</v>
+        <v>2.27</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B17" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C17" t="s">
-        <v>16</v>
+        <v>73</v>
       </c>
       <c r="D17">
-        <v>107</v>
+        <v>19</v>
       </c>
       <c r="E17"/>
       <c r="F17">
         <v>2023</v>
       </c>
       <c r="G17" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="H17">
-        <v>3.91</v>
+        <v>4.99</v>
       </c>
       <c r="I17">
-        <v>1.54</v>
+        <v>1.88</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="B18" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="C18" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="D18"/>
+        <v>21</v>
+      </c>
+      <c r="D18">
+        <v>107</v>
+      </c>
       <c r="E18"/>
       <c r="F18">
         <v>2023</v>
       </c>
       <c r="G18" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="H18">
-        <v>12.26</v>
+        <v>3.91</v>
       </c>
       <c r="I18">
-        <v>3.76</v>
+        <v>1.54</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="B19" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="C19" t="s">
-        <v>78</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="D19"/>
       <c r="E19"/>
       <c r="F19">
         <v>2023</v>
       </c>
       <c r="G19" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="H19">
-        <v>50.49</v>
+        <v>12.26</v>
       </c>
       <c r="I19">
-        <v>20.34</v>
+        <v>3.76</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B20" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C20" t="s">
-        <v>82</v>
-[...4 lines deleted...]
-      </c>
+        <v>83</v>
+      </c>
+      <c r="D20">
+        <v>95</v>
+      </c>
+      <c r="E20"/>
       <c r="F20">
         <v>2023</v>
       </c>
       <c r="G20" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="H20">
-        <v>19.92</v>
+        <v>50.49</v>
       </c>
       <c r="I20">
-        <v>5.0</v>
+        <v>20.34</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B21" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C21" t="s">
-        <v>11</v>
+        <v>87</v>
       </c>
       <c r="D21"/>
-      <c r="E21"/>
+      <c r="E21">
+        <v>2215007</v>
+      </c>
       <c r="F21">
         <v>2023</v>
       </c>
       <c r="G21" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="H21">
-        <v>7.08</v>
+        <v>19.92</v>
       </c>
       <c r="I21">
-        <v>2.27</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B22" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C22" t="s">
         <v>16</v>
       </c>
-      <c r="D22">
-[...1 lines deleted...]
-      </c>
+      <c r="D22"/>
       <c r="E22"/>
       <c r="F22">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G22" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="H22">
-        <v>3.91</v>
+        <v>7.08</v>
       </c>
       <c r="I22">
-        <v>1.54</v>
+        <v>2.27</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="B23" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="C23" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="D23"/>
+        <v>21</v>
+      </c>
+      <c r="D23">
+        <v>106</v>
+      </c>
       <c r="E23"/>
       <c r="F23">
         <v>2022</v>
       </c>
       <c r="G23" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="H23">
-        <v>12.26</v>
+        <v>3.91</v>
       </c>
       <c r="I23">
-        <v>3.76</v>
+        <v>1.54</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="B24" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="C24" t="s">
-        <v>95</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="D24"/>
       <c r="E24"/>
       <c r="F24">
         <v>2022</v>
       </c>
       <c r="G24" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H24">
-        <v>2.97</v>
+        <v>12.26</v>
       </c>
       <c r="I24">
-        <v>1.18</v>
+        <v>3.76</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B25" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C25" t="s">
-        <v>16</v>
+        <v>100</v>
       </c>
       <c r="D25">
         <v>106</v>
       </c>
       <c r="E25"/>
       <c r="F25">
         <v>2022</v>
       </c>
       <c r="G25" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="H25">
-        <v>3.91</v>
+        <v>2.97</v>
       </c>
       <c r="I25">
-        <v>1.54</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="B26" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="C26" t="s">
-        <v>102</v>
-[...1 lines deleted...]
-      <c r="D26"/>
+        <v>21</v>
+      </c>
+      <c r="D26">
+        <v>106</v>
+      </c>
       <c r="E26"/>
       <c r="F26">
         <v>2022</v>
       </c>
       <c r="G26" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-      <c r="I26"/>
+        <v>104</v>
+      </c>
+      <c r="H26">
+        <v>3.91</v>
+      </c>
+      <c r="I26">
+        <v>1.54</v>
+      </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B27" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C27" t="s">
-        <v>44</v>
-[...3 lines deleted...]
-      </c>
+        <v>107</v>
+      </c>
+      <c r="D27"/>
       <c r="E27"/>
       <c r="F27">
         <v>2022</v>
       </c>
       <c r="G27" t="s">
-        <v>106</v>
-[...6 lines deleted...]
-      </c>
+        <v>108</v>
+      </c>
+      <c r="H27"/>
+      <c r="I27"/>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="B28" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="C28" t="s">
-        <v>60</v>
+        <v>49</v>
       </c>
       <c r="D28">
-        <v>15</v>
-[...3 lines deleted...]
-      </c>
+        <v>13</v>
+      </c>
+      <c r="E28"/>
       <c r="F28">
         <v>2022</v>
       </c>
       <c r="G28" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-      <c r="I28"/>
+        <v>111</v>
+      </c>
+      <c r="H28">
+        <v>14.92</v>
+      </c>
+      <c r="I28">
+        <v>5.56</v>
+      </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B29" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C29" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="D29">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="E29"/>
+        <v>15</v>
+      </c>
+      <c r="E29" t="s">
+        <v>114</v>
+      </c>
       <c r="F29">
         <v>2022</v>
       </c>
       <c r="G29" t="s">
-        <v>113</v>
-[...6 lines deleted...]
-      </c>
+        <v>115</v>
+      </c>
+      <c r="H29"/>
+      <c r="I29"/>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="B30" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="C30" t="s">
-        <v>16</v>
+        <v>73</v>
       </c>
       <c r="D30">
-        <v>105</v>
+        <v>17</v>
       </c>
       <c r="E30"/>
       <c r="F30">
         <v>2022</v>
       </c>
       <c r="G30" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="H30">
-        <v>3.91</v>
+        <v>4.93</v>
       </c>
       <c r="I30">
-        <v>1.54</v>
+        <v>1.53</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="B31" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="C31" t="s">
-        <v>119</v>
+        <v>21</v>
       </c>
       <c r="D31">
-        <v>6</v>
+        <v>105</v>
       </c>
       <c r="E31"/>
       <c r="F31">
         <v>2022</v>
       </c>
       <c r="G31" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="H31">
-        <v>3.98</v>
+        <v>3.91</v>
       </c>
       <c r="I31">
-        <v>1.2</v>
+        <v>1.54</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B32" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C32" t="s">
-        <v>16</v>
+        <v>124</v>
       </c>
       <c r="D32">
-        <v>105</v>
+        <v>6</v>
       </c>
       <c r="E32"/>
       <c r="F32">
         <v>2022</v>
       </c>
       <c r="G32" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="H32">
-        <v>3.91</v>
+        <v>3.98</v>
       </c>
       <c r="I32">
-        <v>1.54</v>
+        <v>1.2</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="B33" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="C33" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D33">
         <v>105</v>
       </c>
       <c r="E33"/>
       <c r="F33">
         <v>2022</v>
       </c>
       <c r="G33" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="H33">
         <v>3.91</v>
       </c>
       <c r="I33">
         <v>1.54</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="B34" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="C34" t="s">
-        <v>129</v>
+        <v>21</v>
       </c>
       <c r="D34">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>105</v>
+      </c>
+      <c r="E34"/>
       <c r="F34">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G34" t="s">
         <v>131</v>
       </c>
-      <c r="H34"/>
+      <c r="H34">
+        <v>3.91</v>
+      </c>
       <c r="I34">
-        <v>0.21</v>
+        <v>1.54</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
         <v>132</v>
       </c>
       <c r="B35" t="s">
         <v>133</v>
       </c>
       <c r="C35" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="D35">
-        <v>2086</v>
+        <v>2015</v>
       </c>
       <c r="E35" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="F35">
         <v>2021</v>
       </c>
       <c r="G35" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="H35"/>
       <c r="I35">
         <v>0.21</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B36" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C36" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="D36">
-        <v>2015</v>
+        <v>2086</v>
       </c>
       <c r="E36" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="F36">
         <v>2021</v>
       </c>
       <c r="G36" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="H36"/>
       <c r="I36">
         <v>0.21</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B37" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C37" t="s">
-        <v>55</v>
+        <v>134</v>
       </c>
       <c r="D37">
-        <v>9</v>
+        <v>2015</v>
       </c>
       <c r="E37" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="F37">
         <v>2021</v>
       </c>
       <c r="G37" t="s">
-        <v>143</v>
-[...3 lines deleted...]
-      </c>
+        <v>144</v>
+      </c>
+      <c r="H37"/>
       <c r="I37">
-        <v>2.01</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B38" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C38" t="s">
-        <v>146</v>
+        <v>60</v>
       </c>
       <c r="D38">
-        <v>119</v>
-[...2 lines deleted...]
-        <v>181101</v>
+        <v>9</v>
+      </c>
+      <c r="E38" t="s">
+        <v>147</v>
       </c>
       <c r="F38">
         <v>2021</v>
       </c>
       <c r="G38" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="H38">
-        <v>3.97</v>
+        <v>6.86</v>
       </c>
       <c r="I38">
-        <v>1.03</v>
+        <v>2.01</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B39" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C39" t="s">
-        <v>16</v>
+        <v>151</v>
       </c>
       <c r="D39">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="E39"/>
+        <v>119</v>
+      </c>
+      <c r="E39">
+        <v>181101</v>
+      </c>
       <c r="F39">
         <v>2021</v>
       </c>
       <c r="G39" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="H39">
-        <v>3.91</v>
+        <v>3.97</v>
       </c>
       <c r="I39">
-        <v>1.54</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="B40" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="C40" t="s">
-        <v>153</v>
-[...1 lines deleted...]
-      <c r="D40"/>
+        <v>21</v>
+      </c>
+      <c r="D40">
+        <v>104</v>
+      </c>
       <c r="E40"/>
       <c r="F40">
         <v>2021</v>
       </c>
       <c r="G40" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="H40">
-        <v>1.4</v>
+        <v>3.91</v>
       </c>
       <c r="I40">
-        <v>0.42</v>
+        <v>1.54</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B41" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C41" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D41">
         <v>104</v>
       </c>
       <c r="E41"/>
       <c r="F41">
         <v>2021</v>
       </c>
       <c r="G41" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="H41">
         <v>3.91</v>
       </c>
       <c r="I41">
         <v>1.54</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B42" t="s">
-        <v>122</v>
+        <v>160</v>
       </c>
       <c r="C42" t="s">
-        <v>16</v>
-[...3 lines deleted...]
-      </c>
+        <v>161</v>
+      </c>
+      <c r="D42"/>
       <c r="E42"/>
       <c r="F42">
         <v>2021</v>
       </c>
       <c r="G42" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="H42">
-        <v>3.91</v>
+        <v>1.4</v>
       </c>
       <c r="I42">
-        <v>1.54</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="B43" t="s">
-        <v>161</v>
+        <v>127</v>
       </c>
       <c r="C43" t="s">
-        <v>95</v>
+        <v>21</v>
       </c>
       <c r="D43">
         <v>103</v>
       </c>
       <c r="E43"/>
       <c r="F43">
         <v>2021</v>
       </c>
       <c r="G43" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="H43">
-        <v>2.97</v>
+        <v>3.91</v>
       </c>
       <c r="I43">
-        <v>1.18</v>
+        <v>1.54</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="B44" t="s">
-        <v>67</v>
+        <v>166</v>
       </c>
       <c r="C44" t="s">
-        <v>164</v>
+        <v>100</v>
       </c>
       <c r="D44">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>103</v>
+      </c>
+      <c r="E44"/>
       <c r="F44">
         <v>2021</v>
       </c>
       <c r="G44" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="H44">
-        <v>2.33</v>
+        <v>2.97</v>
       </c>
       <c r="I44">
-        <v>0.91</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B45" t="s">
-        <v>167</v>
+        <v>72</v>
       </c>
       <c r="C45" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D45">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="E45"/>
+        <v>33</v>
+      </c>
+      <c r="E45">
+        <v>135802</v>
+      </c>
       <c r="F45">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G45" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="H45">
-        <v>9.16</v>
+        <v>2.33</v>
       </c>
       <c r="I45">
-        <v>3.69</v>
+        <v>0.91</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B46" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C46" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D46">
-        <v>2300</v>
-[...3 lines deleted...]
-      </c>
+        <v>125</v>
+      </c>
+      <c r="E46"/>
       <c r="F46">
         <v>2020</v>
       </c>
       <c r="G46" t="s">
         <v>174</v>
       </c>
-      <c r="H46"/>
+      <c r="H46">
+        <v>9.16</v>
+      </c>
       <c r="I46">
-        <v>0.19</v>
+        <v>3.69</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
         <v>175</v>
       </c>
       <c r="B47" t="s">
         <v>176</v>
       </c>
       <c r="C47" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="D47">
         <v>2300</v>
       </c>
       <c r="E47" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="F47">
         <v>2020</v>
       </c>
       <c r="G47" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="H47"/>
       <c r="I47">
         <v>0.19</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B48" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C48" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="D48">
         <v>2300</v>
       </c>
       <c r="E48" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="F48">
         <v>2020</v>
       </c>
       <c r="G48" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="H48"/>
       <c r="I48">
         <v>0.19</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B49" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C49" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="D49">
         <v>2300</v>
       </c>
       <c r="E49" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F49">
         <v>2020</v>
       </c>
       <c r="G49" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="H49"/>
       <c r="I49">
         <v>0.19</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B50" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C50" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="D50">
         <v>2300</v>
       </c>
       <c r="E50" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="F50">
         <v>2020</v>
       </c>
       <c r="G50" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="H50"/>
       <c r="I50">
         <v>0.19</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B51" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C51" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="D51">
         <v>2300</v>
       </c>
       <c r="E51" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="F51">
         <v>2020</v>
       </c>
       <c r="G51" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="H51"/>
       <c r="I51">
         <v>0.19</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B52" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C52" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="D52">
         <v>2300</v>
       </c>
       <c r="E52" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="F52">
         <v>2020</v>
       </c>
       <c r="G52" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="H52"/>
       <c r="I52">
         <v>0.19</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B53" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C53" t="s">
-        <v>55</v>
+        <v>177</v>
       </c>
       <c r="D53">
-        <v>8</v>
+        <v>2300</v>
       </c>
       <c r="E53" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="F53">
         <v>2020</v>
       </c>
       <c r="G53" t="s">
-        <v>202</v>
-[...3 lines deleted...]
-      </c>
+        <v>203</v>
+      </c>
+      <c r="H53"/>
       <c r="I53">
-        <v>2.7</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B54" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C54" t="s">
-        <v>205</v>
+        <v>60</v>
       </c>
       <c r="D54">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>50</v>
+        <v>8</v>
+      </c>
+      <c r="E54" t="s">
+        <v>206</v>
       </c>
       <c r="F54">
         <v>2020</v>
       </c>
       <c r="G54" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="H54">
-        <v>3.78</v>
+        <v>7.1</v>
       </c>
       <c r="I54">
-        <v>1.52</v>
+        <v>2.7</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B55" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C55" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D55">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="E55"/>
+        <v>46</v>
+      </c>
+      <c r="E55">
+        <v>50</v>
+      </c>
       <c r="F55">
         <v>2020</v>
       </c>
       <c r="G55" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="H55">
-        <v>8.45</v>
+        <v>3.78</v>
       </c>
       <c r="I55">
-        <v>2.72</v>
+        <v>1.52</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B56" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C56" t="s">
-        <v>168</v>
+        <v>214</v>
       </c>
       <c r="D56">
-        <v>125</v>
+        <v>9</v>
       </c>
       <c r="E56"/>
       <c r="F56">
         <v>2020</v>
       </c>
       <c r="G56" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="H56">
-        <v>9.16</v>
+        <v>8.45</v>
       </c>
       <c r="I56">
-        <v>3.69</v>
+        <v>2.72</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="B57" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="C57" t="s">
-        <v>16</v>
+        <v>173</v>
       </c>
       <c r="D57">
-        <v>102</v>
+        <v>125</v>
       </c>
       <c r="E57"/>
       <c r="F57">
         <v>2020</v>
       </c>
       <c r="G57" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="H57">
-        <v>4.04</v>
+        <v>9.16</v>
       </c>
       <c r="I57">
-        <v>1.78</v>
+        <v>3.69</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="B58" t="s">
-        <v>188</v>
+        <v>220</v>
       </c>
       <c r="C58" t="s">
-        <v>209</v>
+        <v>21</v>
       </c>
       <c r="D58">
-        <v>9</v>
-[...3 lines deleted...]
-      </c>
+        <v>102</v>
+      </c>
+      <c r="E58"/>
       <c r="F58">
         <v>2020</v>
       </c>
       <c r="G58" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="H58">
-        <v>8.45</v>
+        <v>4.04</v>
       </c>
       <c r="I58">
-        <v>2.72</v>
+        <v>1.78</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="B59" t="s">
-        <v>67</v>
+        <v>189</v>
       </c>
       <c r="C59" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-      <c r="E59"/>
+        <v>214</v>
+      </c>
+      <c r="D59">
+        <v>9</v>
+      </c>
+      <c r="E59" t="s">
+        <v>223</v>
+      </c>
       <c r="F59">
         <v>2020</v>
       </c>
       <c r="G59" t="s">
-        <v>222</v>
-[...2 lines deleted...]
-      <c r="I59"/>
+        <v>224</v>
+      </c>
+      <c r="H59">
+        <v>8.45</v>
+      </c>
+      <c r="I59">
+        <v>2.72</v>
+      </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="B60" t="s">
-        <v>224</v>
+        <v>72</v>
       </c>
       <c r="C60" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D60"/>
-      <c r="E60">
-[...1 lines deleted...]
-      </c>
+      <c r="E60"/>
       <c r="F60">
         <v>2020</v>
       </c>
       <c r="G60" t="s">
-        <v>226</v>
-[...6 lines deleted...]
-      </c>
+        <v>227</v>
+      </c>
+      <c r="H60"/>
+      <c r="I60"/>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B61" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C61" t="s">
-        <v>129</v>
-[...5 lines deleted...]
-        <v>229</v>
+        <v>230</v>
+      </c>
+      <c r="D61"/>
+      <c r="E61">
+        <v>106569</v>
       </c>
       <c r="F61">
         <v>2020</v>
       </c>
       <c r="G61" t="s">
-        <v>230</v>
-[...1 lines deleted...]
-      <c r="H61"/>
+        <v>231</v>
+      </c>
+      <c r="H61">
+        <v>2.66</v>
+      </c>
       <c r="I61">
-        <v>0.23</v>
+        <v>0.49</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B62" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C62" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="D62">
         <v>1461</v>
       </c>
       <c r="E62" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="F62">
         <v>2020</v>
       </c>
       <c r="G62" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="H62"/>
       <c r="I62">
         <v>0.23</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B63" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C63" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="D63">
         <v>1461</v>
       </c>
       <c r="E63" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="F63">
         <v>2020</v>
       </c>
       <c r="G63" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="H63"/>
       <c r="I63">
         <v>0.23</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B64" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C64" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="D64">
         <v>1461</v>
       </c>
       <c r="E64" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="F64">
         <v>2020</v>
       </c>
       <c r="G64" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="H64"/>
       <c r="I64">
         <v>0.23</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B65" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C65" t="s">
-        <v>245</v>
+        <v>134</v>
       </c>
       <c r="D65">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="E65"/>
+        <v>1461</v>
+      </c>
+      <c r="E65" t="s">
+        <v>246</v>
+      </c>
       <c r="F65">
         <v>2020</v>
       </c>
       <c r="G65" t="s">
-        <v>246</v>
-[...3 lines deleted...]
-      </c>
+        <v>247</v>
+      </c>
+      <c r="H65"/>
       <c r="I65">
-        <v>5.25</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="B66" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C66" t="s">
-        <v>11</v>
+        <v>250</v>
       </c>
       <c r="D66">
-        <v>7</v>
-[...3 lines deleted...]
-      </c>
+        <v>9</v>
+      </c>
+      <c r="E66"/>
       <c r="F66">
         <v>2020</v>
       </c>
       <c r="G66" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="H66">
-        <v>7.53</v>
+        <v>13.71</v>
       </c>
       <c r="I66">
-        <v>2.74</v>
+        <v>5.25</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B67" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C67" t="s">
         <v>16</v>
       </c>
       <c r="D67">
-        <v>100</v>
-[...1 lines deleted...]
-      <c r="E67"/>
+        <v>7</v>
+      </c>
+      <c r="E67" t="s">
+        <v>254</v>
+      </c>
       <c r="F67">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G67" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="H67">
-        <v>3.58</v>
+        <v>7.53</v>
       </c>
       <c r="I67">
-        <v>1.81</v>
+        <v>2.74</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="B68" t="s">
-        <v>236</v>
+        <v>257</v>
       </c>
       <c r="C68" t="s">
-        <v>205</v>
+        <v>21</v>
       </c>
       <c r="D68">
-        <v>45</v>
-[...3 lines deleted...]
-      </c>
+        <v>100</v>
+      </c>
+      <c r="E68"/>
       <c r="F68">
         <v>2019</v>
       </c>
       <c r="G68" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="H68">
-        <v>3.71</v>
+        <v>3.58</v>
       </c>
       <c r="I68">
-        <v>1.79</v>
+        <v>1.81</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="B69" t="s">
-        <v>257</v>
+        <v>237</v>
       </c>
       <c r="C69" t="s">
-        <v>129</v>
+        <v>210</v>
       </c>
       <c r="D69">
-        <v>1410</v>
-[...2 lines deleted...]
-        <v>258</v>
+        <v>45</v>
+      </c>
+      <c r="E69">
+        <v>181</v>
       </c>
       <c r="F69">
         <v>2019</v>
       </c>
       <c r="G69" t="s">
-        <v>259</v>
-[...1 lines deleted...]
-      <c r="H69"/>
+        <v>260</v>
+      </c>
+      <c r="H69">
+        <v>3.71</v>
+      </c>
       <c r="I69">
-        <v>0.22</v>
+        <v>1.79</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="B70" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C70" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="D70">
-        <v>1331</v>
+        <v>1410</v>
       </c>
       <c r="E70" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="F70">
         <v>2019</v>
       </c>
       <c r="G70" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="H70"/>
       <c r="I70">
         <v>0.22</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B71" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C71" t="s">
-        <v>266</v>
+        <v>134</v>
       </c>
       <c r="D71">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>101126</v>
+        <v>1331</v>
+      </c>
+      <c r="E71" t="s">
+        <v>267</v>
       </c>
       <c r="F71">
         <v>2019</v>
       </c>
       <c r="G71" t="s">
-        <v>267</v>
-[...3 lines deleted...]
-      </c>
+        <v>268</v>
+      </c>
+      <c r="H71"/>
       <c r="I71">
-        <v>1.57</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="B72" t="s">
-        <v>196</v>
+        <v>270</v>
       </c>
       <c r="C72" t="s">
-        <v>95</v>
+        <v>271</v>
       </c>
       <c r="D72">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>269</v>
+        <v>7</v>
+      </c>
+      <c r="E72">
+        <v>101126</v>
       </c>
       <c r="F72">
         <v>2019</v>
       </c>
       <c r="G72" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="H72">
-        <v>2.78</v>
+        <v>3.82</v>
       </c>
       <c r="I72">
-        <v>1.42</v>
+        <v>1.57</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="B73" t="s">
-        <v>272</v>
+        <v>197</v>
       </c>
       <c r="C73" t="s">
-        <v>11</v>
+        <v>100</v>
       </c>
       <c r="D73">
-        <v>6</v>
+        <v>100</v>
       </c>
       <c r="E73" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="F73">
         <v>2019</v>
       </c>
       <c r="G73" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="H73">
-        <v>6.86</v>
+        <v>2.78</v>
       </c>
       <c r="I73">
-        <v>2.97</v>
+        <v>1.42</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="B74" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="C74" t="s">
-        <v>277</v>
-[...2 lines deleted...]
-      <c r="E74"/>
+        <v>16</v>
+      </c>
+      <c r="D74">
+        <v>6</v>
+      </c>
+      <c r="E74" t="s">
+        <v>278</v>
+      </c>
       <c r="F74">
         <v>2019</v>
       </c>
       <c r="G74" t="s">
-        <v>278</v>
-[...2 lines deleted...]
-      <c r="I74"/>
+        <v>279</v>
+      </c>
+      <c r="H74">
+        <v>6.86</v>
+      </c>
+      <c r="I74">
+        <v>2.97</v>
+      </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B75" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C75" t="s">
-        <v>168</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="D75"/>
       <c r="E75"/>
       <c r="F75">
         <v>2019</v>
       </c>
       <c r="G75" t="s">
-        <v>281</v>
-[...6 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="H75"/>
+      <c r="I75"/>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="B76" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="C76" t="s">
-        <v>95</v>
+        <v>173</v>
       </c>
       <c r="D76">
-        <v>99</v>
+        <v>122</v>
       </c>
       <c r="E76"/>
       <c r="F76">
         <v>2019</v>
       </c>
       <c r="G76" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="H76">
-        <v>2.78</v>
+        <v>8.39</v>
       </c>
       <c r="I76">
-        <v>1.42</v>
+        <v>3.59</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="B77" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="C77" t="s">
-        <v>287</v>
+        <v>100</v>
       </c>
       <c r="D77">
-        <v>9</v>
-[...3 lines deleted...]
-      </c>
+        <v>99</v>
+      </c>
+      <c r="E77"/>
       <c r="F77">
         <v>2019</v>
       </c>
       <c r="G77" t="s">
         <v>289</v>
       </c>
-      <c r="H77"/>
-      <c r="I77"/>
+      <c r="H77">
+        <v>2.78</v>
+      </c>
+      <c r="I77">
+        <v>1.42</v>
+      </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
         <v>290</v>
       </c>
       <c r="B78" t="s">
         <v>291</v>
       </c>
       <c r="C78" t="s">
         <v>292</v>
       </c>
       <c r="D78">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="E78" t="s">
         <v>293</v>
       </c>
       <c r="F78">
         <v>2019</v>
       </c>
       <c r="G78" t="s">
         <v>294</v>
       </c>
-      <c r="H78">
-[...4 lines deleted...]
-      </c>
+      <c r="H78"/>
+      <c r="I78"/>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
         <v>295</v>
       </c>
       <c r="B79" t="s">
         <v>296</v>
       </c>
       <c r="C79" t="s">
-        <v>129</v>
+        <v>297</v>
       </c>
       <c r="D79">
-        <v>1092</v>
-[...2 lines deleted...]
-        <v>12055</v>
+        <v>11</v>
+      </c>
+      <c r="E79" t="s">
+        <v>298</v>
       </c>
       <c r="F79">
         <v>2019</v>
       </c>
       <c r="G79" t="s">
-        <v>297</v>
-[...1 lines deleted...]
-      <c r="H79"/>
+        <v>299</v>
+      </c>
+      <c r="H79">
+        <v>6.9</v>
+      </c>
       <c r="I79">
-        <v>0.22</v>
+        <v>2.18</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="B80" t="s">
-        <v>296</v>
+        <v>301</v>
       </c>
       <c r="C80" t="s">
-        <v>299</v>
+        <v>134</v>
       </c>
       <c r="D80">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>300</v>
+        <v>1092</v>
+      </c>
+      <c r="E80">
+        <v>12055</v>
       </c>
       <c r="F80">
         <v>2019</v>
       </c>
       <c r="G80" t="s">
-        <v>301</v>
-[...3 lines deleted...]
-      </c>
+        <v>302</v>
+      </c>
+      <c r="H80"/>
       <c r="I80">
-        <v>0.3</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="B81" t="s">
-        <v>236</v>
+        <v>301</v>
       </c>
       <c r="C81" t="s">
-        <v>292</v>
+        <v>304</v>
       </c>
       <c r="D81">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="E81" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="F81">
         <v>2019</v>
       </c>
       <c r="G81" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="H81">
-        <v>6.9</v>
+        <v>0.64</v>
       </c>
       <c r="I81">
-        <v>2.18</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="B82" t="s">
-        <v>196</v>
+        <v>237</v>
       </c>
       <c r="C82" t="s">
-        <v>306</v>
-[...2 lines deleted...]
-      <c r="E82"/>
+        <v>297</v>
+      </c>
+      <c r="D82">
+        <v>11</v>
+      </c>
+      <c r="E82" t="s">
+        <v>308</v>
+      </c>
       <c r="F82">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G82" t="s">
-        <v>307</v>
-[...2 lines deleted...]
-      <c r="I82"/>
+        <v>309</v>
+      </c>
+      <c r="H82">
+        <v>6.9</v>
+      </c>
+      <c r="I82">
+        <v>2.18</v>
+      </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="B83" t="s">
-        <v>232</v>
+        <v>197</v>
       </c>
       <c r="C83" t="s">
-        <v>16</v>
-[...6 lines deleted...]
-      </c>
+        <v>311</v>
+      </c>
+      <c r="D83"/>
+      <c r="E83"/>
       <c r="F83">
         <v>2018</v>
       </c>
       <c r="G83" t="s">
-        <v>309</v>
-[...6 lines deleted...]
-      </c>
+        <v>312</v>
+      </c>
+      <c r="H83"/>
+      <c r="I83"/>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="B84" t="s">
-        <v>311</v>
+        <v>233</v>
       </c>
       <c r="C84" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-        <v>312</v>
+        <v>21</v>
+      </c>
+      <c r="D84">
+        <v>98</v>
       </c>
       <c r="E84">
-        <v>12009</v>
+        <v>195404</v>
       </c>
       <c r="F84">
         <v>2018</v>
       </c>
       <c r="G84" t="s">
-        <v>313</v>
-[...1 lines deleted...]
-      <c r="H84"/>
+        <v>314</v>
+      </c>
+      <c r="H84">
+        <v>3.74</v>
+      </c>
       <c r="I84">
-        <v>0.24</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="B85" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="C85" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="D85" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="E85" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="F85">
         <v>2018</v>
       </c>
       <c r="G85" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="H85"/>
       <c r="I85"/>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="B86" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="C86" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="D86">
         <v>1092</v>
       </c>
       <c r="E86">
         <v>12105</v>
       </c>
       <c r="F86">
         <v>2018</v>
       </c>
       <c r="G86" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="H86"/>
       <c r="I86">
         <v>0.24</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="B87" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="C87" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-        <v>1092</v>
+        <v>134</v>
+      </c>
+      <c r="D87" t="s">
+        <v>325</v>
       </c>
       <c r="E87">
-        <v>12068</v>
+        <v>12009</v>
       </c>
       <c r="F87">
         <v>2018</v>
       </c>
       <c r="G87" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="H87"/>
       <c r="I87">
         <v>0.24</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="B88" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="C88" t="s">
-        <v>16</v>
+        <v>134</v>
       </c>
       <c r="D88">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="E88"/>
+        <v>1092</v>
+      </c>
+      <c r="E88">
+        <v>12140</v>
+      </c>
       <c r="F88">
         <v>2018</v>
       </c>
       <c r="G88" t="s">
-        <v>327</v>
-[...3 lines deleted...]
-      </c>
+        <v>329</v>
+      </c>
+      <c r="H88"/>
       <c r="I88">
-        <v>1.5</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="B89" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="C89" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="D89">
         <v>1092</v>
       </c>
       <c r="E89">
-        <v>12140</v>
+        <v>12064</v>
       </c>
       <c r="F89">
         <v>2018</v>
       </c>
       <c r="G89" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="H89"/>
       <c r="I89">
         <v>0.24</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B90" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="C90" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="D90">
         <v>1092</v>
       </c>
       <c r="E90">
-        <v>12064</v>
+        <v>12068</v>
       </c>
       <c r="F90">
         <v>2018</v>
       </c>
       <c r="G90" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="H90"/>
       <c r="I90">
         <v>0.24</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="B91" t="s">
-        <v>332</v>
+        <v>337</v>
       </c>
       <c r="C91" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D91">
         <v>98</v>
       </c>
-      <c r="E91" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E91"/>
       <c r="F91">
         <v>2018</v>
       </c>
       <c r="G91" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="H91">
         <v>3.74</v>
       </c>
       <c r="I91">
         <v>1.5</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="B92" t="s">
-        <v>338</v>
+        <v>331</v>
       </c>
       <c r="C92" t="s">
-        <v>129</v>
+        <v>21</v>
       </c>
       <c r="D92">
-        <v>1092</v>
+        <v>98</v>
       </c>
       <c r="E92" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="F92">
         <v>2018</v>
       </c>
       <c r="G92" t="s">
-        <v>340</v>
-[...1 lines deleted...]
-      <c r="H92"/>
+        <v>341</v>
+      </c>
+      <c r="H92">
+        <v>3.74</v>
+      </c>
       <c r="I92">
-        <v>0.24</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="B93" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="C93" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="D93">
         <v>1092</v>
       </c>
       <c r="E93" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="F93">
         <v>2018</v>
       </c>
       <c r="G93" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="H93"/>
       <c r="I93">
         <v>0.23</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="B94" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="C94" t="s">
-        <v>346</v>
+        <v>134</v>
       </c>
       <c r="D94">
-        <v>59</v>
+        <v>1092</v>
       </c>
       <c r="E94" t="s">
         <v>347</v>
       </c>
       <c r="F94">
         <v>2018</v>
       </c>
       <c r="G94" t="s">
         <v>348</v>
       </c>
-      <c r="H94">
-[...1 lines deleted...]
-      </c>
+      <c r="H94"/>
       <c r="I94">
-        <v>0.19</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" t="s">
         <v>349</v>
       </c>
       <c r="B95" t="s">
         <v>350</v>
       </c>
       <c r="C95" t="s">
         <v>351</v>
       </c>
       <c r="D95">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>14135</v>
+        <v>59</v>
+      </c>
+      <c r="E95" t="s">
+        <v>352</v>
       </c>
       <c r="F95">
         <v>2018</v>
       </c>
       <c r="G95" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="H95">
-        <v>4.01</v>
+        <v>0.54</v>
       </c>
       <c r="I95">
-        <v>1.41</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="B96" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="C96" t="s">
-        <v>16</v>
+        <v>356</v>
       </c>
       <c r="D96">
-        <v>98</v>
+        <v>8</v>
       </c>
       <c r="E96">
-        <v>125115</v>
+        <v>14135</v>
       </c>
       <c r="F96">
         <v>2018</v>
       </c>
       <c r="G96" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="H96">
-        <v>3.74</v>
+        <v>4.01</v>
       </c>
       <c r="I96">
-        <v>1.5</v>
+        <v>1.41</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="B97" t="s">
-        <v>67</v>
+        <v>359</v>
       </c>
       <c r="C97" t="s">
-        <v>95</v>
+        <v>21</v>
       </c>
       <c r="D97">
         <v>98</v>
       </c>
-      <c r="E97"/>
+      <c r="E97">
+        <v>125115</v>
+      </c>
       <c r="F97">
         <v>2018</v>
       </c>
       <c r="G97" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="H97">
-        <v>2.91</v>
+        <v>3.74</v>
       </c>
       <c r="I97">
-        <v>1.27</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="B98" t="s">
-        <v>323</v>
+        <v>72</v>
       </c>
       <c r="C98" t="s">
-        <v>16</v>
+        <v>100</v>
       </c>
       <c r="D98">
-        <v>97</v>
-[...3 lines deleted...]
-      </c>
+        <v>98</v>
+      </c>
+      <c r="E98"/>
       <c r="F98">
         <v>2018</v>
       </c>
       <c r="G98" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="H98">
-        <v>3.74</v>
+        <v>2.91</v>
       </c>
       <c r="I98">
-        <v>1.5</v>
+        <v>1.27</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="B99" t="s">
-        <v>350</v>
+        <v>334</v>
       </c>
       <c r="C99" t="s">
-        <v>361</v>
+        <v>21</v>
       </c>
       <c r="D99">
-        <v>10671</v>
+        <v>97</v>
       </c>
       <c r="E99">
-        <v>1067118</v>
+        <v>224309</v>
       </c>
       <c r="F99">
         <v>2018</v>
       </c>
       <c r="G99" t="s">
-        <v>362</v>
-[...1 lines deleted...]
-      <c r="H99"/>
+        <v>364</v>
+      </c>
+      <c r="H99">
+        <v>3.74</v>
+      </c>
       <c r="I99">
-        <v>0.23</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="B100" t="s">
-        <v>315</v>
+        <v>355</v>
       </c>
       <c r="C100" t="s">
-        <v>129</v>
+        <v>366</v>
       </c>
       <c r="D100">
-        <v>993</v>
+        <v>10671</v>
       </c>
       <c r="E100">
-        <v>12022</v>
+        <v>1067118</v>
       </c>
       <c r="F100">
         <v>2018</v>
       </c>
       <c r="G100" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
       <c r="H100"/>
       <c r="I100">
-        <v>0.24</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="B101" t="s">
-        <v>366</v>
+        <v>316</v>
       </c>
       <c r="C101" t="s">
-        <v>367</v>
+        <v>134</v>
       </c>
       <c r="D101">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>368</v>
+        <v>993</v>
+      </c>
+      <c r="E101">
+        <v>12022</v>
       </c>
       <c r="F101">
         <v>2018</v>
       </c>
       <c r="G101" t="s">
         <v>369</v>
       </c>
-      <c r="H101">
-[...1 lines deleted...]
-      </c>
+      <c r="H101"/>
       <c r="I101">
-        <v>1.66</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102" t="s">
         <v>370</v>
       </c>
       <c r="B102" t="s">
-        <v>296</v>
+        <v>371</v>
       </c>
       <c r="C102" t="s">
-        <v>16</v>
+        <v>372</v>
       </c>
       <c r="D102">
-        <v>97</v>
-[...2 lines deleted...]
-        <v>155434</v>
+        <v>20</v>
+      </c>
+      <c r="E102" t="s">
+        <v>373</v>
       </c>
       <c r="F102">
         <v>2018</v>
       </c>
       <c r="G102" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="H102">
-        <v>3.74</v>
+        <v>3.78</v>
       </c>
       <c r="I102">
-        <v>1.5</v>
+        <v>1.66</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="B103" t="s">
-        <v>372</v>
+        <v>301</v>
       </c>
       <c r="C103" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D103">
         <v>97</v>
       </c>
-      <c r="E103"/>
+      <c r="E103">
+        <v>155434</v>
+      </c>
       <c r="F103">
         <v>2018</v>
       </c>
       <c r="G103" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="H103">
         <v>3.74</v>
       </c>
       <c r="I103">
         <v>1.5</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="B104" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="C104" t="s">
-        <v>299</v>
+        <v>21</v>
       </c>
       <c r="D104">
-        <v>52</v>
-[...3 lines deleted...]
-      </c>
+        <v>97</v>
+      </c>
+      <c r="E104"/>
       <c r="F104">
         <v>2018</v>
       </c>
       <c r="G104" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="H104">
-        <v>0.69</v>
+        <v>3.74</v>
       </c>
       <c r="I104">
-        <v>0.31</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="105" spans="1:9">
       <c r="A105" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="B105" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="C105" t="s">
-        <v>380</v>
+        <v>304</v>
       </c>
       <c r="D105">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>1700168</v>
+        <v>52</v>
+      </c>
+      <c r="E105" t="s">
+        <v>381</v>
       </c>
       <c r="F105">
         <v>2018</v>
       </c>
       <c r="G105" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="H105">
-        <v>9.06</v>
+        <v>0.69</v>
       </c>
       <c r="I105">
-        <v>3.82</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="B106" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="C106" t="s">
-        <v>168</v>
+        <v>385</v>
       </c>
       <c r="D106">
-        <v>120</v>
-[...1 lines deleted...]
-      <c r="E106"/>
+        <v>11</v>
+      </c>
+      <c r="E106">
+        <v>1700168</v>
+      </c>
       <c r="F106">
         <v>2018</v>
       </c>
       <c r="G106" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="H106">
-        <v>9.23</v>
+        <v>9.06</v>
       </c>
       <c r="I106">
-        <v>3.57</v>
+        <v>3.82</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="B107" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="C107" t="s">
-        <v>11</v>
+        <v>173</v>
       </c>
       <c r="D107">
-        <v>5</v>
-[...3 lines deleted...]
-      </c>
+        <v>120</v>
+      </c>
+      <c r="E107"/>
       <c r="F107">
         <v>2018</v>
       </c>
       <c r="G107" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="H107">
-        <v>7.14</v>
+        <v>9.23</v>
       </c>
       <c r="I107">
-        <v>2.98</v>
+        <v>3.57</v>
       </c>
     </row>
     <row r="108" spans="1:9">
       <c r="A108" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="B108" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="C108" t="s">
-        <v>391</v>
-[...2 lines deleted...]
-      <c r="E108"/>
+        <v>16</v>
+      </c>
+      <c r="D108">
+        <v>5</v>
+      </c>
+      <c r="E108" t="s">
+        <v>392</v>
+      </c>
       <c r="F108">
         <v>2018</v>
       </c>
       <c r="G108" t="s">
-        <v>392</v>
-[...1 lines deleted...]
-      <c r="H108"/>
+        <v>393</v>
+      </c>
+      <c r="H108">
+        <v>7.14</v>
+      </c>
       <c r="I108">
-        <v>0.12</v>
+        <v>2.98</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="B109" t="s">
-        <v>296</v>
+        <v>395</v>
       </c>
       <c r="C109" t="s">
-        <v>16</v>
-[...6 lines deleted...]
-      </c>
+        <v>396</v>
+      </c>
+      <c r="D109"/>
+      <c r="E109"/>
       <c r="F109">
         <v>2018</v>
       </c>
       <c r="G109" t="s">
-        <v>394</v>
-[...3 lines deleted...]
-      </c>
+        <v>397</v>
+      </c>
+      <c r="H109"/>
       <c r="I109">
-        <v>1.5</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="110" spans="1:9">
       <c r="A110" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="B110" t="s">
-        <v>396</v>
+        <v>301</v>
       </c>
       <c r="C110" t="s">
-        <v>20</v>
-[...5 lines deleted...]
-        <v>398</v>
+        <v>21</v>
+      </c>
+      <c r="D110">
+        <v>97</v>
+      </c>
+      <c r="E110">
+        <v>35416</v>
       </c>
       <c r="F110">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G110" t="s">
         <v>399</v>
       </c>
       <c r="H110">
-        <v>12.08</v>
+        <v>3.74</v>
       </c>
       <c r="I110">
-        <v>7.45</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="111" spans="1:9">
       <c r="A111" t="s">
         <v>400</v>
       </c>
       <c r="B111" t="s">
         <v>401</v>
       </c>
       <c r="C111" t="s">
+        <v>25</v>
+      </c>
+      <c r="D111" t="s">
         <v>402</v>
       </c>
-      <c r="D111"/>
-      <c r="E111"/>
+      <c r="E111" t="s">
+        <v>403</v>
+      </c>
       <c r="F111">
         <v>2017</v>
       </c>
       <c r="G111" t="s">
-        <v>403</v>
-[...2 lines deleted...]
-      <c r="I111"/>
+        <v>404</v>
+      </c>
+      <c r="H111">
+        <v>12.08</v>
+      </c>
+      <c r="I111">
+        <v>7.45</v>
+      </c>
     </row>
     <row r="112" spans="1:9">
       <c r="A112" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="B112" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="C112" t="s">
-        <v>406</v>
-[...4 lines deleted...]
-      <c r="E112" t="s">
         <v>407</v>
       </c>
+      <c r="D112"/>
+      <c r="E112"/>
       <c r="F112">
         <v>2017</v>
       </c>
       <c r="G112" t="s">
         <v>408</v>
       </c>
-      <c r="H112">
-[...4 lines deleted...]
-      </c>
+      <c r="H112"/>
+      <c r="I112"/>
     </row>
     <row r="113" spans="1:9">
       <c r="A113" t="s">
         <v>409</v>
       </c>
       <c r="B113" t="s">
         <v>410</v>
       </c>
       <c r="C113" t="s">
-        <v>16</v>
+        <v>411</v>
       </c>
       <c r="D113">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="E113"/>
+        <v>25</v>
+      </c>
+      <c r="E113" t="s">
+        <v>412</v>
+      </c>
       <c r="F113">
         <v>2017</v>
       </c>
       <c r="G113" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="H113">
-        <v>3.81</v>
-[...1 lines deleted...]
-      <c r="I113"/>
+        <v>3.36</v>
+      </c>
+      <c r="I113">
+        <v>1.52</v>
+      </c>
     </row>
     <row r="114" spans="1:9">
       <c r="A114" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="B114" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="C114" t="s">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="D114">
-        <v>4</v>
-[...3 lines deleted...]
-      </c>
+        <v>96</v>
+      </c>
+      <c r="E114"/>
       <c r="F114">
         <v>2017</v>
       </c>
       <c r="G114" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="H114">
-        <v>6.88</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.81</v>
+      </c>
+      <c r="I114"/>
     </row>
     <row r="115" spans="1:9">
       <c r="A115" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="B115" t="s">
-        <v>196</v>
+        <v>418</v>
       </c>
       <c r="C115" t="s">
         <v>16</v>
       </c>
       <c r="D115">
-        <v>96</v>
+        <v>4</v>
       </c>
       <c r="E115">
-        <v>115162</v>
+        <v>723</v>
       </c>
       <c r="F115">
         <v>2017</v>
       </c>
       <c r="G115" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="H115">
-        <v>3.81</v>
-[...1 lines deleted...]
-      <c r="I115"/>
+        <v>6.88</v>
+      </c>
+      <c r="I115">
+        <v>3.38</v>
+      </c>
     </row>
     <row r="116" spans="1:9">
       <c r="A116" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="B116" t="s">
-        <v>418</v>
+        <v>197</v>
       </c>
       <c r="C116" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D116">
         <v>96</v>
       </c>
-      <c r="E116"/>
+      <c r="E116">
+        <v>115162</v>
+      </c>
       <c r="F116">
         <v>2017</v>
       </c>
       <c r="G116" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="H116">
         <v>3.81</v>
       </c>
       <c r="I116"/>
     </row>
     <row r="117" spans="1:9">
       <c r="A117" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="B117" t="s">
-        <v>413</v>
+        <v>423</v>
       </c>
       <c r="C117" t="s">
-        <v>172</v>
+        <v>21</v>
       </c>
       <c r="D117">
-        <v>1874</v>
-[...3 lines deleted...]
-      </c>
+        <v>96</v>
+      </c>
+      <c r="E117"/>
       <c r="F117">
         <v>2017</v>
       </c>
       <c r="G117" t="s">
-        <v>421</v>
-[...4 lines deleted...]
-      </c>
+        <v>424</v>
+      </c>
+      <c r="H117">
+        <v>3.81</v>
+      </c>
+      <c r="I117"/>
     </row>
     <row r="118" spans="1:9">
       <c r="A118" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="B118" t="s">
-        <v>423</v>
+        <v>418</v>
       </c>
       <c r="C118" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="D118">
         <v>1874</v>
       </c>
       <c r="E118">
-        <v>30040</v>
+        <v>30005</v>
       </c>
       <c r="F118">
         <v>2017</v>
       </c>
       <c r="G118" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="H118"/>
       <c r="I118">
         <v>0.17</v>
       </c>
     </row>
     <row r="119" spans="1:9">
       <c r="A119" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="B119" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="C119" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="D119">
         <v>1874</v>
       </c>
       <c r="E119">
-        <v>30035</v>
+        <v>30040</v>
       </c>
       <c r="F119">
         <v>2017</v>
       </c>
       <c r="G119" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="H119"/>
       <c r="I119">
         <v>0.17</v>
       </c>
     </row>
     <row r="120" spans="1:9">
       <c r="A120" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="B120" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="C120" t="s">
-        <v>172</v>
-[...2 lines deleted...]
-      <c r="E120"/>
+        <v>177</v>
+      </c>
+      <c r="D120">
+        <v>1874</v>
+      </c>
+      <c r="E120">
+        <v>30035</v>
+      </c>
       <c r="F120">
         <v>2017</v>
       </c>
       <c r="G120" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="H120"/>
-      <c r="I120"/>
+      <c r="I120">
+        <v>0.17</v>
+      </c>
     </row>
     <row r="121" spans="1:9">
       <c r="A121" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="B121" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="C121" t="s">
-        <v>16</v>
-[...3 lines deleted...]
-      </c>
+        <v>177</v>
+      </c>
+      <c r="D121"/>
       <c r="E121"/>
       <c r="F121">
         <v>2017</v>
       </c>
       <c r="G121" t="s">
-        <v>433</v>
-[...6 lines deleted...]
-      </c>
+        <v>435</v>
+      </c>
+      <c r="H121"/>
+      <c r="I121"/>
     </row>
     <row r="122" spans="1:9">
       <c r="A122" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="B122" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="C122" t="s">
-        <v>361</v>
+        <v>21</v>
       </c>
       <c r="D122">
-        <v>10227</v>
-[...3 lines deleted...]
-      </c>
+        <v>96</v>
+      </c>
+      <c r="E122"/>
       <c r="F122">
         <v>2017</v>
       </c>
       <c r="G122" t="s">
-        <v>436</v>
-[...1 lines deleted...]
-      <c r="H122"/>
+        <v>438</v>
+      </c>
+      <c r="H122">
+        <v>3.81</v>
+      </c>
       <c r="I122">
-        <v>0.24</v>
+        <v>1.81</v>
       </c>
     </row>
     <row r="123" spans="1:9">
       <c r="A123" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="B123" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="C123" t="s">
-        <v>391</v>
-[...3 lines deleted...]
-        <v>439</v>
+        <v>366</v>
+      </c>
+      <c r="D123">
+        <v>10227</v>
+      </c>
+      <c r="E123">
+        <v>1022703</v>
       </c>
       <c r="F123">
         <v>2017</v>
       </c>
       <c r="G123" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="H123"/>
-      <c r="I123"/>
+      <c r="I123">
+        <v>0.24</v>
+      </c>
     </row>
     <row r="124" spans="1:9">
       <c r="A124" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="B124" t="s">
-        <v>390</v>
+        <v>443</v>
       </c>
       <c r="C124" t="s">
-        <v>351</v>
-[...4 lines deleted...]
-      <c r="E124"/>
+        <v>396</v>
+      </c>
+      <c r="D124"/>
+      <c r="E124" t="s">
+        <v>444</v>
+      </c>
       <c r="F124">
         <v>2017</v>
       </c>
       <c r="G124" t="s">
-        <v>442</v>
-[...6 lines deleted...]
-      </c>
+        <v>445</v>
+      </c>
+      <c r="H124"/>
+      <c r="I124"/>
     </row>
     <row r="125" spans="1:9">
       <c r="A125" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="B125" t="s">
-        <v>444</v>
+        <v>395</v>
       </c>
       <c r="C125" t="s">
-        <v>11</v>
+        <v>356</v>
       </c>
       <c r="D125">
-        <v>4</v>
-[...3 lines deleted...]
-      </c>
+        <v>7</v>
+      </c>
+      <c r="E125"/>
       <c r="F125">
         <v>2017</v>
       </c>
       <c r="G125" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="H125">
-        <v>6.88</v>
+        <v>4.12</v>
       </c>
       <c r="I125">
-        <v>3.38</v>
+        <v>1.53</v>
       </c>
     </row>
     <row r="126" spans="1:9">
       <c r="A126" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="B126" t="s">
-        <v>375</v>
+        <v>449</v>
       </c>
       <c r="C126" t="s">
         <v>16</v>
       </c>
       <c r="D126">
-        <v>95</v>
-[...1 lines deleted...]
-      <c r="E126"/>
+        <v>4</v>
+      </c>
+      <c r="E126" t="s">
+        <v>450</v>
+      </c>
       <c r="F126">
         <v>2017</v>
       </c>
       <c r="G126" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="H126">
-        <v>3.81</v>
+        <v>6.88</v>
       </c>
       <c r="I126">
-        <v>2.34</v>
+        <v>3.38</v>
       </c>
     </row>
     <row r="127" spans="1:9">
       <c r="A127" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="B127" t="s">
-        <v>450</v>
+        <v>380</v>
       </c>
       <c r="C127" t="s">
-        <v>451</v>
-[...4 lines deleted...]
-      </c>
+        <v>21</v>
+      </c>
+      <c r="D127">
+        <v>95</v>
+      </c>
+      <c r="E127"/>
       <c r="F127">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G127" t="s">
         <v>453</v>
       </c>
-      <c r="H127"/>
-      <c r="I127"/>
+      <c r="H127">
+        <v>3.81</v>
+      </c>
+      <c r="I127">
+        <v>2.34</v>
+      </c>
     </row>
     <row r="128" spans="1:9">
       <c r="A128" t="s">
         <v>454</v>
       </c>
       <c r="B128" t="s">
         <v>455</v>
       </c>
       <c r="C128" t="s">
         <v>456</v>
       </c>
       <c r="D128"/>
       <c r="E128" t="s">
         <v>457</v>
       </c>
       <c r="F128">
         <v>2016</v>
       </c>
       <c r="G128" t="s">
         <v>458</v>
       </c>
       <c r="H128"/>
       <c r="I128"/>
     </row>
     <row r="129" spans="1:9">
       <c r="A129" t="s">
         <v>459</v>
       </c>
       <c r="B129" t="s">
-        <v>450</v>
+        <v>460</v>
       </c>
       <c r="C129" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="D129"/>
       <c r="E129" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="F129">
         <v>2016</v>
       </c>
       <c r="G129" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="H129"/>
       <c r="I129"/>
     </row>
     <row r="130" spans="1:9">
       <c r="A130" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="B130" t="s">
-        <v>410</v>
+        <v>455</v>
       </c>
       <c r="C130" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
       <c r="D130"/>
       <c r="E130" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="F130">
         <v>2016</v>
       </c>
       <c r="G130" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="H130"/>
       <c r="I130"/>
     </row>
     <row r="131" spans="1:9">
       <c r="A131" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="B131" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="C131" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
       <c r="D131"/>
       <c r="E131" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="F131">
         <v>2016</v>
       </c>
       <c r="G131" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="H131"/>
       <c r="I131"/>
     </row>
     <row r="132" spans="1:9">
       <c r="A132" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="B132" t="s">
-        <v>470</v>
+        <v>418</v>
       </c>
       <c r="C132" t="s">
-        <v>471</v>
-[...3 lines deleted...]
-      </c>
+        <v>465</v>
+      </c>
+      <c r="D132"/>
       <c r="E132" t="s">
         <v>472</v>
       </c>
       <c r="F132">
         <v>2016</v>
       </c>
       <c r="G132" t="s">
         <v>473</v>
       </c>
-      <c r="H132">
-[...4 lines deleted...]
-      </c>
+      <c r="H132"/>
+      <c r="I132"/>
     </row>
     <row r="133" spans="1:9">
       <c r="A133" t="s">
         <v>474</v>
       </c>
       <c r="B133" t="s">
         <v>475</v>
       </c>
       <c r="C133" t="s">
-        <v>16</v>
+        <v>476</v>
       </c>
       <c r="D133">
-        <v>94</v>
-[...1 lines deleted...]
-      <c r="E133"/>
+        <v>10</v>
+      </c>
+      <c r="E133" t="s">
+        <v>477</v>
+      </c>
       <c r="F133">
         <v>2016</v>
       </c>
       <c r="G133" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="H133">
-        <v>3.84</v>
-[...1 lines deleted...]
-      <c r="I133"/>
+        <v>2.58</v>
+      </c>
+      <c r="I133">
+        <v>1.15</v>
+      </c>
     </row>
     <row r="134" spans="1:9">
       <c r="A134" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="B134" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="C134" t="s">
-        <v>168</v>
+        <v>21</v>
       </c>
       <c r="D134">
-        <v>117</v>
-[...3 lines deleted...]
-      </c>
+        <v>94</v>
+      </c>
+      <c r="E134"/>
       <c r="F134">
         <v>2016</v>
       </c>
       <c r="G134" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="H134">
-        <v>8.46</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.84</v>
+      </c>
+      <c r="I134"/>
     </row>
     <row r="135" spans="1:9">
       <c r="A135" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="B135" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="C135" t="s">
-        <v>482</v>
+        <v>173</v>
       </c>
       <c r="D135">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>483</v>
+        <v>117</v>
+      </c>
+      <c r="E135">
+        <v>123901</v>
       </c>
       <c r="F135">
         <v>2016</v>
       </c>
       <c r="G135" t="s">
         <v>484</v>
       </c>
       <c r="H135">
-        <v>1.46</v>
+        <v>8.46</v>
       </c>
       <c r="I135">
-        <v>0.92</v>
+        <v>4.2</v>
       </c>
     </row>
     <row r="136" spans="1:9">
       <c r="A136" t="s">
         <v>485</v>
       </c>
       <c r="B136" t="s">
         <v>486</v>
       </c>
       <c r="C136" t="s">
-        <v>16</v>
+        <v>487</v>
       </c>
       <c r="D136">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>75446</v>
+        <v>33</v>
+      </c>
+      <c r="E136" t="s">
+        <v>488</v>
       </c>
       <c r="F136">
         <v>2016</v>
       </c>
       <c r="G136" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="H136">
-        <v>3.84</v>
-[...1 lines deleted...]
-      <c r="I136"/>
+        <v>1.46</v>
+      </c>
+      <c r="I136">
+        <v>0.92</v>
+      </c>
     </row>
     <row r="137" spans="1:9">
       <c r="A137" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="B137" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="C137" t="s">
-        <v>380</v>
-[...5 lines deleted...]
-        <v>491</v>
+        <v>21</v>
+      </c>
+      <c r="D137">
+        <v>94</v>
+      </c>
+      <c r="E137">
+        <v>75446</v>
       </c>
       <c r="F137">
         <v>2016</v>
       </c>
       <c r="G137" t="s">
         <v>492</v>
       </c>
       <c r="H137">
-        <v>8.43</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.84</v>
+      </c>
+      <c r="I137"/>
     </row>
     <row r="138" spans="1:9">
       <c r="A138" t="s">
         <v>493</v>
       </c>
       <c r="B138" t="s">
         <v>494</v>
       </c>
       <c r="C138" t="s">
-        <v>277</v>
-[...2 lines deleted...]
-      <c r="E138"/>
+        <v>385</v>
+      </c>
+      <c r="D138" t="s">
+        <v>495</v>
+      </c>
+      <c r="E138" t="s">
+        <v>496</v>
+      </c>
       <c r="F138">
         <v>2016</v>
       </c>
       <c r="G138" t="s">
-        <v>495</v>
-[...1 lines deleted...]
-      <c r="H138"/>
+        <v>497</v>
+      </c>
+      <c r="H138">
+        <v>8.43</v>
+      </c>
       <c r="I138">
-        <v>0.1</v>
+        <v>4.01</v>
       </c>
     </row>
     <row r="139" spans="1:9">
       <c r="A139" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="B139" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="C139" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
       <c r="D139"/>
       <c r="E139"/>
       <c r="F139">
         <v>2016</v>
       </c>
       <c r="G139" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="H139"/>
       <c r="I139">
         <v>0.1</v>
       </c>
     </row>
     <row r="140" spans="1:9">
       <c r="A140" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="B140" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="C140" t="s">
-        <v>406</v>
-[...6 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="D140"/>
+      <c r="E140"/>
       <c r="F140">
         <v>2016</v>
       </c>
       <c r="G140" t="s">
-        <v>501</v>
-[...3 lines deleted...]
-      </c>
+        <v>503</v>
+      </c>
+      <c r="H140"/>
       <c r="I140">
-        <v>1.53</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="A141" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="B141" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="C141" t="s">
-        <v>95</v>
+        <v>411</v>
       </c>
       <c r="D141">
-        <v>93</v>
+        <v>24</v>
       </c>
       <c r="E141">
-        <v>33855</v>
+        <v>11505</v>
       </c>
       <c r="F141">
         <v>2016</v>
       </c>
       <c r="G141" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="H141">
-        <v>2.93</v>
-[...1 lines deleted...]
-      <c r="I141"/>
+        <v>3.31</v>
+      </c>
+      <c r="I141">
+        <v>1.53</v>
+      </c>
     </row>
     <row r="142" spans="1:9">
       <c r="A142" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="B142" t="s">
-        <v>410</v>
+        <v>508</v>
       </c>
       <c r="C142" t="s">
-        <v>16</v>
+        <v>100</v>
       </c>
       <c r="D142">
         <v>93</v>
       </c>
       <c r="E142">
-        <v>125401</v>
+        <v>33855</v>
       </c>
       <c r="F142">
         <v>2016</v>
       </c>
       <c r="G142" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="H142">
-        <v>3.84</v>
+        <v>2.93</v>
       </c>
       <c r="I142"/>
     </row>
     <row r="143" spans="1:9">
       <c r="A143" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="B143" t="s">
-        <v>508</v>
+        <v>415</v>
       </c>
       <c r="C143" t="s">
-        <v>164</v>
+        <v>21</v>
       </c>
       <c r="D143">
-        <v>28</v>
+        <v>93</v>
       </c>
       <c r="E143">
-        <v>105301</v>
+        <v>125401</v>
       </c>
       <c r="F143">
         <v>2016</v>
       </c>
       <c r="G143" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="H143">
-        <v>2.21</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.84</v>
+      </c>
+      <c r="I143"/>
     </row>
     <row r="144" spans="1:9">
       <c r="A144" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="B144" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C144" t="s">
-        <v>146</v>
+        <v>169</v>
       </c>
       <c r="D144">
-        <v>108</v>
+        <v>28</v>
       </c>
       <c r="E144">
-        <v>41102</v>
+        <v>105301</v>
       </c>
       <c r="F144">
         <v>2016</v>
       </c>
       <c r="G144" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="H144">
-        <v>3.41</v>
+        <v>2.21</v>
       </c>
       <c r="I144">
-        <v>1.67</v>
+        <v>1.04</v>
       </c>
     </row>
     <row r="145" spans="1:9">
       <c r="A145" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="B145" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="C145" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="D145">
         <v>108</v>
       </c>
       <c r="E145">
-        <v>23902</v>
+        <v>41102</v>
       </c>
       <c r="F145">
         <v>2016</v>
       </c>
       <c r="G145" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="H145">
         <v>3.41</v>
       </c>
       <c r="I145">
         <v>1.67</v>
       </c>
     </row>
     <row r="146" spans="1:9">
       <c r="A146" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="B146" t="s">
-        <v>511</v>
+        <v>519</v>
       </c>
       <c r="C146" t="s">
-        <v>517</v>
-[...2 lines deleted...]
-      <c r="E146"/>
+        <v>151</v>
+      </c>
+      <c r="D146">
+        <v>108</v>
+      </c>
+      <c r="E146">
+        <v>23902</v>
+      </c>
       <c r="F146">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G146" t="s">
-        <v>518</v>
-[...2 lines deleted...]
-      <c r="I146"/>
+        <v>520</v>
+      </c>
+      <c r="H146">
+        <v>3.41</v>
+      </c>
+      <c r="I146">
+        <v>1.67</v>
+      </c>
     </row>
     <row r="147" spans="1:9">
       <c r="A147" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="B147" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="C147" t="s">
-        <v>517</v>
+        <v>523</v>
       </c>
       <c r="D147"/>
       <c r="E147">
         <v>43586</v>
       </c>
       <c r="F147">
         <v>2015</v>
       </c>
       <c r="G147" t="s">
-        <v>521</v>
+        <v>524</v>
       </c>
       <c r="H147"/>
       <c r="I147"/>
     </row>
     <row r="148" spans="1:9">
       <c r="A148" t="s">
-        <v>522</v>
+        <v>525</v>
       </c>
       <c r="B148" t="s">
+        <v>526</v>
+      </c>
+      <c r="C148" t="s">
         <v>523</v>
-      </c>
-[...1 lines deleted...]
-        <v>517</v>
       </c>
       <c r="D148"/>
       <c r="E148"/>
       <c r="F148">
         <v>2015</v>
       </c>
       <c r="G148" t="s">
-        <v>524</v>
+        <v>527</v>
       </c>
       <c r="H148"/>
       <c r="I148"/>
     </row>
     <row r="149" spans="1:9">
       <c r="A149" t="s">
-        <v>525</v>
+        <v>528</v>
       </c>
       <c r="B149" t="s">
-        <v>526</v>
+        <v>529</v>
       </c>
       <c r="C149" t="s">
-        <v>517</v>
+        <v>523</v>
       </c>
       <c r="D149"/>
       <c r="E149"/>
       <c r="F149">
         <v>2015</v>
       </c>
       <c r="G149" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="H149"/>
       <c r="I149"/>
     </row>
     <row r="150" spans="1:9">
       <c r="A150" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="B150" t="s">
-        <v>511</v>
+        <v>516</v>
       </c>
       <c r="C150" t="s">
-        <v>517</v>
+        <v>523</v>
       </c>
       <c r="D150"/>
       <c r="E150"/>
       <c r="F150">
         <v>2015</v>
       </c>
       <c r="G150" t="s">
-        <v>529</v>
+        <v>532</v>
       </c>
       <c r="H150"/>
       <c r="I150"/>
     </row>
     <row r="151" spans="1:9">
       <c r="A151" t="s">
-        <v>530</v>
+        <v>533</v>
       </c>
       <c r="B151" t="s">
-        <v>531</v>
+        <v>516</v>
       </c>
       <c r="C151" t="s">
-        <v>532</v>
+        <v>523</v>
       </c>
       <c r="D151"/>
       <c r="E151"/>
       <c r="F151">
         <v>2015</v>
       </c>
       <c r="G151" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="H151"/>
       <c r="I151"/>
     </row>
     <row r="152" spans="1:9">
       <c r="A152" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="B152" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="C152" t="s">
-        <v>16</v>
-[...6 lines deleted...]
-      </c>
+        <v>537</v>
+      </c>
+      <c r="D152"/>
+      <c r="E152"/>
       <c r="F152">
         <v>2015</v>
       </c>
       <c r="G152" t="s">
-        <v>537</v>
-[...3 lines deleted...]
-      </c>
+        <v>538</v>
+      </c>
+      <c r="H152"/>
       <c r="I152"/>
     </row>
     <row r="153" spans="1:9">
       <c r="A153" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="B153" t="s">
-        <v>511</v>
+        <v>540</v>
       </c>
       <c r="C153" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D153">
         <v>92</v>
       </c>
-      <c r="E153">
-        <v>45305</v>
+      <c r="E153" t="s">
+        <v>541</v>
       </c>
       <c r="F153">
         <v>2015</v>
       </c>
       <c r="G153" t="s">
-        <v>539</v>
+        <v>542</v>
       </c>
       <c r="H153">
         <v>3.72</v>
       </c>
       <c r="I153"/>
     </row>
     <row r="154" spans="1:9">
       <c r="A154" t="s">
-        <v>540</v>
+        <v>543</v>
       </c>
       <c r="B154" t="s">
-        <v>541</v>
+        <v>516</v>
       </c>
       <c r="C154" t="s">
-        <v>542</v>
-[...3 lines deleted...]
-        <v>543</v>
+        <v>21</v>
+      </c>
+      <c r="D154">
+        <v>92</v>
+      </c>
+      <c r="E154">
+        <v>45305</v>
       </c>
       <c r="F154">
         <v>2015</v>
       </c>
-      <c r="G154"/>
-      <c r="H154"/>
+      <c r="G154" t="s">
+        <v>544</v>
+      </c>
+      <c r="H154">
+        <v>3.72</v>
+      </c>
       <c r="I154"/>
     </row>
     <row r="155" spans="1:9">
       <c r="A155" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="B155" t="s">
-        <v>511</v>
+        <v>546</v>
       </c>
       <c r="C155" t="s">
-        <v>351</v>
-[...5 lines deleted...]
-        <v>11915</v>
+        <v>547</v>
+      </c>
+      <c r="D155"/>
+      <c r="E155" t="s">
+        <v>548</v>
       </c>
       <c r="F155">
         <v>2015</v>
       </c>
-      <c r="G155" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G155"/>
+      <c r="H155"/>
+      <c r="I155"/>
     </row>
     <row r="156" spans="1:9">
       <c r="A156" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
       <c r="B156" t="s">
-        <v>547</v>
+        <v>516</v>
       </c>
       <c r="C156" t="s">
-        <v>16</v>
+        <v>356</v>
       </c>
       <c r="D156">
-        <v>91</v>
+        <v>5</v>
       </c>
       <c r="E156">
-        <v>235423</v>
+        <v>11915</v>
       </c>
       <c r="F156">
         <v>2015</v>
       </c>
       <c r="G156" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="H156">
-        <v>3.72</v>
-[...1 lines deleted...]
-      <c r="I156"/>
+        <v>5.23</v>
+      </c>
+      <c r="I156">
+        <v>2.03</v>
+      </c>
     </row>
     <row r="157" spans="1:9">
       <c r="A157" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="B157" t="s">
-        <v>511</v>
+        <v>552</v>
       </c>
       <c r="C157" t="s">
-        <v>168</v>
+        <v>21</v>
       </c>
       <c r="D157">
-        <v>114</v>
+        <v>91</v>
       </c>
       <c r="E157">
-        <v>237402</v>
+        <v>235423</v>
       </c>
       <c r="F157">
         <v>2015</v>
       </c>
       <c r="G157" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="H157">
-        <v>7.65</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.72</v>
+      </c>
+      <c r="I157"/>
     </row>
     <row r="158" spans="1:9">
       <c r="A158" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="B158" t="s">
-        <v>552</v>
+        <v>516</v>
       </c>
       <c r="C158" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="D158">
         <v>114</v>
       </c>
       <c r="E158">
-        <v>185501</v>
+        <v>237402</v>
       </c>
       <c r="F158">
         <v>2015</v>
       </c>
       <c r="G158" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="H158">
         <v>7.65</v>
       </c>
       <c r="I158">
         <v>4.66</v>
       </c>
     </row>
     <row r="159" spans="1:9">
       <c r="A159" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="B159" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="C159" t="s">
-        <v>16</v>
+        <v>173</v>
       </c>
       <c r="D159">
-        <v>91</v>
+        <v>114</v>
       </c>
       <c r="E159">
-        <v>125426</v>
+        <v>185501</v>
       </c>
       <c r="F159">
         <v>2015</v>
       </c>
       <c r="G159" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="H159">
-        <v>3.72</v>
+        <v>7.65</v>
       </c>
       <c r="I159">
-        <v>2.76</v>
+        <v>4.66</v>
       </c>
     </row>
     <row r="160" spans="1:9">
       <c r="A160" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="B160" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="C160" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D160">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="E160">
-        <v>195127</v>
+        <v>125426</v>
       </c>
       <c r="F160">
         <v>2015</v>
       </c>
       <c r="G160" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="H160">
         <v>3.72</v>
       </c>
       <c r="I160">
         <v>2.76</v>
       </c>
     </row>
     <row r="161" spans="1:9">
       <c r="A161" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="B161" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="C161" t="s">
-        <v>471</v>
+        <v>21</v>
       </c>
       <c r="D161">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>562</v>
+        <v>92</v>
+      </c>
+      <c r="E161">
+        <v>195127</v>
       </c>
       <c r="F161">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G161" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="H161">
-        <v>2.34</v>
+        <v>3.72</v>
       </c>
       <c r="I161">
-        <v>1.16</v>
+        <v>2.76</v>
       </c>
     </row>
     <row r="162" spans="1:9">
       <c r="A162" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="B162" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="C162" t="s">
-        <v>566</v>
+        <v>476</v>
       </c>
       <c r="D162">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="E162" t="s">
         <v>567</v>
       </c>
       <c r="F162">
         <v>2014</v>
       </c>
       <c r="G162" t="s">
         <v>568</v>
       </c>
-      <c r="H162"/>
+      <c r="H162">
+        <v>2.34</v>
+      </c>
       <c r="I162">
-        <v>0.36</v>
+        <v>1.16</v>
       </c>
     </row>
     <row r="163" spans="1:9">
       <c r="A163" t="s">
         <v>569</v>
       </c>
       <c r="B163" t="s">
         <v>570</v>
       </c>
       <c r="C163" t="s">
         <v>571</v>
       </c>
-      <c r="D163"/>
+      <c r="D163">
+        <v>4</v>
+      </c>
       <c r="E163" t="s">
         <v>572</v>
       </c>
       <c r="F163">
         <v>2014</v>
       </c>
       <c r="G163" t="s">
         <v>573</v>
       </c>
       <c r="H163"/>
-      <c r="I163"/>
+      <c r="I163">
+        <v>0.36</v>
+      </c>
     </row>
     <row r="164" spans="1:9">
       <c r="A164" t="s">
         <v>574</v>
       </c>
       <c r="B164" t="s">
         <v>575</v>
       </c>
       <c r="C164" t="s">
         <v>576</v>
       </c>
-      <c r="D164">
-[...1 lines deleted...]
-      </c>
+      <c r="D164"/>
       <c r="E164" t="s">
         <v>577</v>
       </c>
       <c r="F164">
         <v>2014</v>
       </c>
       <c r="G164" t="s">
         <v>578</v>
       </c>
-      <c r="H164">
-[...4 lines deleted...]
-      </c>
+      <c r="H164"/>
+      <c r="I164"/>
     </row>
     <row r="165" spans="1:9">
       <c r="A165" t="s">
         <v>579</v>
       </c>
       <c r="B165" t="s">
         <v>580</v>
       </c>
       <c r="C165" t="s">
-        <v>16</v>
+        <v>581</v>
       </c>
       <c r="D165">
-        <v>89</v>
-[...2 lines deleted...]
-        <v>245414</v>
+        <v>31</v>
+      </c>
+      <c r="E165" t="s">
+        <v>582</v>
       </c>
       <c r="F165">
         <v>2014</v>
       </c>
       <c r="G165" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="H165">
-        <v>3.74</v>
+        <v>1.81</v>
       </c>
       <c r="I165">
-        <v>2.81</v>
+        <v>1.35</v>
       </c>
     </row>
     <row r="166" spans="1:9">
       <c r="A166" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="B166" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="C166" t="s">
-        <v>277</v>
-[...5 lines deleted...]
-        <v>585</v>
+        <v>21</v>
+      </c>
+      <c r="D166">
+        <v>89</v>
+      </c>
+      <c r="E166">
+        <v>245414</v>
       </c>
       <c r="F166">
         <v>2014</v>
       </c>
       <c r="G166" t="s">
         <v>586</v>
       </c>
-      <c r="H166"/>
+      <c r="H166">
+        <v>3.74</v>
+      </c>
       <c r="I166">
-        <v>0.1</v>
+        <v>2.81</v>
       </c>
     </row>
     <row r="167" spans="1:9">
       <c r="A167" t="s">
         <v>587</v>
       </c>
       <c r="B167" t="s">
         <v>588</v>
       </c>
       <c r="C167" t="s">
-        <v>153</v>
-[...2 lines deleted...]
-        <v>99</v>
+        <v>282</v>
+      </c>
+      <c r="D167" t="s">
+        <v>589</v>
       </c>
       <c r="E167" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="F167">
         <v>2014</v>
       </c>
       <c r="G167" t="s">
-        <v>590</v>
-[...3 lines deleted...]
-      </c>
+        <v>591</v>
+      </c>
+      <c r="H167"/>
       <c r="I167">
-        <v>0.76</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="168" spans="1:9">
       <c r="A168" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="B168" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="C168" t="s">
-        <v>593</v>
+        <v>161</v>
       </c>
       <c r="D168">
-        <v>12</v>
+        <v>99</v>
       </c>
       <c r="E168" t="s">
         <v>594</v>
       </c>
       <c r="F168">
         <v>2014</v>
       </c>
       <c r="G168" t="s">
         <v>595</v>
       </c>
       <c r="H168">
-        <v>1.35</v>
+        <v>1.36</v>
       </c>
       <c r="I168">
-        <v>0.85</v>
+        <v>0.76</v>
       </c>
     </row>
     <row r="169" spans="1:9">
       <c r="A169" t="s">
         <v>596</v>
       </c>
       <c r="B169" t="s">
         <v>597</v>
       </c>
       <c r="C169" t="s">
         <v>598</v>
       </c>
       <c r="D169">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="E169" t="s">
         <v>599</v>
       </c>
       <c r="F169">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G169" t="s">
         <v>600</v>
       </c>
       <c r="H169">
-        <v>29.96</v>
+        <v>1.35</v>
       </c>
       <c r="I169">
-        <v>13.68</v>
+        <v>0.85</v>
       </c>
     </row>
     <row r="170" spans="1:9">
       <c r="A170" t="s">
         <v>601</v>
       </c>
       <c r="B170" t="s">
         <v>602</v>
       </c>
       <c r="C170" t="s">
-        <v>16</v>
+        <v>603</v>
       </c>
       <c r="D170">
-        <v>88</v>
-[...2 lines deleted...]
-        <v>195422</v>
+        <v>7</v>
+      </c>
+      <c r="E170" t="s">
+        <v>604</v>
       </c>
       <c r="F170">
         <v>2013</v>
       </c>
       <c r="G170" t="s">
-        <v>603</v>
+        <v>605</v>
       </c>
       <c r="H170">
-        <v>3.66</v>
-[...1 lines deleted...]
-      <c r="I170"/>
+        <v>29.96</v>
+      </c>
+      <c r="I170">
+        <v>13.68</v>
+      </c>
     </row>
     <row r="171" spans="1:9">
       <c r="A171" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="B171" t="s">
-        <v>588</v>
+        <v>607</v>
       </c>
       <c r="C171" t="s">
-        <v>153</v>
+        <v>21</v>
       </c>
       <c r="D171">
-        <v>98</v>
-[...2 lines deleted...]
-        <v>605</v>
+        <v>88</v>
+      </c>
+      <c r="E171">
+        <v>195422</v>
       </c>
       <c r="F171">
         <v>2013</v>
       </c>
       <c r="G171" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="H171">
-        <v>1.36</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.66</v>
+      </c>
+      <c r="I171"/>
     </row>
     <row r="172" spans="1:9">
       <c r="A172" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="B172" t="s">
-        <v>608</v>
+        <v>593</v>
       </c>
       <c r="C172" t="s">
-        <v>146</v>
+        <v>161</v>
       </c>
       <c r="D172">
-        <v>103</v>
-[...2 lines deleted...]
-        <v>161103</v>
+        <v>98</v>
+      </c>
+      <c r="E172" t="s">
+        <v>610</v>
       </c>
       <c r="F172">
         <v>2013</v>
       </c>
       <c r="G172" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="H172">
-        <v>3.52</v>
+        <v>1.36</v>
       </c>
       <c r="I172">
-        <v>2.15</v>
+        <v>0.8</v>
       </c>
     </row>
     <row r="173" spans="1:9">
       <c r="A173" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="B173" t="s">
-        <v>511</v>
+        <v>613</v>
       </c>
       <c r="C173" t="s">
-        <v>611</v>
+        <v>151</v>
       </c>
       <c r="D173">
-        <v>39</v>
-[...2 lines deleted...]
-        <v>612</v>
+        <v>103</v>
+      </c>
+      <c r="E173">
+        <v>161103</v>
       </c>
       <c r="F173">
         <v>2013</v>
       </c>
       <c r="G173" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="H173">
-        <v>0.58</v>
+        <v>3.52</v>
       </c>
       <c r="I173">
-        <v>0.39</v>
+        <v>2.15</v>
       </c>
     </row>
     <row r="174" spans="1:9">
       <c r="A174" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="B174" t="s">
-        <v>588</v>
+        <v>516</v>
       </c>
       <c r="C174" t="s">
-        <v>16</v>
+        <v>616</v>
       </c>
       <c r="D174">
-        <v>88</v>
+        <v>39</v>
       </c>
       <c r="E174" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="F174">
         <v>2013</v>
       </c>
       <c r="G174" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="H174">
-        <v>3.66</v>
-[...1 lines deleted...]
-      <c r="I174"/>
+        <v>0.58</v>
+      </c>
+      <c r="I174">
+        <v>0.39</v>
+      </c>
     </row>
     <row r="175" spans="1:9">
       <c r="A175" t="s">
-        <v>617</v>
+        <v>619</v>
       </c>
       <c r="B175" t="s">
-        <v>618</v>
+        <v>593</v>
       </c>
       <c r="C175" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D175">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="E175" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="F175">
         <v>2013</v>
       </c>
       <c r="G175" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="H175">
         <v>3.66</v>
       </c>
       <c r="I175"/>
     </row>
     <row r="176" spans="1:9">
       <c r="A176" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="B176" t="s">
-        <v>602</v>
+        <v>623</v>
       </c>
       <c r="C176" t="s">
-        <v>153</v>
+        <v>21</v>
       </c>
       <c r="D176">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="E176" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="F176">
         <v>2013</v>
       </c>
       <c r="G176" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="H176">
-        <v>1.36</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.66</v>
+      </c>
+      <c r="I176"/>
     </row>
     <row r="177" spans="1:9">
       <c r="A177" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="B177" t="s">
-        <v>625</v>
+        <v>607</v>
       </c>
       <c r="C177" t="s">
-        <v>406</v>
+        <v>161</v>
       </c>
       <c r="D177">
-        <v>21</v>
+        <v>97</v>
       </c>
       <c r="E177" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="F177">
         <v>2013</v>
       </c>
       <c r="G177" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="H177">
-        <v>3.53</v>
+        <v>1.36</v>
       </c>
       <c r="I177">
-        <v>2.34</v>
+        <v>0.8</v>
       </c>
     </row>
     <row r="178" spans="1:9">
       <c r="A178" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="B178" t="s">
-        <v>602</v>
+        <v>630</v>
       </c>
       <c r="C178" t="s">
-        <v>153</v>
+        <v>411</v>
       </c>
       <c r="D178">
-        <v>97</v>
+        <v>21</v>
       </c>
       <c r="E178" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="F178">
         <v>2013</v>
       </c>
       <c r="G178" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="H178">
-        <v>1.36</v>
+        <v>3.53</v>
       </c>
       <c r="I178">
-        <v>0.8</v>
+        <v>2.34</v>
       </c>
     </row>
     <row r="179" spans="1:9">
       <c r="A179" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="B179" t="s">
-        <v>511</v>
+        <v>607</v>
       </c>
       <c r="C179" t="s">
-        <v>146</v>
+        <v>161</v>
       </c>
       <c r="D179">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>101105</v>
+        <v>97</v>
+      </c>
+      <c r="E179" t="s">
+        <v>634</v>
       </c>
       <c r="F179">
         <v>2013</v>
       </c>
       <c r="G179" t="s">
-        <v>632</v>
+        <v>635</v>
       </c>
       <c r="H179">
-        <v>3.52</v>
+        <v>1.36</v>
       </c>
       <c r="I179">
-        <v>2.15</v>
+        <v>0.8</v>
       </c>
     </row>
     <row r="180" spans="1:9">
       <c r="A180" t="s">
-        <v>633</v>
+        <v>636</v>
       </c>
       <c r="B180" t="s">
-        <v>634</v>
+        <v>516</v>
       </c>
       <c r="C180" t="s">
-        <v>406</v>
+        <v>151</v>
       </c>
       <c r="D180">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>635</v>
+        <v>102</v>
+      </c>
+      <c r="E180">
+        <v>101105</v>
       </c>
       <c r="F180">
         <v>2013</v>
       </c>
       <c r="G180" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="H180">
-        <v>3.53</v>
+        <v>3.52</v>
       </c>
       <c r="I180">
-        <v>2.34</v>
+        <v>2.15</v>
       </c>
     </row>
     <row r="181" spans="1:9">
       <c r="A181" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="B181" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="C181" t="s">
-        <v>639</v>
+        <v>411</v>
       </c>
       <c r="D181">
-        <v>116</v>
+        <v>21</v>
       </c>
       <c r="E181" t="s">
         <v>640</v>
       </c>
       <c r="F181">
         <v>2013</v>
       </c>
       <c r="G181" t="s">
         <v>641</v>
       </c>
       <c r="H181">
-        <v>0.93</v>
+        <v>3.53</v>
       </c>
       <c r="I181">
-        <v>0.48</v>
+        <v>2.34</v>
       </c>
     </row>
     <row r="182" spans="1:9">
       <c r="A182" t="s">
         <v>642</v>
       </c>
       <c r="B182" t="s">
-        <v>511</v>
+        <v>643</v>
       </c>
       <c r="C182" t="s">
-        <v>16</v>
+        <v>644</v>
       </c>
       <c r="D182">
-        <v>86</v>
-[...2 lines deleted...]
-        <v>235425</v>
+        <v>116</v>
+      </c>
+      <c r="E182" t="s">
+        <v>645</v>
       </c>
       <c r="F182">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="G182" t="s">
-        <v>643</v>
+        <v>646</v>
       </c>
       <c r="H182">
-        <v>3.77</v>
-[...1 lines deleted...]
-      <c r="I182"/>
+        <v>0.93</v>
+      </c>
+      <c r="I182">
+        <v>0.48</v>
+      </c>
     </row>
     <row r="183" spans="1:9">
       <c r="A183" t="s">
-        <v>644</v>
+        <v>647</v>
       </c>
       <c r="B183" t="s">
-        <v>511</v>
+        <v>516</v>
       </c>
       <c r="C183" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D183">
         <v>86</v>
       </c>
       <c r="E183">
-        <v>125308</v>
+        <v>235425</v>
       </c>
       <c r="F183">
         <v>2012</v>
       </c>
       <c r="G183" t="s">
-        <v>645</v>
+        <v>648</v>
       </c>
       <c r="H183">
         <v>3.77</v>
       </c>
       <c r="I183"/>
     </row>
     <row r="184" spans="1:9">
       <c r="A184" t="s">
-        <v>646</v>
+        <v>649</v>
       </c>
       <c r="B184" t="s">
-        <v>647</v>
+        <v>516</v>
       </c>
       <c r="C184" t="s">
-        <v>95</v>
+        <v>21</v>
       </c>
       <c r="D184">
         <v>86</v>
       </c>
-      <c r="E184" t="s">
-        <v>648</v>
+      <c r="E184">
+        <v>125308</v>
       </c>
       <c r="F184">
         <v>2012</v>
       </c>
       <c r="G184" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="H184">
-        <v>3.04</v>
+        <v>3.77</v>
       </c>
       <c r="I184"/>
     </row>
     <row r="185" spans="1:9">
       <c r="A185" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="B185" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="C185" t="s">
-        <v>277</v>
-[...1 lines deleted...]
-      <c r="D185"/>
+        <v>100</v>
+      </c>
+      <c r="D185">
+        <v>86</v>
+      </c>
       <c r="E185" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="F185">
         <v>2012</v>
       </c>
       <c r="G185" t="s">
-        <v>653</v>
-[...4 lines deleted...]
-      </c>
+        <v>654</v>
+      </c>
+      <c r="H185">
+        <v>3.04</v>
+      </c>
+      <c r="I185"/>
     </row>
     <row r="186" spans="1:9">
       <c r="A186" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="B186" t="s">
-        <v>511</v>
+        <v>656</v>
       </c>
       <c r="C186" t="s">
-        <v>611</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="D186"/>
       <c r="E186" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="F186">
         <v>2012</v>
       </c>
       <c r="G186" t="s">
-        <v>656</v>
-[...3 lines deleted...]
-      </c>
+        <v>658</v>
+      </c>
+      <c r="H186"/>
       <c r="I186">
-        <v>0.37</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="187" spans="1:9">
       <c r="A187" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
       <c r="B187" t="s">
-        <v>511</v>
+        <v>516</v>
       </c>
       <c r="C187" t="s">
-        <v>658</v>
+        <v>616</v>
       </c>
       <c r="D187">
-        <v>9</v>
+        <v>38</v>
       </c>
       <c r="E187" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="F187">
         <v>2012</v>
       </c>
       <c r="G187" t="s">
-        <v>660</v>
-[...2 lines deleted...]
-      <c r="I187"/>
+        <v>661</v>
+      </c>
+      <c r="H187">
+        <v>0.56</v>
+      </c>
+      <c r="I187">
+        <v>0.37</v>
+      </c>
     </row>
     <row r="188" spans="1:9">
       <c r="A188" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="B188" t="s">
-        <v>511</v>
+        <v>516</v>
       </c>
       <c r="C188" t="s">
-        <v>146</v>
+        <v>663</v>
       </c>
       <c r="D188">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>62101</v>
+        <v>9</v>
+      </c>
+      <c r="E188" t="s">
+        <v>664</v>
       </c>
       <c r="F188">
         <v>2012</v>
       </c>
       <c r="G188" t="s">
-        <v>662</v>
-[...6 lines deleted...]
-      </c>
+        <v>665</v>
+      </c>
+      <c r="H188"/>
+      <c r="I188"/>
     </row>
     <row r="189" spans="1:9">
       <c r="A189" t="s">
-        <v>663</v>
+        <v>666</v>
       </c>
       <c r="B189" t="s">
-        <v>664</v>
+        <v>516</v>
       </c>
       <c r="C189" t="s">
-        <v>665</v>
+        <v>151</v>
       </c>
       <c r="D189">
-        <v>376</v>
-[...2 lines deleted...]
-        <v>666</v>
+        <v>100</v>
+      </c>
+      <c r="E189">
+        <v>62101</v>
       </c>
       <c r="F189">
         <v>2012</v>
       </c>
       <c r="G189" t="s">
         <v>667</v>
       </c>
       <c r="H189">
-        <v>1.77</v>
+        <v>3.79</v>
       </c>
       <c r="I189">
-        <v>0.79</v>
+        <v>2.57</v>
       </c>
     </row>
     <row r="190" spans="1:9">
       <c r="A190" t="s">
         <v>668</v>
       </c>
       <c r="B190" t="s">
-        <v>602</v>
+        <v>669</v>
       </c>
       <c r="C190" t="s">
-        <v>471</v>
+        <v>670</v>
       </c>
       <c r="D190">
-        <v>6</v>
+        <v>376</v>
       </c>
       <c r="E190" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
       <c r="F190">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="G190" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="H190">
-        <v>2.82</v>
+        <v>1.77</v>
       </c>
       <c r="I190">
-        <v>1.84</v>
+        <v>0.79</v>
       </c>
     </row>
     <row r="191" spans="1:9">
       <c r="A191" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="B191" t="s">
-        <v>570</v>
+        <v>607</v>
       </c>
       <c r="C191" t="s">
-        <v>146</v>
+        <v>476</v>
       </c>
       <c r="D191">
-        <v>99</v>
+        <v>6</v>
       </c>
       <c r="E191" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="F191">
         <v>2011</v>
       </c>
       <c r="G191" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="H191">
-        <v>3.84</v>
+        <v>2.82</v>
       </c>
       <c r="I191">
-        <v>2.81</v>
+        <v>1.84</v>
       </c>
     </row>
     <row r="192" spans="1:9">
       <c r="A192" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="B192" t="s">
-        <v>511</v>
+        <v>575</v>
       </c>
       <c r="C192" t="s">
-        <v>675</v>
+        <v>151</v>
       </c>
       <c r="D192">
-        <v>58</v>
+        <v>99</v>
       </c>
       <c r="E192" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="F192">
         <v>2011</v>
       </c>
       <c r="G192" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="H192">
-        <v>1.17</v>
+        <v>3.84</v>
       </c>
       <c r="I192">
-        <v>0.66</v>
+        <v>2.81</v>
       </c>
     </row>
     <row r="193" spans="1:9">
       <c r="A193" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="B193" t="s">
-        <v>511</v>
+        <v>516</v>
       </c>
       <c r="C193" t="s">
-        <v>205</v>
+        <v>680</v>
       </c>
       <c r="D193">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>1641</v>
+        <v>58</v>
+      </c>
+      <c r="E193" t="s">
+        <v>681</v>
       </c>
       <c r="F193">
         <v>2011</v>
       </c>
       <c r="G193" t="s">
-        <v>679</v>
+        <v>682</v>
       </c>
       <c r="H193">
-        <v>3.4</v>
+        <v>1.17</v>
       </c>
       <c r="I193">
-        <v>2.52</v>
+        <v>0.66</v>
       </c>
     </row>
     <row r="194" spans="1:9">
       <c r="A194" t="s">
-        <v>680</v>
+        <v>683</v>
       </c>
       <c r="B194" t="s">
-        <v>511</v>
+        <v>516</v>
       </c>
       <c r="C194" t="s">
-        <v>225</v>
+        <v>210</v>
       </c>
       <c r="D194">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>681</v>
+        <v>36</v>
+      </c>
+      <c r="E194">
+        <v>1641</v>
       </c>
       <c r="F194">
         <v>2011</v>
       </c>
       <c r="G194" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
       <c r="H194">
-        <v>1.49</v>
+        <v>3.4</v>
       </c>
       <c r="I194">
-        <v>0.71</v>
+        <v>2.52</v>
       </c>
     </row>
     <row r="195" spans="1:9">
       <c r="A195" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="B195" t="s">
-        <v>511</v>
+        <v>516</v>
       </c>
       <c r="C195" t="s">
-        <v>168</v>
+        <v>230</v>
       </c>
       <c r="D195">
-        <v>106</v>
-[...2 lines deleted...]
-        <v>76401</v>
+        <v>49</v>
+      </c>
+      <c r="E195" t="s">
+        <v>686</v>
       </c>
       <c r="F195">
         <v>2011</v>
       </c>
       <c r="G195" t="s">
-        <v>684</v>
+        <v>687</v>
       </c>
       <c r="H195">
-        <v>7.37</v>
+        <v>1.49</v>
       </c>
       <c r="I195">
-        <v>6.31</v>
+        <v>0.71</v>
       </c>
     </row>
     <row r="196" spans="1:9">
       <c r="A196" t="s">
-        <v>680</v>
+        <v>688</v>
       </c>
       <c r="B196" t="s">
-        <v>685</v>
+        <v>516</v>
       </c>
       <c r="C196" t="s">
-        <v>225</v>
+        <v>173</v>
       </c>
       <c r="D196">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>681</v>
+        <v>106</v>
+      </c>
+      <c r="E196">
+        <v>76401</v>
       </c>
       <c r="F196">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="G196" t="s">
-        <v>682</v>
+        <v>689</v>
       </c>
       <c r="H196">
-        <v>1.1</v>
+        <v>7.37</v>
       </c>
       <c r="I196">
-        <v>0.71</v>
+        <v>6.31</v>
       </c>
     </row>
     <row r="197" spans="1:9">
       <c r="A197" t="s">
+        <v>685</v>
+      </c>
+      <c r="B197" t="s">
+        <v>690</v>
+      </c>
+      <c r="C197" t="s">
+        <v>230</v>
+      </c>
+      <c r="D197">
+        <v>49</v>
+      </c>
+      <c r="E197" t="s">
         <v>686</v>
-      </c>
-[...10 lines deleted...]
-        <v>687</v>
       </c>
       <c r="F197">
         <v>2010</v>
       </c>
       <c r="G197" t="s">
-        <v>688</v>
+        <v>687</v>
       </c>
       <c r="H197">
         <v>1.1</v>
       </c>
       <c r="I197">
         <v>0.71</v>
       </c>
     </row>
     <row r="198" spans="1:9">
       <c r="A198" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="B198" t="s">
-        <v>511</v>
+        <v>516</v>
       </c>
       <c r="C198" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="D198">
         <v>47</v>
       </c>
       <c r="E198" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
       <c r="F198">
         <v>2010</v>
       </c>
       <c r="G198" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="H198">
         <v>1.1</v>
       </c>
       <c r="I198">
+        <v>0.71</v>
+      </c>
+    </row>
+    <row r="199" spans="1:9">
+      <c r="A199" t="s">
+        <v>694</v>
+      </c>
+      <c r="B199" t="s">
+        <v>516</v>
+      </c>
+      <c r="C199" t="s">
+        <v>230</v>
+      </c>
+      <c r="D199">
+        <v>47</v>
+      </c>
+      <c r="E199" t="s">
+        <v>695</v>
+      </c>
+      <c r="F199">
+        <v>2010</v>
+      </c>
+      <c r="G199" t="s">
+        <v>696</v>
+      </c>
+      <c r="H199">
+        <v>1.1</v>
+      </c>
+      <c r="I199">
         <v>0.71</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>