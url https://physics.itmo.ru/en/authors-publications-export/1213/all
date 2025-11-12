--- v0 (2025-10-07)
+++ v1 (2025-11-12)
@@ -12,77 +12,89 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="364">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="368">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
+  </si>
+  <si>
+    <t>Short‐Term Bienenstock‐Cooper‐Munro Learning in Optoelectrically‐Driven Flexible Halide Perovskite Single Crystal Memristors</t>
+  </si>
+  <si>
+    <t>Ivan Matchenya, Anton Khanas, Roman Podgornyi, Daniil Shirkin, Aleksei Ekgardt,  Sizykh Nikita, Sergey Anoshkin, Dmitry V. Krasnikov, Alexey Yulin, Albert G. Nasibulin, Ivan G. Scheblykin, Anatoly Pushkarev, Andrei Zenkevich, Juan Bisquert, Alexandr Marunchenko</t>
+  </si>
+  <si>
+    <t>Small Methods</t>
+  </si>
+  <si>
+    <t>10.1002/smtd.202500203</t>
   </si>
   <si>
     <t>Stimulated Exciton–Polariton Scattering in Hybrid Halide Perovskites</t>
   </si>
   <si>
     <t>Igor Chestnov, Mikhail Masharin, Valeriy Kondratiev, Ivan Iorsh, Anton Samusev, Anatoly Pushkarev, Sergey Makarov, Ivan Shelykh, Vanik Shahnazaryan</t>
   </si>
   <si>
     <t>ACS Photonics</t>
   </si>
   <si>
     <t>801-808</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.4c01756</t>
   </si>
   <si>
     <t>Room Temperature Broadband Polariton Lasing from a CsPbBr3 Perovskite Plate</t>
   </si>
   <si>
     <t>Maksim D. Kolker, Ivan I. Krasionov, Anton D. Putintsev, Ekaterina D. Grayfer, Tamsin Cookson, Dmitry Tatarinov, Anatoly Pushkarev, Denis A. Sannikov, Pavlos G. Lagoudakis</t>
   </si>
   <si>
     <t>Advanced Optical Materials</t>
   </si>
@@ -1451,51 +1463,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I97"/>
+  <dimension ref="A1:I98"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="203.95" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="411.614" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="114.258" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -1510,2654 +1522,2681 @@
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>9</v>
+      </c>
+      <c r="E2"/>
       <c r="F2">
         <v>2025</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H2">
-        <v>7.53</v>
+        <v>14.19</v>
       </c>
       <c r="I2">
-        <v>2.74</v>
+        <v>4.66</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B3" t="s">
         <v>14</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>15</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
         <v>16</v>
       </c>
-      <c r="D3"/>
-      <c r="E3"/>
       <c r="F3">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G3" t="s">
         <v>17</v>
       </c>
       <c r="H3">
-        <v>9.93</v>
+        <v>7.53</v>
       </c>
       <c r="I3">
-        <v>2.89</v>
+        <v>2.74</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
         <v>19</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4"/>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E4"/>
       <c r="F4">
         <v>2024</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="H4">
-        <v>23.1</v>
+        <v>9.93</v>
       </c>
       <c r="I4">
-        <v>8.63</v>
+        <v>2.89</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
+        <v>22</v>
+      </c>
+      <c r="B5" t="s">
         <v>23</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5" t="s">
         <v>24</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5"/>
+      <c r="E5" t="s">
         <v>25</v>
-      </c>
-[...4 lines deleted...]
-        <v>26</v>
       </c>
       <c r="F5">
         <v>2024</v>
       </c>
       <c r="G5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H5">
-        <v>11.39</v>
-[...1 lines deleted...]
-      <c r="I5"/>
+        <v>23.1</v>
+      </c>
+      <c r="I5">
+        <v>8.63</v>
+      </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>27</v>
+      </c>
+      <c r="B6" t="s">
         <v>28</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
         <v>29</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6">
+        <v>7</v>
+      </c>
+      <c r="E6" t="s">
         <v>30</v>
       </c>
-      <c r="D6"/>
-      <c r="E6"/>
       <c r="F6">
         <v>2024</v>
       </c>
       <c r="G6" t="s">
         <v>31</v>
       </c>
       <c r="H6">
-        <v>6.22</v>
-[...3 lines deleted...]
-      </c>
+        <v>11.39</v>
+      </c>
+      <c r="I6"/>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="B7" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="C7" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="D7"/>
       <c r="E7"/>
       <c r="F7">
         <v>2024</v>
       </c>
       <c r="G7" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="H7">
         <v>6.22</v>
       </c>
       <c r="I7">
         <v>1.84</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>32</v>
       </c>
       <c r="B8" t="s">
         <v>33</v>
       </c>
       <c r="C8" t="s">
         <v>34</v>
       </c>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8">
         <v>2024</v>
       </c>
       <c r="G8" t="s">
         <v>35</v>
       </c>
       <c r="H8">
-        <v>16.81</v>
+        <v>6.22</v>
       </c>
       <c r="I8">
-        <v>5.39</v>
+        <v>1.84</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>36</v>
       </c>
       <c r="B9" t="s">
         <v>37</v>
       </c>
       <c r="C9" t="s">
         <v>38</v>
       </c>
       <c r="D9"/>
-      <c r="E9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E9"/>
       <c r="F9">
         <v>2024</v>
       </c>
       <c r="G9" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="H9">
-        <v>6.89</v>
+        <v>16.81</v>
       </c>
       <c r="I9">
-        <v>1.85</v>
+        <v>5.39</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
+        <v>40</v>
+      </c>
+      <c r="B10" t="s">
         <v>41</v>
       </c>
-      <c r="B10" t="s">
+      <c r="C10" t="s">
         <v>42</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10"/>
+      <c r="E10" t="s">
         <v>43</v>
-      </c>
-[...4 lines deleted...]
-        <v>44</v>
       </c>
       <c r="F10">
         <v>2024</v>
       </c>
       <c r="G10" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="H10">
-        <v>9.64</v>
+        <v>6.89</v>
       </c>
       <c r="I10">
-        <v>0.12</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
+        <v>45</v>
+      </c>
+      <c r="B11" t="s">
         <v>46</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" t="s">
         <v>47</v>
       </c>
-      <c r="C11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D11">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="E11" t="s">
         <v>48</v>
       </c>
       <c r="F11">
         <v>2024</v>
       </c>
       <c r="G11" t="s">
         <v>49</v>
       </c>
       <c r="H11">
-        <v>22.0</v>
+        <v>9.64</v>
       </c>
       <c r="I11">
-        <v>7.86</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>50</v>
       </c>
       <c r="B12" t="s">
         <v>51</v>
       </c>
       <c r="C12" t="s">
+        <v>24</v>
+      </c>
+      <c r="D12">
+        <v>9</v>
+      </c>
+      <c r="E12" t="s">
         <v>52</v>
       </c>
-      <c r="D12"/>
-      <c r="E12"/>
       <c r="F12">
         <v>2024</v>
       </c>
       <c r="G12" t="s">
         <v>53</v>
       </c>
       <c r="H12">
-        <v>10.38</v>
+        <v>22.0</v>
       </c>
       <c r="I12">
-        <v>2.14</v>
+        <v>7.86</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>54</v>
       </c>
       <c r="B13" t="s">
         <v>55</v>
       </c>
       <c r="C13" t="s">
         <v>56</v>
       </c>
-      <c r="D13">
-[...4 lines deleted...]
-      </c>
+      <c r="D13"/>
+      <c r="E13"/>
       <c r="F13">
         <v>2024</v>
       </c>
       <c r="G13" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="H13">
-        <v>4.18</v>
+        <v>10.38</v>
       </c>
       <c r="I13">
-        <v>1.03</v>
+        <v>2.14</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
+        <v>58</v>
+      </c>
+      <c r="B14" t="s">
         <v>59</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
         <v>60</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14">
+        <v>128</v>
+      </c>
+      <c r="E14" t="s">
         <v>61</v>
-      </c>
-[...4 lines deleted...]
-        <v>101232</v>
       </c>
       <c r="F14">
         <v>2024</v>
       </c>
       <c r="G14" t="s">
         <v>62</v>
       </c>
       <c r="H14">
-        <v>3.16</v>
+        <v>4.18</v>
       </c>
       <c r="I14">
-        <v>0.47</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
         <v>63</v>
       </c>
       <c r="B15" t="s">
         <v>64</v>
       </c>
       <c r="C15" t="s">
-        <v>38</v>
+        <v>65</v>
       </c>
       <c r="D15">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>65</v>
+        <v>58</v>
+      </c>
+      <c r="E15">
+        <v>101232</v>
       </c>
       <c r="F15">
         <v>2024</v>
       </c>
       <c r="G15" t="s">
         <v>66</v>
       </c>
       <c r="H15">
-        <v>6.89</v>
+        <v>3.16</v>
       </c>
       <c r="I15">
-        <v>1.85</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
         <v>67</v>
       </c>
       <c r="B16" t="s">
         <v>68</v>
       </c>
       <c r="C16" t="s">
+        <v>42</v>
+      </c>
+      <c r="D16">
+        <v>15</v>
+      </c>
+      <c r="E16" t="s">
         <v>69</v>
       </c>
-      <c r="D16">
-[...4 lines deleted...]
-      </c>
       <c r="F16">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G16" t="s">
         <v>70</v>
       </c>
       <c r="H16">
-        <v>3.3</v>
+        <v>6.89</v>
       </c>
       <c r="I16">
-        <v>0.88</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>71</v>
       </c>
       <c r="B17" t="s">
         <v>72</v>
       </c>
       <c r="C17" t="s">
         <v>73</v>
       </c>
-      <c r="D17"/>
-      <c r="E17"/>
+      <c r="D17">
+        <v>232</v>
+      </c>
+      <c r="E17">
+        <v>112672</v>
+      </c>
       <c r="F17">
         <v>2023</v>
       </c>
       <c r="G17" t="s">
         <v>74</v>
       </c>
-      <c r="H17"/>
-      <c r="I17"/>
+      <c r="H17">
+        <v>3.3</v>
+      </c>
+      <c r="I17">
+        <v>0.88</v>
+      </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
         <v>75</v>
       </c>
       <c r="B18" t="s">
         <v>76</v>
       </c>
       <c r="C18" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="D18"/>
       <c r="E18"/>
       <c r="F18">
         <v>2023</v>
       </c>
       <c r="G18" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="H18"/>
       <c r="I18"/>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B19" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C19" t="s">
-        <v>80</v>
-[...6 lines deleted...]
-      </c>
+        <v>77</v>
+      </c>
+      <c r="D19"/>
+      <c r="E19"/>
       <c r="F19">
         <v>2023</v>
       </c>
       <c r="G19" t="s">
         <v>81</v>
       </c>
-      <c r="H19">
-[...4 lines deleted...]
-      </c>
+      <c r="H19"/>
+      <c r="I19"/>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
         <v>82</v>
       </c>
       <c r="B20" t="s">
         <v>83</v>
       </c>
       <c r="C20" t="s">
         <v>84</v>
       </c>
       <c r="D20">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E20"/>
+        <v>10</v>
+      </c>
+      <c r="E20">
+        <v>1322</v>
+      </c>
       <c r="F20">
         <v>2023</v>
       </c>
       <c r="G20" t="s">
         <v>85</v>
       </c>
-      <c r="H20"/>
-      <c r="I20"/>
+      <c r="H20">
+        <v>10.64</v>
+      </c>
+      <c r="I20">
+        <v>4.16</v>
+      </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>86</v>
       </c>
       <c r="B21" t="s">
         <v>87</v>
       </c>
       <c r="C21" t="s">
         <v>88</v>
       </c>
-      <c r="D21"/>
+      <c r="D21">
+        <v>16</v>
+      </c>
       <c r="E21"/>
       <c r="F21">
         <v>2023</v>
       </c>
       <c r="G21" t="s">
         <v>89</v>
       </c>
-      <c r="H21">
-[...4 lines deleted...]
-      </c>
+      <c r="H21"/>
+      <c r="I21"/>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
         <v>90</v>
       </c>
       <c r="B22" t="s">
         <v>91</v>
       </c>
       <c r="C22" t="s">
         <v>92</v>
       </c>
       <c r="D22"/>
       <c r="E22"/>
       <c r="F22">
         <v>2023</v>
       </c>
       <c r="G22" t="s">
         <v>93</v>
       </c>
       <c r="H22">
-        <v>18.03</v>
+        <v>10.95</v>
       </c>
       <c r="I22">
-        <v>4.61</v>
+        <v>3.17</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
         <v>94</v>
       </c>
       <c r="B23" t="s">
         <v>95</v>
       </c>
       <c r="C23" t="s">
         <v>96</v>
       </c>
       <c r="D23"/>
       <c r="E23"/>
       <c r="F23">
         <v>2023</v>
       </c>
       <c r="G23" t="s">
         <v>97</v>
       </c>
       <c r="H23">
-        <v>8.31</v>
+        <v>18.03</v>
       </c>
       <c r="I23">
-        <v>1.74</v>
+        <v>4.61</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>98</v>
       </c>
       <c r="B24" t="s">
         <v>99</v>
       </c>
       <c r="C24" t="s">
         <v>100</v>
       </c>
       <c r="D24"/>
       <c r="E24"/>
       <c r="F24">
         <v>2023</v>
       </c>
       <c r="G24" t="s">
         <v>101</v>
       </c>
       <c r="H24">
-        <v>6.14</v>
+        <v>8.31</v>
       </c>
       <c r="I24">
-        <v>1.18</v>
+        <v>1.74</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
         <v>102</v>
       </c>
       <c r="B25" t="s">
         <v>103</v>
       </c>
       <c r="C25" t="s">
         <v>104</v>
       </c>
       <c r="D25"/>
       <c r="E25"/>
       <c r="F25">
         <v>2023</v>
       </c>
       <c r="G25" t="s">
         <v>105</v>
       </c>
       <c r="H25">
-        <v>12.26</v>
+        <v>6.14</v>
       </c>
       <c r="I25">
-        <v>3.76</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>106</v>
       </c>
       <c r="B26" t="s">
         <v>107</v>
       </c>
       <c r="C26" t="s">
-        <v>92</v>
-[...4 lines deleted...]
-      <c r="E26" t="s">
         <v>108</v>
       </c>
+      <c r="D26"/>
+      <c r="E26"/>
       <c r="F26">
         <v>2023</v>
       </c>
       <c r="G26" t="s">
         <v>109</v>
       </c>
       <c r="H26">
-        <v>18.03</v>
+        <v>12.26</v>
       </c>
       <c r="I26">
-        <v>4.61</v>
+        <v>3.76</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>110</v>
       </c>
       <c r="B27" t="s">
         <v>111</v>
       </c>
       <c r="C27" t="s">
-        <v>16</v>
-[...3 lines deleted...]
-        <v>2202407</v>
+        <v>96</v>
+      </c>
+      <c r="D27">
+        <v>17</v>
+      </c>
+      <c r="E27" t="s">
+        <v>112</v>
       </c>
       <c r="F27">
         <v>2023</v>
       </c>
       <c r="G27" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-      <c r="I27"/>
+        <v>113</v>
+      </c>
+      <c r="H27">
+        <v>18.03</v>
+      </c>
+      <c r="I27">
+        <v>4.61</v>
+      </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B28" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C28" t="s">
-        <v>92</v>
+        <v>20</v>
       </c>
       <c r="D28"/>
-      <c r="E28"/>
+      <c r="E28">
+        <v>2202407</v>
+      </c>
       <c r="F28">
         <v>2023</v>
       </c>
       <c r="G28" t="s">
-        <v>115</v>
-[...6 lines deleted...]
-      </c>
+        <v>116</v>
+      </c>
+      <c r="H28"/>
+      <c r="I28"/>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B29" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C29" t="s">
-        <v>61</v>
-[...6 lines deleted...]
-      </c>
+        <v>96</v>
+      </c>
+      <c r="D29"/>
+      <c r="E29"/>
       <c r="F29">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G29" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H29">
-        <v>3.01</v>
+        <v>18.03</v>
       </c>
       <c r="I29">
-        <v>0.55</v>
+        <v>4.61</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B30" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C30" t="s">
-        <v>121</v>
+        <v>65</v>
       </c>
       <c r="D30">
-        <v>121</v>
+        <v>53</v>
       </c>
       <c r="E30">
-        <v>223301</v>
+        <v>101103</v>
       </c>
       <c r="F30">
         <v>2022</v>
       </c>
       <c r="G30" t="s">
         <v>122</v>
       </c>
       <c r="H30">
-        <v>3.97</v>
+        <v>3.01</v>
       </c>
       <c r="I30">
-        <v>1.03</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
         <v>123</v>
       </c>
       <c r="B31" t="s">
         <v>124</v>
       </c>
       <c r="C31" t="s">
         <v>125</v>
       </c>
-      <c r="D31"/>
+      <c r="D31">
+        <v>121</v>
+      </c>
       <c r="E31">
-        <v>100214</v>
+        <v>223301</v>
       </c>
       <c r="F31">
         <v>2022</v>
       </c>
       <c r="G31" t="s">
         <v>126</v>
       </c>
-      <c r="H31"/>
-      <c r="I31"/>
+      <c r="H31">
+        <v>3.97</v>
+      </c>
+      <c r="I31">
+        <v>1.03</v>
+      </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
         <v>127</v>
       </c>
       <c r="B32" t="s">
         <v>128</v>
       </c>
       <c r="C32" t="s">
-        <v>88</v>
-[...3 lines deleted...]
-      </c>
+        <v>129</v>
+      </c>
+      <c r="D32"/>
       <c r="E32">
-        <v>2100728</v>
+        <v>100214</v>
       </c>
       <c r="F32">
         <v>2022</v>
       </c>
       <c r="G32" t="s">
-        <v>129</v>
-[...6 lines deleted...]
-      </c>
+        <v>130</v>
+      </c>
+      <c r="H32"/>
+      <c r="I32"/>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B33" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C33" t="s">
-        <v>132</v>
-[...1 lines deleted...]
-      <c r="D33"/>
+        <v>92</v>
+      </c>
+      <c r="D33">
+        <v>16</v>
+      </c>
       <c r="E33">
-        <v>2109834</v>
+        <v>2100728</v>
       </c>
       <c r="F33">
         <v>2022</v>
       </c>
       <c r="G33" t="s">
         <v>133</v>
       </c>
       <c r="H33">
-        <v>19.92</v>
+        <v>10.95</v>
       </c>
       <c r="I33">
-        <v>5.0</v>
+        <v>3.17</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
         <v>134</v>
       </c>
       <c r="B34" t="s">
         <v>135</v>
       </c>
       <c r="C34" t="s">
         <v>136</v>
       </c>
-      <c r="D34">
-[...3 lines deleted...]
-        <v>137</v>
+      <c r="D34"/>
+      <c r="E34">
+        <v>2109834</v>
       </c>
       <c r="F34">
         <v>2022</v>
       </c>
       <c r="G34" t="s">
-        <v>138</v>
-[...1 lines deleted...]
-      <c r="H34"/>
+        <v>137</v>
+      </c>
+      <c r="H34">
+        <v>19.92</v>
+      </c>
       <c r="I34">
-        <v>0.21</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
+        <v>138</v>
+      </c>
+      <c r="B35" t="s">
         <v>139</v>
       </c>
-      <c r="B35" t="s">
+      <c r="C35" t="s">
         <v>140</v>
       </c>
-      <c r="C35" t="s">
-[...3 lines deleted...]
-      <c r="E35"/>
+      <c r="D35">
+        <v>2172</v>
+      </c>
+      <c r="E35" t="s">
+        <v>141</v>
+      </c>
       <c r="F35">
         <v>2022</v>
       </c>
       <c r="G35" t="s">
-        <v>141</v>
-[...3 lines deleted...]
-      </c>
+        <v>142</v>
+      </c>
+      <c r="H35"/>
       <c r="I35">
-        <v>2.27</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B36" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C36" t="s">
-        <v>136</v>
-[...6 lines deleted...]
-      </c>
+        <v>15</v>
+      </c>
+      <c r="D36"/>
+      <c r="E36"/>
       <c r="F36">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G36" t="s">
         <v>145</v>
       </c>
-      <c r="H36"/>
+      <c r="H36">
+        <v>7.08</v>
+      </c>
       <c r="I36">
-        <v>0.21</v>
+        <v>2.27</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>146</v>
       </c>
       <c r="B37" t="s">
         <v>147</v>
       </c>
       <c r="C37" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-      <c r="E37"/>
+        <v>140</v>
+      </c>
+      <c r="D37">
+        <v>2086</v>
+      </c>
+      <c r="E37" t="s">
+        <v>148</v>
+      </c>
       <c r="F37">
         <v>2021</v>
       </c>
       <c r="G37" t="s">
-        <v>148</v>
-[...3 lines deleted...]
-      </c>
+        <v>149</v>
+      </c>
+      <c r="H37"/>
       <c r="I37">
-        <v>3.76</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B38" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C38" t="s">
-        <v>136</v>
-[...6 lines deleted...]
-      </c>
+        <v>108</v>
+      </c>
+      <c r="D38"/>
+      <c r="E38"/>
       <c r="F38">
         <v>2021</v>
       </c>
       <c r="G38" t="s">
         <v>152</v>
       </c>
-      <c r="H38"/>
+      <c r="H38">
+        <v>12.26</v>
+      </c>
       <c r="I38">
-        <v>0.21</v>
+        <v>3.76</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
         <v>153</v>
       </c>
       <c r="B39" t="s">
-        <v>135</v>
+        <v>154</v>
       </c>
       <c r="C39" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="D39">
         <v>2015</v>
       </c>
       <c r="E39" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="F39">
         <v>2021</v>
       </c>
       <c r="G39" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="H39"/>
       <c r="I39">
         <v>0.21</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B40" t="s">
-        <v>157</v>
+        <v>139</v>
       </c>
       <c r="C40" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="D40"/>
+        <v>140</v>
+      </c>
+      <c r="D40">
+        <v>2015</v>
+      </c>
       <c r="E40" t="s">
         <v>158</v>
       </c>
       <c r="F40">
         <v>2021</v>
       </c>
       <c r="G40" t="s">
         <v>159</v>
       </c>
-      <c r="H40">
-[...1 lines deleted...]
-      </c>
+      <c r="H40"/>
       <c r="I40">
-        <v>2.56</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
         <v>160</v>
       </c>
       <c r="B41" t="s">
         <v>161</v>
       </c>
       <c r="C41" t="s">
-        <v>88</v>
+        <v>42</v>
       </c>
       <c r="D41"/>
-      <c r="E41">
-        <v>2100094</v>
+      <c r="E41" t="s">
+        <v>162</v>
       </c>
       <c r="F41">
         <v>2021</v>
       </c>
       <c r="G41" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="H41">
-        <v>10.95</v>
+        <v>6.48</v>
       </c>
       <c r="I41">
-        <v>3.17</v>
+        <v>2.56</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B42" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C42" t="s">
-        <v>165</v>
-[...3 lines deleted...]
-      </c>
+        <v>92</v>
+      </c>
+      <c r="D42"/>
       <c r="E42">
-        <v>1462</v>
+        <v>2100094</v>
       </c>
       <c r="F42">
         <v>2021</v>
       </c>
       <c r="G42" t="s">
         <v>166</v>
       </c>
       <c r="H42">
-        <v>7.25</v>
+        <v>10.95</v>
       </c>
       <c r="I42">
-        <v>1.98</v>
+        <v>3.17</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
         <v>167</v>
       </c>
       <c r="B43" t="s">
         <v>168</v>
       </c>
       <c r="C43" t="s">
-        <v>121</v>
+        <v>169</v>
       </c>
       <c r="D43">
-        <v>118</v>
+        <v>9</v>
       </c>
       <c r="E43">
-        <v>201101</v>
+        <v>1462</v>
       </c>
       <c r="F43">
         <v>2021</v>
       </c>
       <c r="G43" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="H43">
-        <v>3.97</v>
+        <v>7.25</v>
       </c>
       <c r="I43">
-        <v>1.03</v>
+        <v>1.98</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="B44" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C44" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-      <c r="E44"/>
+        <v>125</v>
+      </c>
+      <c r="D44">
+        <v>118</v>
+      </c>
+      <c r="E44">
+        <v>201101</v>
+      </c>
       <c r="F44">
         <v>2021</v>
       </c>
       <c r="G44" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H44">
-        <v>4.13</v>
+        <v>3.97</v>
       </c>
       <c r="I44">
-        <v>1.48</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B45" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C45" t="s">
-        <v>175</v>
+        <v>60</v>
       </c>
       <c r="D45"/>
       <c r="E45"/>
       <c r="F45">
         <v>2021</v>
       </c>
       <c r="G45" t="s">
         <v>176</v>
       </c>
       <c r="H45">
-        <v>10.51</v>
+        <v>4.13</v>
       </c>
       <c r="I45">
-        <v>2.93</v>
+        <v>1.48</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
         <v>177</v>
       </c>
       <c r="B46" t="s">
         <v>178</v>
       </c>
       <c r="C46" t="s">
-        <v>121</v>
-[...4 lines deleted...]
-      <c r="E46" t="s">
         <v>179</v>
       </c>
+      <c r="D46"/>
+      <c r="E46"/>
       <c r="F46">
         <v>2021</v>
       </c>
       <c r="G46" t="s">
         <v>180</v>
       </c>
       <c r="H46">
-        <v>3.97</v>
+        <v>10.51</v>
       </c>
       <c r="I46">
-        <v>1.03</v>
+        <v>2.93</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
         <v>181</v>
       </c>
       <c r="B47" t="s">
         <v>182</v>
       </c>
       <c r="C47" t="s">
+        <v>125</v>
+      </c>
+      <c r="D47">
+        <v>118</v>
+      </c>
+      <c r="E47" t="s">
         <v>183</v>
-      </c>
-[...4 lines deleted...]
-        <v>412</v>
       </c>
       <c r="F47">
         <v>2021</v>
       </c>
       <c r="G47" t="s">
         <v>184</v>
       </c>
       <c r="H47">
-        <v>5.72</v>
+        <v>3.97</v>
       </c>
       <c r="I47">
-        <v>0.84</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
         <v>185</v>
       </c>
       <c r="B48" t="s">
         <v>186</v>
       </c>
       <c r="C48" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="D48"/>
+        <v>187</v>
+      </c>
+      <c r="D48">
+        <v>11</v>
+      </c>
       <c r="E48">
-        <v>2001715</v>
+        <v>412</v>
       </c>
       <c r="F48">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G48" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="H48">
-        <v>9.93</v>
+        <v>5.72</v>
       </c>
       <c r="I48">
-        <v>2.89</v>
+        <v>0.84</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B49" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C49" t="s">
-        <v>190</v>
-[...5 lines deleted...]
-        <v>191</v>
+        <v>20</v>
+      </c>
+      <c r="D49"/>
+      <c r="E49">
+        <v>2001715</v>
       </c>
       <c r="F49">
         <v>2020</v>
       </c>
       <c r="G49" t="s">
-        <v>192</v>
-[...1 lines deleted...]
-      <c r="H49"/>
+        <v>191</v>
+      </c>
+      <c r="H49">
+        <v>9.93</v>
+      </c>
       <c r="I49">
-        <v>0.19</v>
+        <v>2.89</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
+        <v>192</v>
+      </c>
+      <c r="B50" t="s">
         <v>193</v>
       </c>
-      <c r="B50" t="s">
+      <c r="C50" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
       <c r="D50">
         <v>2300</v>
       </c>
       <c r="E50" t="s">
         <v>195</v>
       </c>
       <c r="F50">
         <v>2020</v>
       </c>
       <c r="G50" t="s">
         <v>196</v>
       </c>
       <c r="H50"/>
       <c r="I50">
         <v>0.19</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
         <v>197</v>
       </c>
       <c r="B51" t="s">
         <v>198</v>
       </c>
       <c r="C51" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="D51">
         <v>2300</v>
       </c>
       <c r="E51" t="s">
         <v>199</v>
       </c>
       <c r="F51">
         <v>2020</v>
       </c>
       <c r="G51" t="s">
         <v>200</v>
       </c>
       <c r="H51"/>
       <c r="I51">
         <v>0.19</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
         <v>201</v>
       </c>
       <c r="B52" t="s">
         <v>202</v>
       </c>
       <c r="C52" t="s">
-        <v>88</v>
-[...3 lines deleted...]
-        <v>2000338</v>
+        <v>194</v>
+      </c>
+      <c r="D52">
+        <v>2300</v>
+      </c>
+      <c r="E52" t="s">
+        <v>203</v>
       </c>
       <c r="F52">
         <v>2020</v>
       </c>
       <c r="G52" t="s">
-        <v>203</v>
-[...3 lines deleted...]
-      </c>
+        <v>204</v>
+      </c>
+      <c r="H52"/>
       <c r="I52">
-        <v>3.78</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B53" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C53" t="s">
         <v>92</v>
       </c>
       <c r="D53"/>
-      <c r="E53"/>
+      <c r="E53">
+        <v>2000338</v>
+      </c>
       <c r="F53">
         <v>2020</v>
       </c>
       <c r="G53" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="H53">
-        <v>15.88</v>
+        <v>13.14</v>
       </c>
       <c r="I53">
-        <v>5.55</v>
+        <v>3.78</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B54" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C54" t="s">
-        <v>183</v>
-[...6 lines deleted...]
-      </c>
+        <v>96</v>
+      </c>
+      <c r="D54"/>
+      <c r="E54"/>
       <c r="F54">
         <v>2020</v>
       </c>
       <c r="G54" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="H54">
-        <v>5.08</v>
+        <v>15.88</v>
       </c>
       <c r="I54">
-        <v>0.92</v>
+        <v>5.55</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="B55" t="s">
-        <v>202</v>
+        <v>212</v>
       </c>
       <c r="C55" t="s">
-        <v>211</v>
-[...2 lines deleted...]
-      <c r="E55"/>
+        <v>187</v>
+      </c>
+      <c r="D55">
+        <v>10</v>
+      </c>
+      <c r="E55">
+        <v>1937</v>
+      </c>
       <c r="F55">
         <v>2020</v>
       </c>
       <c r="G55" t="s">
-        <v>212</v>
-[...2 lines deleted...]
-      <c r="I55"/>
+        <v>213</v>
+      </c>
+      <c r="H55">
+        <v>5.08</v>
+      </c>
+      <c r="I55">
+        <v>0.92</v>
+      </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B56" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="C56" t="s">
         <v>215</v>
       </c>
       <c r="D56"/>
-      <c r="E56">
-[...1 lines deleted...]
-      </c>
+      <c r="E56"/>
       <c r="F56">
         <v>2020</v>
       </c>
       <c r="G56" t="s">
         <v>216</v>
       </c>
-      <c r="H56">
-[...4 lines deleted...]
-      </c>
+      <c r="H56"/>
+      <c r="I56"/>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
         <v>217</v>
       </c>
       <c r="B57" t="s">
         <v>218</v>
       </c>
       <c r="C57" t="s">
-        <v>92</v>
-[...4 lines deleted...]
-      <c r="E57" t="s">
         <v>219</v>
+      </c>
+      <c r="D57"/>
+      <c r="E57">
+        <v>20200207</v>
       </c>
       <c r="F57">
         <v>2020</v>
       </c>
       <c r="G57" t="s">
         <v>220</v>
       </c>
       <c r="H57">
-        <v>15.88</v>
+        <v>8.45</v>
       </c>
       <c r="I57">
-        <v>5.55</v>
+        <v>2.72</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
         <v>221</v>
       </c>
       <c r="B58" t="s">
         <v>222</v>
       </c>
       <c r="C58" t="s">
-        <v>136</v>
+        <v>96</v>
       </c>
       <c r="D58">
-        <v>1461</v>
+        <v>14</v>
       </c>
       <c r="E58" t="s">
         <v>223</v>
       </c>
       <c r="F58">
         <v>2020</v>
       </c>
       <c r="G58" t="s">
         <v>224</v>
       </c>
-      <c r="H58"/>
+      <c r="H58">
+        <v>15.88</v>
+      </c>
       <c r="I58">
-        <v>0.23</v>
+        <v>5.55</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
         <v>225</v>
       </c>
       <c r="B59" t="s">
         <v>226</v>
       </c>
       <c r="C59" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="D59">
         <v>1461</v>
       </c>
       <c r="E59" t="s">
         <v>227</v>
       </c>
       <c r="F59">
         <v>2020</v>
       </c>
       <c r="G59" t="s">
         <v>228</v>
       </c>
       <c r="H59"/>
       <c r="I59">
         <v>0.23</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
         <v>229</v>
       </c>
       <c r="B60" t="s">
         <v>230</v>
       </c>
       <c r="C60" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="D60">
         <v>1461</v>
       </c>
       <c r="E60" t="s">
         <v>231</v>
       </c>
       <c r="F60">
         <v>2020</v>
       </c>
       <c r="G60" t="s">
         <v>232</v>
       </c>
       <c r="H60"/>
       <c r="I60">
         <v>0.23</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
         <v>233</v>
       </c>
       <c r="B61" t="s">
         <v>234</v>
       </c>
       <c r="C61" t="s">
-        <v>215</v>
+        <v>140</v>
       </c>
       <c r="D61">
-        <v>9</v>
+        <v>1461</v>
       </c>
       <c r="E61" t="s">
         <v>235</v>
       </c>
       <c r="F61">
         <v>2020</v>
       </c>
       <c r="G61" t="s">
         <v>236</v>
       </c>
-      <c r="H61">
-[...1 lines deleted...]
-      </c>
+      <c r="H61"/>
       <c r="I61">
-        <v>2.72</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
         <v>237</v>
       </c>
       <c r="B62" t="s">
         <v>238</v>
       </c>
       <c r="C62" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="D62">
         <v>9</v>
       </c>
       <c r="E62" t="s">
         <v>239</v>
       </c>
       <c r="F62">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G62" t="s">
         <v>240</v>
       </c>
       <c r="H62">
-        <v>7.49</v>
+        <v>8.45</v>
       </c>
       <c r="I62">
-        <v>2.62</v>
+        <v>2.72</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
         <v>241</v>
       </c>
       <c r="B63" t="s">
         <v>242</v>
       </c>
       <c r="C63" t="s">
+        <v>219</v>
+      </c>
+      <c r="D63">
+        <v>9</v>
+      </c>
+      <c r="E63" t="s">
         <v>243</v>
-      </c>
-[...4 lines deleted...]
-        <v>116985</v>
       </c>
       <c r="F63">
         <v>2019</v>
       </c>
       <c r="G63" t="s">
         <v>244</v>
       </c>
       <c r="H63">
-        <v>3.28</v>
+        <v>7.49</v>
       </c>
       <c r="I63">
-        <v>0.63</v>
+        <v>2.62</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
         <v>245</v>
       </c>
       <c r="B64" t="s">
         <v>246</v>
       </c>
       <c r="C64" t="s">
-        <v>136</v>
+        <v>247</v>
       </c>
       <c r="D64">
-        <v>1410</v>
-[...2 lines deleted...]
-        <v>247</v>
+        <v>220</v>
+      </c>
+      <c r="E64">
+        <v>116985</v>
       </c>
       <c r="F64">
         <v>2019</v>
       </c>
       <c r="G64" t="s">
         <v>248</v>
       </c>
-      <c r="H64"/>
+      <c r="H64">
+        <v>3.28</v>
+      </c>
       <c r="I64">
-        <v>0.22</v>
+        <v>0.63</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
         <v>249</v>
       </c>
       <c r="B65" t="s">
         <v>250</v>
       </c>
       <c r="C65" t="s">
+        <v>140</v>
+      </c>
+      <c r="D65">
+        <v>1410</v>
+      </c>
+      <c r="E65" t="s">
         <v>251</v>
-      </c>
-[...4 lines deleted...]
-        <v>252</v>
       </c>
       <c r="F65">
         <v>2019</v>
       </c>
       <c r="G65" t="s">
-        <v>253</v>
-[...3 lines deleted...]
-      </c>
+        <v>252</v>
+      </c>
+      <c r="H65"/>
       <c r="I65">
-        <v>1.14</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
+        <v>253</v>
+      </c>
+      <c r="B66" t="s">
         <v>254</v>
       </c>
-      <c r="B66" t="s">
+      <c r="C66" t="s">
         <v>255</v>
       </c>
-      <c r="C66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D66">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>4140</v>
+        <v>21</v>
+      </c>
+      <c r="E66" t="s">
+        <v>256</v>
       </c>
       <c r="F66">
         <v>2019</v>
       </c>
       <c r="G66" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="H66">
-        <v>14.59</v>
+        <v>3.43</v>
       </c>
       <c r="I66">
-        <v>6.13</v>
+        <v>1.14</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="B67" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="C67" t="s">
-        <v>52</v>
+        <v>96</v>
       </c>
       <c r="D67">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>259</v>
+        <v>13</v>
+      </c>
+      <c r="E67">
+        <v>4140</v>
       </c>
       <c r="F67">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G67" t="s">
         <v>260</v>
       </c>
       <c r="H67">
-        <v>8.1</v>
+        <v>14.59</v>
       </c>
       <c r="I67">
-        <v>2.78</v>
+        <v>6.13</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
         <v>261</v>
       </c>
       <c r="B68" t="s">
         <v>262</v>
       </c>
       <c r="C68" t="s">
-        <v>136</v>
-[...1 lines deleted...]
-      <c r="D68" t="s">
+        <v>56</v>
+      </c>
+      <c r="D68">
+        <v>11</v>
+      </c>
+      <c r="E68" t="s">
         <v>263</v>
-      </c>
-[...1 lines deleted...]
-        <v>12122</v>
       </c>
       <c r="F68">
         <v>2018</v>
       </c>
       <c r="G68" t="s">
         <v>264</v>
       </c>
-      <c r="H68"/>
+      <c r="H68">
+        <v>8.1</v>
+      </c>
       <c r="I68">
-        <v>0.24</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
         <v>265</v>
       </c>
       <c r="B69" t="s">
         <v>266</v>
       </c>
       <c r="C69" t="s">
-        <v>104</v>
-[...4 lines deleted...]
-      <c r="E69" t="s">
+        <v>140</v>
+      </c>
+      <c r="D69" t="s">
         <v>267</v>
+      </c>
+      <c r="E69">
+        <v>12122</v>
       </c>
       <c r="F69">
         <v>2018</v>
       </c>
       <c r="G69" t="s">
         <v>268</v>
       </c>
-      <c r="H69">
-[...1 lines deleted...]
-      </c>
+      <c r="H69"/>
       <c r="I69">
-        <v>6.21</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
         <v>269</v>
       </c>
       <c r="B70" t="s">
         <v>270</v>
       </c>
       <c r="C70" t="s">
-        <v>16</v>
+        <v>108</v>
       </c>
       <c r="D70">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>1800784</v>
+        <v>18</v>
+      </c>
+      <c r="E70" t="s">
+        <v>271</v>
       </c>
       <c r="F70">
         <v>2018</v>
       </c>
       <c r="G70" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="H70">
-        <v>7.13</v>
+        <v>12.28</v>
       </c>
       <c r="I70">
-        <v>2.71</v>
+        <v>6.21</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="B71" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="C71" t="s">
-        <v>274</v>
-[...2 lines deleted...]
-      <c r="E71"/>
+        <v>20</v>
+      </c>
+      <c r="D71">
+        <v>7</v>
+      </c>
+      <c r="E71">
+        <v>1800784</v>
+      </c>
       <c r="F71">
         <v>2018</v>
       </c>
-      <c r="G71"/>
-[...1 lines deleted...]
-      <c r="I71"/>
+      <c r="G71" t="s">
+        <v>275</v>
+      </c>
+      <c r="H71">
+        <v>7.13</v>
+      </c>
+      <c r="I71">
+        <v>2.71</v>
+      </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="B72" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="C72" t="s">
-        <v>277</v>
-[...4 lines deleted...]
-      <c r="E72" t="s">
         <v>278</v>
       </c>
+      <c r="D72"/>
+      <c r="E72"/>
       <c r="F72">
         <v>2018</v>
       </c>
-      <c r="G72" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G72"/>
+      <c r="H72"/>
+      <c r="I72"/>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
+        <v>279</v>
+      </c>
+      <c r="B73" t="s">
         <v>280</v>
       </c>
-      <c r="B73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C73" t="s">
-        <v>243</v>
+        <v>281</v>
       </c>
       <c r="D73">
-        <v>192</v>
+        <v>47</v>
       </c>
       <c r="E73" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="F73">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G73" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="H73">
-        <v>2.73</v>
+        <v>4.05</v>
       </c>
       <c r="I73">
-        <v>0.69</v>
+        <v>1.12</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="B74" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="C74" t="s">
-        <v>277</v>
+        <v>247</v>
       </c>
       <c r="D74">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>10408</v>
+        <v>192</v>
+      </c>
+      <c r="E74" t="s">
+        <v>285</v>
       </c>
       <c r="F74">
         <v>2017</v>
       </c>
       <c r="G74" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="H74">
-        <v>4.1</v>
+        <v>2.73</v>
       </c>
       <c r="I74">
-        <v>1.31</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="B75" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="C75" t="s">
-        <v>286</v>
+        <v>281</v>
       </c>
       <c r="D75">
-        <v>187</v>
-[...2 lines deleted...]
-        <v>287</v>
+        <v>46</v>
+      </c>
+      <c r="E75">
+        <v>10408</v>
       </c>
       <c r="F75">
         <v>2017</v>
       </c>
       <c r="G75" t="s">
         <v>288</v>
       </c>
       <c r="H75">
-        <v>2.21</v>
+        <v>4.1</v>
       </c>
       <c r="I75">
-        <v>0.62</v>
+        <v>1.31</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
         <v>289</v>
       </c>
       <c r="B76" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="C76" t="s">
         <v>290</v>
       </c>
       <c r="D76">
-        <v>455</v>
+        <v>187</v>
       </c>
       <c r="E76" t="s">
         <v>291</v>
       </c>
       <c r="F76">
         <v>2017</v>
       </c>
       <c r="G76" t="s">
         <v>292</v>
       </c>
       <c r="H76">
-        <v>2.26</v>
+        <v>2.21</v>
       </c>
       <c r="I76">
-        <v>0.49</v>
+        <v>0.62</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
         <v>293</v>
       </c>
       <c r="B77" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="C77" t="s">
         <v>294</v>
       </c>
       <c r="D77">
-        <v>85</v>
+        <v>455</v>
       </c>
       <c r="E77" t="s">
         <v>295</v>
       </c>
       <c r="F77">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G77" t="s">
         <v>296</v>
       </c>
       <c r="H77">
-        <v>4.06</v>
+        <v>2.26</v>
       </c>
       <c r="I77">
-        <v>0.92</v>
+        <v>0.49</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
         <v>297</v>
       </c>
       <c r="B78" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="C78" t="s">
         <v>298</v>
       </c>
       <c r="D78">
-        <v>163</v>
+        <v>85</v>
       </c>
       <c r="E78" t="s">
         <v>299</v>
       </c>
       <c r="F78">
         <v>2016</v>
       </c>
       <c r="G78" t="s">
         <v>300</v>
       </c>
-      <c r="H78"/>
-      <c r="I78"/>
+      <c r="H78">
+        <v>4.06</v>
+      </c>
+      <c r="I78">
+        <v>0.92</v>
+      </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
         <v>301</v>
       </c>
       <c r="B79" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="C79" t="s">
         <v>302</v>
       </c>
       <c r="D79">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>60</v>
+        <v>163</v>
+      </c>
+      <c r="E79" t="s">
+        <v>303</v>
       </c>
       <c r="F79">
         <v>2016</v>
       </c>
       <c r="G79" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="H79"/>
       <c r="I79"/>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="B80" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="C80" t="s">
-        <v>277</v>
+        <v>306</v>
       </c>
       <c r="D80">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>305</v>
+        <v>4</v>
+      </c>
+      <c r="E80">
+        <v>60</v>
       </c>
       <c r="F80">
         <v>2016</v>
       </c>
       <c r="G80" t="s">
-        <v>306</v>
-[...6 lines deleted...]
-      </c>
+        <v>307</v>
+      </c>
+      <c r="H80"/>
+      <c r="I80"/>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="B81" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="C81" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="D81">
         <v>45</v>
       </c>
       <c r="E81" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="F81">
         <v>2016</v>
       </c>
       <c r="G81" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="H81">
         <v>4.03</v>
       </c>
       <c r="I81">
         <v>1.23</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="B82" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="C82" t="s">
-        <v>311</v>
+        <v>281</v>
       </c>
       <c r="D82">
-        <v>203</v>
+        <v>45</v>
       </c>
       <c r="E82" t="s">
         <v>312</v>
       </c>
       <c r="F82">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G82" t="s">
         <v>313</v>
       </c>
       <c r="H82">
-        <v>2.3</v>
+        <v>4.03</v>
       </c>
       <c r="I82">
-        <v>0.62</v>
+        <v>1.23</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
         <v>314</v>
       </c>
       <c r="B83" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="C83" t="s">
         <v>315</v>
       </c>
       <c r="D83">
-        <v>2015</v>
+        <v>203</v>
       </c>
       <c r="E83" t="s">
         <v>316</v>
       </c>
       <c r="F83">
         <v>2015</v>
       </c>
       <c r="G83" t="s">
         <v>317</v>
       </c>
       <c r="H83">
-        <v>2.69</v>
+        <v>2.3</v>
       </c>
       <c r="I83">
-        <v>0.98</v>
+        <v>0.62</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
         <v>318</v>
       </c>
       <c r="B84" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="C84" t="s">
         <v>319</v>
       </c>
       <c r="D84">
-        <v>777</v>
+        <v>2015</v>
       </c>
       <c r="E84" t="s">
         <v>320</v>
       </c>
       <c r="F84">
         <v>2015</v>
       </c>
       <c r="G84" t="s">
         <v>321</v>
       </c>
       <c r="H84">
-        <v>2.34</v>
+        <v>2.69</v>
       </c>
       <c r="I84">
-        <v>0.7</v>
+        <v>0.98</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
         <v>322</v>
       </c>
       <c r="B85" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="C85" t="s">
-        <v>277</v>
+        <v>323</v>
       </c>
       <c r="D85">
-        <v>44</v>
+        <v>777</v>
       </c>
       <c r="E85" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="F85">
         <v>2015</v>
       </c>
       <c r="G85" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="H85">
-        <v>4.18</v>
+        <v>2.34</v>
       </c>
       <c r="I85">
-        <v>1.3</v>
+        <v>0.7</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="B86" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="C86" t="s">
-        <v>251</v>
+        <v>281</v>
       </c>
       <c r="D86">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="E86" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="F86">
         <v>2015</v>
       </c>
       <c r="G86" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="H86">
-        <v>4.45</v>
+        <v>4.18</v>
       </c>
       <c r="I86">
-        <v>1.73</v>
+        <v>1.3</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="B87" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="C87" t="s">
-        <v>329</v>
+        <v>255</v>
       </c>
       <c r="D87">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="E87" t="s">
         <v>330</v>
       </c>
       <c r="F87">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G87" t="s">
         <v>331</v>
       </c>
       <c r="H87">
-        <v>1.26</v>
+        <v>4.45</v>
       </c>
       <c r="I87">
-        <v>0.53</v>
+        <v>1.73</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
         <v>332</v>
       </c>
       <c r="B88" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="C88" t="s">
         <v>333</v>
       </c>
       <c r="D88">
-        <v>2</v>
+        <v>32</v>
       </c>
       <c r="E88" t="s">
         <v>334</v>
       </c>
       <c r="F88">
         <v>2014</v>
       </c>
       <c r="G88" t="s">
         <v>335</v>
       </c>
       <c r="H88">
-        <v>4.7</v>
+        <v>1.26</v>
       </c>
       <c r="I88">
-        <v>1.52</v>
+        <v>0.53</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
         <v>336</v>
       </c>
       <c r="B89" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="C89" t="s">
         <v>337</v>
       </c>
       <c r="D89">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E89" t="s">
         <v>338</v>
       </c>
       <c r="F89">
         <v>2014</v>
       </c>
       <c r="G89" t="s">
         <v>339</v>
       </c>
       <c r="H89">
-        <v>3.84</v>
+        <v>4.7</v>
       </c>
       <c r="I89">
-        <v>1.11</v>
+        <v>1.52</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" t="s">
         <v>340</v>
       </c>
       <c r="B90" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="C90" t="s">
         <v>341</v>
       </c>
       <c r="D90">
-        <v>50</v>
+        <v>4</v>
       </c>
       <c r="E90" t="s">
         <v>342</v>
       </c>
       <c r="F90">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G90" t="s">
         <v>343</v>
       </c>
       <c r="H90">
-        <v>2.05</v>
+        <v>3.84</v>
       </c>
       <c r="I90">
-        <v>0.55</v>
+        <v>1.11</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" t="s">
         <v>344</v>
       </c>
       <c r="B91" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="C91" t="s">
-        <v>277</v>
+        <v>345</v>
       </c>
       <c r="D91">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>15699</v>
+        <v>50</v>
+      </c>
+      <c r="E91" t="s">
+        <v>346</v>
       </c>
       <c r="F91">
         <v>2013</v>
       </c>
       <c r="G91" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="H91">
-        <v>4.1</v>
+        <v>2.05</v>
       </c>
       <c r="I91">
-        <v>1.44</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="B92" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="C92" t="s">
-        <v>311</v>
+        <v>281</v>
       </c>
       <c r="D92">
-        <v>164</v>
-[...2 lines deleted...]
-        <v>347</v>
+        <v>42</v>
+      </c>
+      <c r="E92">
+        <v>15699</v>
       </c>
       <c r="F92">
         <v>2013</v>
       </c>
       <c r="G92" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="H92">
-        <v>2.22</v>
+        <v>4.1</v>
       </c>
       <c r="I92">
-        <v>0.72</v>
+        <v>1.44</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="B93" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="C93" t="s">
-        <v>337</v>
+        <v>315</v>
       </c>
       <c r="D93">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>24484</v>
+        <v>164</v>
+      </c>
+      <c r="E93" t="s">
+        <v>351</v>
       </c>
       <c r="F93">
         <v>2013</v>
       </c>
       <c r="G93" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="H93">
-        <v>3.71</v>
+        <v>2.22</v>
       </c>
       <c r="I93">
-        <v>1.12</v>
+        <v>0.72</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="B94" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="C94" t="s">
-        <v>352</v>
+        <v>341</v>
       </c>
       <c r="D94">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>353</v>
+        <v>3</v>
+      </c>
+      <c r="E94">
+        <v>24484</v>
       </c>
       <c r="F94">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="G94" t="s">
         <v>354</v>
       </c>
       <c r="H94">
-        <v>3.84</v>
+        <v>3.71</v>
       </c>
       <c r="I94">
-        <v>1.96</v>
+        <v>1.12</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" t="s">
         <v>355</v>
       </c>
       <c r="B95" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="C95" t="s">
         <v>356</v>
       </c>
       <c r="D95">
-        <v>46</v>
+        <v>13</v>
       </c>
       <c r="E95" t="s">
         <v>357</v>
       </c>
       <c r="F95">
         <v>2012</v>
       </c>
       <c r="G95" t="s">
         <v>358</v>
       </c>
       <c r="H95">
-        <v>0.64</v>
+        <v>3.84</v>
       </c>
       <c r="I95">
-        <v>0.3</v>
+        <v>1.96</v>
       </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" t="s">
         <v>359</v>
       </c>
       <c r="B96" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="C96" t="s">
-        <v>277</v>
+        <v>360</v>
       </c>
       <c r="D96">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>7713</v>
+        <v>46</v>
+      </c>
+      <c r="E96" t="s">
+        <v>361</v>
       </c>
       <c r="F96">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="G96" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="H96">
-        <v>3.84</v>
+        <v>0.64</v>
       </c>
       <c r="I96">
-        <v>1.16</v>
+        <v>0.3</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="B97" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="C97" t="s">
-        <v>362</v>
+        <v>281</v>
       </c>
       <c r="D97">
-        <v>21</v>
+        <v>40</v>
       </c>
       <c r="E97">
-        <v>16611</v>
+        <v>7713</v>
       </c>
       <c r="F97">
         <v>2011</v>
       </c>
       <c r="G97" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="H97">
+        <v>3.84</v>
+      </c>
+      <c r="I97">
+        <v>1.16</v>
+      </c>
+    </row>
+    <row r="98" spans="1:9">
+      <c r="A98" t="s">
+        <v>365</v>
+      </c>
+      <c r="B98" t="s">
+        <v>280</v>
+      </c>
+      <c r="C98" t="s">
+        <v>366</v>
+      </c>
+      <c r="D98">
+        <v>21</v>
+      </c>
+      <c r="E98">
+        <v>16611</v>
+      </c>
+      <c r="F98">
+        <v>2011</v>
+      </c>
+      <c r="G98" t="s">
+        <v>367</v>
+      </c>
+      <c r="H98">
         <v>5.97</v>
       </c>
-      <c r="I97">
+      <c r="I98">
         <v>2.61</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>