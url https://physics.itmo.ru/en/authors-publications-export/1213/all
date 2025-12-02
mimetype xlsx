--- v1 (2025-11-12)
+++ v2 (2025-12-02)
@@ -938,68 +938,68 @@
   <si>
     <t>10.1070/RCR4665</t>
   </si>
   <si>
     <t>Features of spectral properties of Sm3+ complexes with dithia- and diselenophosphinate ligands</t>
   </si>
   <si>
     <t>Spectrochimica Acta - Part A: Molecular and Biomolecular Spectroscopy</t>
   </si>
   <si>
     <t>134-139</t>
   </si>
   <si>
     <t>10.1016/j.saa.2016.03.026</t>
   </si>
   <si>
     <t>Synthesis and luminescence of some rare earth metal complexes</t>
   </si>
   <si>
     <t>Organic Photonics and Photovoltaics</t>
   </si>
   <si>
     <t>10.1515/oph-2016-0007</t>
   </si>
   <si>
+    <t>Synthesis, structure and luminescent properties of lanthanide fluoroalkoxides</t>
+  </si>
+  <si>
+    <t>3464-3472</t>
+  </si>
+  <si>
+    <t>10.1039/C5DT04636J</t>
+  </si>
+  <si>
     <t>Ln3I5(S2N2)(S2)(THF)10 – a new type of molecular compounds</t>
   </si>
   <si>
     <t>4558-4562</t>
   </si>
   <si>
     <t>10.1039/C5DT04742K</t>
   </si>
   <si>
-    <t>Synthesis, structure and luminescent properties of lanthanide fluoroalkoxides</t>
-[...7 lines deleted...]
-  <si>
     <t>Synthesis and luminescent properties of heteroleptic benzothiazolyl-naphtholates of ytterbium</t>
   </si>
   <si>
     <t>Synthetic Metals</t>
   </si>
   <si>
     <t>117-121</t>
   </si>
   <si>
     <t>10.1016/j.synthmet.2015.02.030</t>
   </si>
   <si>
     <t>Syntheses, Structures Photophysical Properties of Eu and Lu Diketonates with a Neutral Polydentate Imidazolylmethanamine Ligand</t>
   </si>
   <si>
     <t>European Journal of Inorganic Chemistry</t>
   </si>
   <si>
     <t>1734-1743</t>
   </si>
   <si>
     <t>10.1002/ejic.201403186</t>
   </si>
   <si>
     <t>Heteroleptic 3-(2-benzothiazol-2-yl)-2-naphtholates of rare earth metals: Features of synthesis and structure</t>
@@ -1058,69 +1058,69 @@
   <si>
     <t>Substituted naphtholates of rare earth metals as emissive materials</t>
   </si>
   <si>
     <t>RSC Advances</t>
   </si>
   <si>
     <t>35505-35510</t>
   </si>
   <si>
     <t>10.1039/C4RA03915G</t>
   </si>
   <si>
     <t>Lanthanide phenolates with heterocyclic substituents. Synthesis, structure and luminescent properties</t>
   </si>
   <si>
     <t>Polyhedron</t>
   </si>
   <si>
     <t>112-120</t>
   </si>
   <si>
     <t>10.1016/j.poly.2012.10.007</t>
   </si>
   <si>
+    <t>Synthesis and luminescent properties of 3-(2-benzoxazol-2-yl)- and 3-(2-benzothiazol-2-yl)-2-naphtholates of some non-transition and rare earth metals</t>
+  </si>
+  <si>
+    <t>55-59</t>
+  </si>
+  <si>
+    <t>10.1016/j.synthmet.2012.12.034</t>
+  </si>
+  <si>
+    <t>Lithium, zinc and scandium complexes of phosphorylated salicylaldimines: Synthesis, structure, thermochemical and photophysical properties application in OLEDs</t>
+  </si>
+  <si>
+    <t>10.1039/C3RA43885F</t>
+  </si>
+  <si>
     <t>8-Quinolinolate complexes of yttrium and ytterbium: Molecular arrangement and fragmentation under laser impact</t>
   </si>
   <si>
     <t>10.1039/C3DT51706C</t>
-  </si>
-[...13 lines deleted...]
-    <t>10.1039/C3RA43885F</t>
   </si>
   <si>
     <t>Synthesis and luminescence properties of lithium, zinc and scandium 1-(2-pyridyl)naphtholates</t>
   </si>
   <si>
     <t>Organic Electronics</t>
   </si>
   <si>
     <t>3203-3210</t>
   </si>
   <si>
     <t>10.1016/j.orgel.2012.09.021</t>
   </si>
   <si>
     <t>Synthesis, quantum chemical calculations luminescent properties of scandium, europium, gadolinium terbium 1-(2-Pyridyl)naphtholate complexes</t>
   </si>
   <si>
     <t>High Energy Chemistry</t>
   </si>
   <si>
     <t>323-330</t>
   </si>
   <si>
     <t>10.1134/S0018143912050062</t>
   </si>
@@ -3961,127 +3961,127 @@
       </c>
       <c r="E91" t="s">
         <v>346</v>
       </c>
       <c r="F91">
         <v>2013</v>
       </c>
       <c r="G91" t="s">
         <v>347</v>
       </c>
       <c r="H91">
         <v>2.05</v>
       </c>
       <c r="I91">
         <v>0.55</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" t="s">
         <v>348</v>
       </c>
       <c r="B92" t="s">
         <v>280</v>
       </c>
       <c r="C92" t="s">
-        <v>281</v>
+        <v>315</v>
       </c>
       <c r="D92">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>15699</v>
+        <v>164</v>
+      </c>
+      <c r="E92" t="s">
+        <v>349</v>
       </c>
       <c r="F92">
         <v>2013</v>
       </c>
       <c r="G92" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="H92">
-        <v>4.1</v>
+        <v>2.22</v>
       </c>
       <c r="I92">
-        <v>1.44</v>
+        <v>0.72</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="B93" t="s">
         <v>280</v>
       </c>
       <c r="C93" t="s">
-        <v>315</v>
+        <v>341</v>
       </c>
       <c r="D93">
-        <v>164</v>
-[...2 lines deleted...]
-        <v>351</v>
+        <v>3</v>
+      </c>
+      <c r="E93">
+        <v>24484</v>
       </c>
       <c r="F93">
         <v>2013</v>
       </c>
       <c r="G93" t="s">
         <v>352</v>
       </c>
       <c r="H93">
-        <v>2.22</v>
+        <v>3.71</v>
       </c>
       <c r="I93">
-        <v>0.72</v>
+        <v>1.12</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" t="s">
         <v>353</v>
       </c>
       <c r="B94" t="s">
         <v>280</v>
       </c>
       <c r="C94" t="s">
-        <v>341</v>
+        <v>281</v>
       </c>
       <c r="D94">
-        <v>3</v>
+        <v>42</v>
       </c>
       <c r="E94">
-        <v>24484</v>
+        <v>15699</v>
       </c>
       <c r="F94">
         <v>2013</v>
       </c>
       <c r="G94" t="s">
         <v>354</v>
       </c>
       <c r="H94">
-        <v>3.71</v>
+        <v>4.1</v>
       </c>
       <c r="I94">
-        <v>1.12</v>
+        <v>1.44</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" t="s">
         <v>355</v>
       </c>
       <c r="B95" t="s">
         <v>280</v>
       </c>
       <c r="C95" t="s">
         <v>356</v>
       </c>
       <c r="D95">
         <v>13</v>
       </c>
       <c r="E95" t="s">
         <v>357</v>
       </c>
       <c r="F95">
         <v>2012</v>
       </c>
       <c r="G95" t="s">
         <v>358</v>
       </c>
       <c r="H95">