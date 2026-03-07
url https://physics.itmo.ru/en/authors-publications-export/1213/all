--- v2 (2025-12-02)
+++ v3 (2026-03-07)
@@ -473,71 +473,71 @@
   <si>
     <t>10.1021/acsphotonics.1c01347</t>
   </si>
   <si>
     <t>Encapsulation of Recrystallized Inorganic Perovskite Quantum Dots in Nonwoven Fluoropolymer Fibers</t>
   </si>
   <si>
     <t>Maria Baeva, V Neplokh, Daria Markina, A M Pavlov, D A Kirilenko, I S Mukhin, Anatoly Pushkarev, Sergey Makarov, A A Serdobintsev</t>
   </si>
   <si>
     <t>012131</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2086/1/012131</t>
   </si>
   <si>
     <t>Directional Lasing from Nanopatterned Halide Perovskite Nanowire</t>
   </si>
   <si>
     <t>Alexey Yu. Zhizhchenko, Artem Cherepakhin, Mikhail Masharin, Anatoly Pushkarev, Sergei A. Kulinich, Aleksandr A. Kuchmizhak, Sergey Makarov</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.1c03656</t>
   </si>
   <si>
+    <t>Theoretical study of perovskite nanowires optical response to hydrogen halides vapor exposure</t>
+  </si>
+  <si>
+    <t>012087</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012087</t>
+  </si>
+  <si>
     <t>Theoretical study of surface states excitation in one-dimensional photonic crystal by halide perovskite microstructures</t>
   </si>
   <si>
     <t>A.A. Popkova, K.R. Safronov, Daria Markina, Anatoly Pushkarev, Sergey Makarov, V.O. Bessonov, A.A. Fedyanin</t>
   </si>
   <si>
     <t>012115</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012115</t>
   </si>
   <si>
-    <t>Theoretical study of perovskite nanowires optical response to hydrogen halides vapor exposure</t>
-[...7 lines deleted...]
-  <si>
     <t>Halide Perovskite Nanocrystals with Enhanced Water Stability for Upconversion Imaging in a Living Cell</t>
   </si>
   <si>
     <t>Pavel Talianov, Oleksii Peltek, Mikhail Masharin, Soslan Khubezhov, Mikhail Baranov, Audrius Drabavičius, Alexander Timin, Lev Zelenkov, Anatoly Pushkarev, Sergey Makarov, Mikhail Zyuzin</t>
   </si>
   <si>
     <t>8991-8998</t>
   </si>
   <si>
     <t>10.1021/acs.jpclett.1c01968</t>
   </si>
   <si>
     <t>Direct Imprinting of Laser Field on Halide Perovskite Single Crystal for Advanced Photonic Applications</t>
   </si>
   <si>
     <t>A. Y. Zhizhchenko, Artem Cherepakhin, Mikhail Masharin, Anatoly Pushkarev, S. A. Kulinich, A. P. Porfirev, A. A. Kuchmizhak, Sergey Makarov</t>
   </si>
   <si>
     <t>10.1002/lpor.202100094</t>
   </si>
   <si>
     <t>Modifying light–matter interactions with perovskite nanocrystals inside antiresonant photonic crystal fiber</t>
   </si>
   <si>
     <t>Andrey A. Machnev, Anatoly Pushkarev, Pavel Tonkaev,  Roman E. Noskov, Kristina R. Rusimova, Peter J. Mosley, Sergey Makarov, Ivan Shishkin</t>
@@ -938,68 +938,68 @@
   <si>
     <t>10.1070/RCR4665</t>
   </si>
   <si>
     <t>Features of spectral properties of Sm3+ complexes with dithia- and diselenophosphinate ligands</t>
   </si>
   <si>
     <t>Spectrochimica Acta - Part A: Molecular and Biomolecular Spectroscopy</t>
   </si>
   <si>
     <t>134-139</t>
   </si>
   <si>
     <t>10.1016/j.saa.2016.03.026</t>
   </si>
   <si>
     <t>Synthesis and luminescence of some rare earth metal complexes</t>
   </si>
   <si>
     <t>Organic Photonics and Photovoltaics</t>
   </si>
   <si>
     <t>10.1515/oph-2016-0007</t>
   </si>
   <si>
+    <t>Ln3I5(S2N2)(S2)(THF)10 – a new type of molecular compounds</t>
+  </si>
+  <si>
+    <t>4558-4562</t>
+  </si>
+  <si>
+    <t>10.1039/C5DT04742K</t>
+  </si>
+  <si>
     <t>Synthesis, structure and luminescent properties of lanthanide fluoroalkoxides</t>
   </si>
   <si>
     <t>3464-3472</t>
   </si>
   <si>
     <t>10.1039/C5DT04636J</t>
   </si>
   <si>
-    <t>Ln3I5(S2N2)(S2)(THF)10 – a new type of molecular compounds</t>
-[...7 lines deleted...]
-  <si>
     <t>Synthesis and luminescent properties of heteroleptic benzothiazolyl-naphtholates of ytterbium</t>
   </si>
   <si>
     <t>Synthetic Metals</t>
   </si>
   <si>
     <t>117-121</t>
   </si>
   <si>
     <t>10.1016/j.synthmet.2015.02.030</t>
   </si>
   <si>
     <t>Syntheses, Structures Photophysical Properties of Eu and Lu Diketonates with a Neutral Polydentate Imidazolylmethanamine Ligand</t>
   </si>
   <si>
     <t>European Journal of Inorganic Chemistry</t>
   </si>
   <si>
     <t>1734-1743</t>
   </si>
   <si>
     <t>10.1002/ejic.201403186</t>
   </si>
   <si>
     <t>Heteroleptic 3-(2-benzothiazol-2-yl)-2-naphtholates of rare earth metals: Features of synthesis and structure</t>
@@ -1058,69 +1058,69 @@
   <si>
     <t>Substituted naphtholates of rare earth metals as emissive materials</t>
   </si>
   <si>
     <t>RSC Advances</t>
   </si>
   <si>
     <t>35505-35510</t>
   </si>
   <si>
     <t>10.1039/C4RA03915G</t>
   </si>
   <si>
     <t>Lanthanide phenolates with heterocyclic substituents. Synthesis, structure and luminescent properties</t>
   </si>
   <si>
     <t>Polyhedron</t>
   </si>
   <si>
     <t>112-120</t>
   </si>
   <si>
     <t>10.1016/j.poly.2012.10.007</t>
   </si>
   <si>
+    <t>8-Quinolinolate complexes of yttrium and ytterbium: Molecular arrangement and fragmentation under laser impact</t>
+  </si>
+  <si>
+    <t>10.1039/C3DT51706C</t>
+  </si>
+  <si>
     <t>Synthesis and luminescent properties of 3-(2-benzoxazol-2-yl)- and 3-(2-benzothiazol-2-yl)-2-naphtholates of some non-transition and rare earth metals</t>
   </si>
   <si>
     <t>55-59</t>
   </si>
   <si>
     <t>10.1016/j.synthmet.2012.12.034</t>
   </si>
   <si>
     <t>Lithium, zinc and scandium complexes of phosphorylated salicylaldimines: Synthesis, structure, thermochemical and photophysical properties application in OLEDs</t>
   </si>
   <si>
     <t>10.1039/C3RA43885F</t>
-  </si>
-[...4 lines deleted...]
-    <t>10.1039/C3DT51706C</t>
   </si>
   <si>
     <t>Synthesis and luminescence properties of lithium, zinc and scandium 1-(2-pyridyl)naphtholates</t>
   </si>
   <si>
     <t>Organic Electronics</t>
   </si>
   <si>
     <t>3203-3210</t>
   </si>
   <si>
     <t>10.1016/j.orgel.2012.09.021</t>
   </si>
   <si>
     <t>Synthesis, quantum chemical calculations luminescent properties of scandium, europium, gadolinium terbium 1-(2-Pyridyl)naphtholate complexes</t>
   </si>
   <si>
     <t>High Energy Chemistry</t>
   </si>
   <si>
     <t>323-330</t>
   </si>
   <si>
     <t>10.1134/S0018143912050062</t>
   </si>
@@ -2489,78 +2489,78 @@
         <v>151</v>
       </c>
       <c r="C38" t="s">
         <v>108</v>
       </c>
       <c r="D38"/>
       <c r="E38"/>
       <c r="F38">
         <v>2021</v>
       </c>
       <c r="G38" t="s">
         <v>152</v>
       </c>
       <c r="H38">
         <v>12.26</v>
       </c>
       <c r="I38">
         <v>3.76</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
         <v>153</v>
       </c>
       <c r="B39" t="s">
-        <v>154</v>
+        <v>139</v>
       </c>
       <c r="C39" t="s">
         <v>140</v>
       </c>
       <c r="D39">
         <v>2015</v>
       </c>
       <c r="E39" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="F39">
         <v>2021</v>
       </c>
       <c r="G39" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="H39"/>
       <c r="I39">
         <v>0.21</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
+        <v>156</v>
+      </c>
+      <c r="B40" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
       <c r="C40" t="s">
         <v>140</v>
       </c>
       <c r="D40">
         <v>2015</v>
       </c>
       <c r="E40" t="s">
         <v>158</v>
       </c>
       <c r="F40">
         <v>2021</v>
       </c>
       <c r="G40" t="s">
         <v>159</v>
       </c>
       <c r="H40"/>
       <c r="I40">
         <v>0.21</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
         <v>160</v>
       </c>
@@ -3961,127 +3961,127 @@
       </c>
       <c r="E91" t="s">
         <v>346</v>
       </c>
       <c r="F91">
         <v>2013</v>
       </c>
       <c r="G91" t="s">
         <v>347</v>
       </c>
       <c r="H91">
         <v>2.05</v>
       </c>
       <c r="I91">
         <v>0.55</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" t="s">
         <v>348</v>
       </c>
       <c r="B92" t="s">
         <v>280</v>
       </c>
       <c r="C92" t="s">
-        <v>315</v>
+        <v>281</v>
       </c>
       <c r="D92">
-        <v>164</v>
-[...2 lines deleted...]
-        <v>349</v>
+        <v>42</v>
+      </c>
+      <c r="E92">
+        <v>15699</v>
       </c>
       <c r="F92">
         <v>2013</v>
       </c>
       <c r="G92" t="s">
-        <v>350</v>
+        <v>349</v>
       </c>
       <c r="H92">
-        <v>2.22</v>
+        <v>4.1</v>
       </c>
       <c r="I92">
-        <v>0.72</v>
+        <v>1.44</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" t="s">
-        <v>351</v>
+        <v>350</v>
       </c>
       <c r="B93" t="s">
         <v>280</v>
       </c>
       <c r="C93" t="s">
-        <v>341</v>
+        <v>315</v>
       </c>
       <c r="D93">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>24484</v>
+        <v>164</v>
+      </c>
+      <c r="E93" t="s">
+        <v>351</v>
       </c>
       <c r="F93">
         <v>2013</v>
       </c>
       <c r="G93" t="s">
         <v>352</v>
       </c>
       <c r="H93">
-        <v>3.71</v>
+        <v>2.22</v>
       </c>
       <c r="I93">
-        <v>1.12</v>
+        <v>0.72</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" t="s">
         <v>353</v>
       </c>
       <c r="B94" t="s">
         <v>280</v>
       </c>
       <c r="C94" t="s">
-        <v>281</v>
+        <v>341</v>
       </c>
       <c r="D94">
-        <v>42</v>
+        <v>3</v>
       </c>
       <c r="E94">
-        <v>15699</v>
+        <v>24484</v>
       </c>
       <c r="F94">
         <v>2013</v>
       </c>
       <c r="G94" t="s">
         <v>354</v>
       </c>
       <c r="H94">
-        <v>4.1</v>
+        <v>3.71</v>
       </c>
       <c r="I94">
-        <v>1.44</v>
+        <v>1.12</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" t="s">
         <v>355</v>
       </c>
       <c r="B95" t="s">
         <v>280</v>
       </c>
       <c r="C95" t="s">
         <v>356</v>
       </c>
       <c r="D95">
         <v>13</v>
       </c>
       <c r="E95" t="s">
         <v>357</v>
       </c>
       <c r="F95">
         <v>2012</v>
       </c>
       <c r="G95" t="s">
         <v>358</v>
       </c>
       <c r="H95">