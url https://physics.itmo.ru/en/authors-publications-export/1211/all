--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -296,71 +296,71 @@
   <si>
     <t>Second harmonic generation in nanoparticles with Mie resonances</t>
   </si>
   <si>
     <t>012037</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1092/1/012037</t>
   </si>
   <si>
     <t>Nonlinear control of electromagnetic topological edge states</t>
   </si>
   <si>
     <t>Alexey Yulin, Alexey Slobozhanyuk, Alexander Poddubny, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1103/PhysRevLett.121.163901</t>
   </si>
   <si>
     <t>Topological interface states mediated by spontaneous symmetry breaking</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.98.045415</t>
   </si>
   <si>
+    <t>Edge states of bound photon pairs: Topology and interactions</t>
+  </si>
+  <si>
+    <t>2018 Progress In Electromagnetics Research Symposium - Spring (PIERS)</t>
+  </si>
+  <si>
+    <t>10.1109/PIERS.2017.8262139</t>
+  </si>
+  <si>
     <t>Nonlinear light generation in topological nanostructures</t>
   </si>
   <si>
     <t>Alexander Poddubny, Alexey Slobozhanyuk, Yuri Kivshar</t>
   </si>
   <si>
     <t>Nature Nanotechnology</t>
   </si>
   <si>
     <t>10.1038/s41565-018-0324-7</t>
   </si>
   <si>
-    <t>Edge states of bound photon pairs: Topology and interactions</t>
-[...7 lines deleted...]
-  <si>
     <t>Nanoscale generation of white light for ultrabroadband nanospectroscopy</t>
   </si>
   <si>
     <t>Sergey Makarov, Ivan Sinev, Valentin Milichko, Filipp Komissarenko, Dmitry Zuev, Ivan Mukhin, Pavel Belov, Ivan Iorsh, Alexander Poddubny, Anton Samusev, Yuri Kivshar</t>
   </si>
   <si>
     <t>Nano Letters</t>
   </si>
   <si>
     <t>18 (1)</t>
   </si>
   <si>
     <t>535–539</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.7b04542</t>
   </si>
   <si>
     <t>Atom-mediated spontaneous parametric down-conversion in periodic waveguides</t>
   </si>
   <si>
     <t>Alexander Poddubny, Andrey Sukhorukov</t>
   </si>
   <si>
     <t>Optics Letters</t>
@@ -779,90 +779,90 @@
   <si>
     <t>Resonant Brillouin scattering of excitonic polaritons in multiple-quantum-well structures</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.89.235313</t>
   </si>
   <si>
     <t>Near-field Interference in Optics and RF</t>
   </si>
   <si>
     <t>Polina Kapitanova, Dmitry Filonov, Pavel Voroshilov, Alexander Poddubny, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>Conference on Lasers and Electro-Optics (CLEO)</t>
   </si>
   <si>
     <t>FTu2K</t>
   </si>
   <si>
     <t>FTu2K.7</t>
   </si>
   <si>
     <t>10.1364/CLEO_QELS.2014.FTu2K.7</t>
   </si>
   <si>
+    <t>Microscopic model of the self-induced torque in metamaterials</t>
+  </si>
+  <si>
+    <t>2014 Days on Diffraction (DD)</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2014.7036431</t>
+  </si>
+  <si>
     <t>Experimental investigation of magnetic Purcell factor in wire metamaterials</t>
   </si>
   <si>
     <t>Alexey Slobozhanyuk, Pavel Belov, Alexander Poddubny</t>
   </si>
   <si>
-    <t>2014 Days on Diffraction (DD)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/DD.2014.7036442</t>
   </si>
   <si>
-    <t>Microscopic model of the self-induced torque in metamaterials</t>
-[...4 lines deleted...]
-  <si>
     <t>Magnetic Purcell factor in wire metamaterials</t>
   </si>
   <si>
     <t>Alexey Slobozhanyuk, Alexander Poddubny, Pavel Belov</t>
   </si>
   <si>
     <t>Applied Physics Letters</t>
   </si>
   <si>
     <t>10.1063/1.4872163</t>
   </si>
   <si>
     <t>Radiative Topological States in Resonant Photonic Crystals</t>
   </si>
   <si>
+    <t>10.1103/PhysRevLett.112.107403</t>
+  </si>
+  <si>
     <t>Alexander Poshakinskiy, Alexander Poddubny, E. L. Ivchenko</t>
   </si>
   <si>
     <t>10.1103/physrevlett.112.107403</t>
-  </si>
-[...1 lines deleted...]
-    <t>10.1103/PhysRevLett.112.107403</t>
   </si>
   <si>
     <t>Splitting of emission-spectrum lines in an anisotropic medium due to self-induced torque</t>
   </si>
   <si>
     <t>10.1103/PhysRevA.89.032508</t>
   </si>
   <si>
     <t>Phonon decay in silicon nanocrystals: Fast phonon recycling</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.89.125409</t>
   </si>
   <si>
     <t>Photonic spin Hall effect in hyperbolic metamaterials for polarization-controlled routing of subwavelength modes</t>
   </si>
   <si>
     <t>Polina Kapitanova, Dmitry Filonov, Pavel Voroshilov, Pavel Belov, Alexander Poddubny, Yuri Kivshar</t>
   </si>
   <si>
     <t>Nature Communications</t>
   </si>
   <si>
     <t>10.1038/ncomms4226</t>
   </si>
@@ -2223,82 +2223,82 @@
       </c>
       <c r="D25">
         <v>98</v>
       </c>
       <c r="E25">
         <v>45415</v>
       </c>
       <c r="F25">
         <v>2018</v>
       </c>
       <c r="G25" t="s">
         <v>93</v>
       </c>
       <c r="H25">
         <v>3.74</v>
       </c>
       <c r="I25">
         <v>1.5</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>94</v>
       </c>
       <c r="B26" t="s">
+        <v>66</v>
+      </c>
+      <c r="C26" t="s">
         <v>95</v>
       </c>
-      <c r="C26" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D26"/>
+      <c r="E26"/>
       <c r="F26">
         <v>2018</v>
       </c>
       <c r="G26" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="H26"/>
       <c r="I26"/>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
+        <v>97</v>
+      </c>
+      <c r="B27" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="C27" t="s">
         <v>99</v>
       </c>
-      <c r="D27"/>
-      <c r="E27"/>
+      <c r="D27">
+        <v>14</v>
+      </c>
+      <c r="E27">
+        <v>126</v>
+      </c>
       <c r="F27">
         <v>2018</v>
       </c>
       <c r="G27" t="s">
         <v>100</v>
       </c>
       <c r="H27"/>
       <c r="I27"/>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
         <v>101</v>
       </c>
       <c r="B28" t="s">
         <v>102</v>
       </c>
       <c r="C28" t="s">
         <v>103</v>
       </c>
       <c r="D28" t="s">
         <v>104</v>
       </c>
       <c r="E28" t="s">
         <v>105</v>
       </c>
@@ -3539,159 +3539,159 @@
       <c r="C73" t="s">
         <v>251</v>
       </c>
       <c r="D73" t="s">
         <v>252</v>
       </c>
       <c r="E73" t="s">
         <v>253</v>
       </c>
       <c r="F73">
         <v>2014</v>
       </c>
       <c r="G73" t="s">
         <v>254</v>
       </c>
       <c r="H73"/>
       <c r="I73">
         <v>0.1</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
         <v>255</v>
       </c>
       <c r="B74" t="s">
+        <v>245</v>
+      </c>
+      <c r="C74" t="s">
         <v>256</v>
-      </c>
-[...1 lines deleted...]
-        <v>257</v>
       </c>
       <c r="D74"/>
       <c r="E74"/>
       <c r="F74">
         <v>2014</v>
       </c>
       <c r="G74" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="H74"/>
       <c r="I74"/>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
+        <v>258</v>
+      </c>
+      <c r="B75" t="s">
         <v>259</v>
       </c>
-      <c r="B75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C75" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="D75"/>
       <c r="E75"/>
       <c r="F75">
         <v>2014</v>
       </c>
       <c r="G75" t="s">
         <v>260</v>
       </c>
       <c r="H75"/>
       <c r="I75"/>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
         <v>261</v>
       </c>
       <c r="B76" t="s">
         <v>262</v>
       </c>
       <c r="C76" t="s">
         <v>263</v>
       </c>
       <c r="D76">
         <v>104</v>
       </c>
       <c r="E76">
         <v>161105</v>
       </c>
       <c r="F76">
         <v>2014</v>
       </c>
       <c r="G76" t="s">
         <v>264</v>
       </c>
       <c r="H76">
         <v>3.3</v>
       </c>
       <c r="I76">
         <v>1.86</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
         <v>265</v>
       </c>
       <c r="B77" t="s">
-        <v>266</v>
+        <v>53</v>
       </c>
       <c r="C77" t="s">
         <v>46</v>
       </c>
       <c r="D77">
         <v>112</v>
       </c>
-      <c r="E77"/>
+      <c r="E77">
+        <v>107403</v>
+      </c>
       <c r="F77">
         <v>2014</v>
       </c>
       <c r="G77" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="H77">
         <v>7.51</v>
       </c>
       <c r="I77">
         <v>5.23</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
         <v>265</v>
       </c>
       <c r="B78" t="s">
-        <v>53</v>
+        <v>267</v>
       </c>
       <c r="C78" t="s">
         <v>46</v>
       </c>
       <c r="D78">
         <v>112</v>
       </c>
-      <c r="E78">
-[...1 lines deleted...]
-      </c>
+      <c r="E78"/>
       <c r="F78">
         <v>2014</v>
       </c>
       <c r="G78" t="s">
         <v>268</v>
       </c>
       <c r="H78">
         <v>7.51</v>
       </c>
       <c r="I78">
         <v>5.23</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
         <v>269</v>
       </c>
       <c r="B79" t="s">
         <v>245</v>
       </c>
       <c r="C79" t="s">
         <v>11</v>
       </c>
       <c r="D79">
         <v>89</v>
@@ -3778,51 +3778,51 @@
       </c>
       <c r="D82">
         <v>118</v>
       </c>
       <c r="E82" t="s">
         <v>278</v>
       </c>
       <c r="F82">
         <v>2014</v>
       </c>
       <c r="G82" t="s">
         <v>279</v>
       </c>
       <c r="H82">
         <v>0.88</v>
       </c>
       <c r="I82">
         <v>0.49</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
         <v>280</v>
       </c>
       <c r="B83" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="C83" t="s">
         <v>50</v>
       </c>
       <c r="D83">
         <v>1</v>
       </c>
       <c r="E83" t="s">
         <v>281</v>
       </c>
       <c r="F83">
         <v>2014</v>
       </c>
       <c r="G83" t="s">
         <v>282</v>
       </c>
       <c r="H83"/>
       <c r="I83"/>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
         <v>283</v>
       </c>
       <c r="B84" t="s">
         <v>284</v>