--- v0 (2025-10-11)
+++ v1 (2026-03-21)
@@ -12,79 +12,91 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="407">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="411">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>Planar Bragg microcavities with embedded monolayer semiconductor for strong exciton–photon coupling</t>
+  </si>
+  <si>
+    <t>Alexey Mikhin, Albert Seredin, Roman Savelev, Anton Samusev, Vasily Kravtsov</t>
+  </si>
+  <si>
+    <t>Journal of Optics</t>
+  </si>
+  <si>
+    <t>10.1088/2040-8986/ae2634</t>
+  </si>
+  <si>
     <t>Room-Temperature Exciton-Polariton-Driven Self-Phase Modulation in Planar Perovskite Waveguides</t>
   </si>
   <si>
     <t>Nikita Glebov, Mikhail Masharin, Alexei Yulin, Alexey Mikhin, Md Rumon Miah, Hilmi Volkan Demir, Dmitry N. Krizhanovskii, Vasily Kravtsov, Anton Samusev, Sergey Makarov</t>
   </si>
   <si>
     <t>ACS Nano</t>
   </si>
   <si>
     <t>14097-14106</t>
   </si>
   <si>
     <t>10.1021/acsnano.4c18847</t>
   </si>
   <si>
     <t>Stimulated Exciton–Polariton Scattering in Hybrid Halide Perovskites</t>
   </si>
   <si>
     <t>Igor Chestnov, Mikhail Masharin, Valeriy Kondratiev, Ivan Iorsh, Anton Samusev, Anatoly Pushkarev, Sergey Makarov, Ivan Shelykh, Vanik Shahnazaryan</t>
   </si>
   <si>
     <t>ACS Photonics</t>
   </si>
   <si>
     <t>801-808</t>
@@ -278,101 +290,101 @@
   <si>
     <t>ACS Applied Nano Materials</t>
   </si>
   <si>
     <t>8846-8858</t>
   </si>
   <si>
     <t>10.1021/acsanm.2c00941</t>
   </si>
   <si>
     <t>Nanoscale Electrically Driven Light Source Based on Hybrid Semiconductor/Metal Nanoantenna</t>
   </si>
   <si>
     <t>Denis V. Lebedev, Vitaliy Shkoldin, Artem Larin, Dmitry Permyakov, Anton Samusev, Anatoly E. Petukhov, Alexander O. Golubok, Alexander V. Arkhipov, Ivan Mukhin</t>
   </si>
   <si>
     <t>The Journal of Physical Chemistry Letters</t>
   </si>
   <si>
     <t>4612-4620</t>
   </si>
   <si>
     <t>10.1021/acs.jpclett.2c00986</t>
   </si>
   <si>
+    <t>Second harmonic generation in hybrid GaP/Au nanocylinders</t>
+  </si>
+  <si>
+    <t>Dmitry Pidgayko, Ilya Deriy, Vladimir Fedorov, Alexey Mozharov, Ivan Mukhin, Yuriy Zadiranov, Mihail Petrov, Anton Samusev, Andrey Bogdanov</t>
+  </si>
+  <si>
+    <t>Journal of Physics: Conference Series</t>
+  </si>
+  <si>
+    <t>012172</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012172</t>
+  </si>
+  <si>
+    <t>Probing guided monolayer semiconductor polaritons below the light line</t>
+  </si>
+  <si>
+    <t>Valeriy Kondratiev, Dmitry Permyakov, Vasily Kravtsov, D. N. Krizhanovskii, Anton Samusev</t>
+  </si>
+  <si>
+    <t>012069</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012069</t>
+  </si>
+  <si>
+    <t>Guided exciton-polaritons in a subwavelength dielectric slab integrated with a 2D semiconductor</t>
+  </si>
+  <si>
+    <t>Fedor Benimetskiy, Alexey Yulin, Vasily Kravtsov, Alexey Mikhin, Ivan Iorsh, Anton Samusev, D. N. Krizhanovskii</t>
+  </si>
+  <si>
+    <t>012014</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/2015/1/012014</t>
+  </si>
+  <si>
     <t>Up-conversion photoluminescence specificity of a hybrid sponge nanostructures</t>
   </si>
   <si>
     <t>Artem Larin, Egor Kurganov, Stephanie Bruyére, Alexandre Nomine, Eduard Ageev, Anton Samusev, Dmitry Zuev</t>
   </si>
   <si>
-    <t>Journal of Physics: Conference Series</t>
-[...1 lines deleted...]
-  <si>
     <t>012082</t>
   </si>
   <si>
     <t>10.1088/1742-6596/2015/1/012082</t>
   </si>
   <si>
-    <t>Second harmonic generation in hybrid GaP/Au nanocylinders</t>
-[...34 lines deleted...]
-  <si>
     <t>Theory, Observation, and Ultrafast Response of the Hybrid Anapole Regime in Light Scattering</t>
   </si>
   <si>
     <t>Adria Сanos Valero, Egor Gurvitz, Fedor Benimetskiy, Dmitry Pidgayko, Anton Samusev,  Andrey B. Evlyukhin, Vjaceslavs Bobrovs, Dmitrii Redka, Michael I. Tribelsky, Mohsen Rahmani, Khosro Zangeneh Kamali, Alexander A. Pavlov, Andrey E. Miroshnichenko, Alexander Shalin</t>
   </si>
   <si>
     <t>Laser &amp; Photonics Reviews</t>
   </si>
   <si>
     <t>10.1002/lpor.202100114</t>
   </si>
   <si>
     <t>Experimental observation of topological Z2 exciton-polaritons in transition metal dichalcogenide monolayers</t>
   </si>
   <si>
     <t>Mengyao Li, Ivan Sinev, Fedor Benimetskiy, Tatyana Ivanova, Svetlana Kiriushechkina, Anton Vakulenko, Sriram Guddala, Maurice Skolnick, Vinod M. Menon, Andrea Alù, Anton Samusev</t>
   </si>
   <si>
     <t>Nature Communications</t>
   </si>
   <si>
     <t>10.1038/s41467-021-24728-y</t>
   </si>
   <si>
     <t>Probing Optical Losses and Dispersion of Fully Guided Waves through Critical Evanescent Coupling</t>
@@ -401,113 +413,113 @@
   <si>
     <t>Mark Mirolyubov, Anton Samusev, Ivan Toftul, Mihail Petrov</t>
   </si>
   <si>
     <t>Письма в ЖЭТФ</t>
   </si>
   <si>
     <t>553-559</t>
   </si>
   <si>
     <t>10.31857/s1234567821080115</t>
   </si>
   <si>
     <t>Scanning Tunneling Microscopy-Induced Light Emission and I(V) Study of Optical Near-Field Properties of Single Plasmonic Nanoantennas</t>
   </si>
   <si>
     <t>Denis V. Lebedev, Vitaliy Shkoldin, Dmitry Permyakov, Lilia N. Dvoretckaia, Andrey Bogdanov, Anton Samusev, Alexander O. Golubok, Ivan Mukhin</t>
   </si>
   <si>
     <t>501-507</t>
   </si>
   <si>
     <t>10.1021/acs.jpclett.0c03039</t>
   </si>
   <si>
+    <t>Measurement of local optomechanical properties of MoSe2 monolayers</t>
+  </si>
+  <si>
+    <t>Fedor Benimetskiy, V. A. Sharov, P. A. Alekseev, Vasily Kravtsov, K.-D. Park, Anton Samusev, Ivan Iorsh</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020008</t>
+  </si>
+  <si>
+    <t>10.1063/5.0032285</t>
+  </si>
+  <si>
+    <t>Indirect observation of the light emission in the tunnel junction with metal nanodisk</t>
+  </si>
+  <si>
+    <t>Denis Lebedev, Vitaliy Shkoldin, Alexey Mozharov, Alexander Golubok, Dmitry Permyakov, Anton Samusev, Ivan Mukhin</t>
+  </si>
+  <si>
+    <t>020080</t>
+  </si>
+  <si>
+    <t>10.1063/5.0032068</t>
+  </si>
+  <si>
     <t>Propagation of exciton-polaritons in monolayer semiconductor coupled to at-Γ bound state in the continuum</t>
   </si>
   <si>
     <t>Fedor Benimetskiy, Vasily Kravtsov, Ivan Sinev, Anton Samusev, Ivan Iorsh</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020010</t>
   </si>
   <si>
     <t>10.1063/5.0032076</t>
   </si>
   <si>
     <t>Measuring full complex dispersion of guided modes and surface waves in planar photonic structures</t>
   </si>
   <si>
     <t>Dmitry Permyakov, Dmitry Pidgayko, Ivan Sinev, Anton Samusev</t>
   </si>
   <si>
     <t>020096</t>
   </si>
   <si>
     <t>10.1063/5.0031978</t>
   </si>
   <si>
     <t>Electrically tunable trion-polaritons in MoSe2/hBN heterostructure integrated with a photonic crystal slab</t>
   </si>
   <si>
     <t>V. Kondratyev, Fedor Benimetskiy, Tatyana Ivanova, Anton Samusev, K.-D. Park, M. S. Skolnick, Vasily Kravtsov, Ivan Iorsh</t>
   </si>
   <si>
     <t>020062</t>
   </si>
   <si>
     <t>10.1063/5.0032226</t>
   </si>
   <si>
-    <t>Measurement of local optomechanical properties of MoSe2 monolayers</t>
-[...22 lines deleted...]
-  <si>
     <t>Strong coupling of excitons in 2D MoSe2/hBN heterostructure with optical bound states in the continuum</t>
   </si>
   <si>
     <t>Fedor Benimetskiy, Vasily Kravtsov, Ivan Mukhin, Ivan Sinev, Anton Samusev, Ivan Shelykh, D. N. Krizhanovskii, M. S. Skolnick, Ivan Iorsh</t>
   </si>
   <si>
     <t>012012</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012012</t>
   </si>
   <si>
     <t>Emitting properties of a-Si:C:H films with a gold submicron grating</t>
   </si>
   <si>
     <t>S I Pavlov, S A Dyakov, Anton Samusev, A V Nashchekin, E M Tanklevskaya, N A Feoktistov, N A Gippius, S G Tikhodeev, Dmitry Pidgayko, A B Pevtsov</t>
   </si>
   <si>
     <t>012126</t>
   </si>
   <si>
     <t>10.1088/1742-6596/1461/1/012126</t>
   </si>
   <si>
     <t>Nonlinear polaritons in a monolayer semiconductor coupled to optical bound states in the continuum</t>
@@ -734,74 +746,74 @@
   <si>
     <t>32631-32639</t>
   </si>
   <si>
     <t>https://doi.org/10.1364/OE.25.032631</t>
   </si>
   <si>
     <t>Resonant optical properties of crystalline silicon nanoparticles fabricated by laser ablation-based methods</t>
   </si>
   <si>
     <t>Pavel Dmitriev, Dmitry Baranov, Valentin Milichko, Ivan Mukhin, Sergey Makarov, Anton Samusev, Georgiy Zograf, Dmitry Zuev, Katherine Makarova, Mihail Petrov, Ivan Sinev, Maxim Gorlach, Kristina Frizyuk, Pavel Belov</t>
   </si>
   <si>
     <t>10.1063/1.4998078</t>
   </si>
   <si>
     <t>Transition from optical bound states in the continuum to leaky resonances: role of substrate and roughness</t>
   </si>
   <si>
     <t>Zarina Sadrieva, Ivan Sinev, Anton Samusev, Ivan Iorsh, Andrey Bogdanov</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.6b00860</t>
   </si>
   <si>
+    <t>Retrieval procedure of effective conductivity for plasmonic resonant anisotropic metasurface</t>
+  </si>
+  <si>
+    <t>Andrey Bogdanov, Anton Samusev, Ivan Iorsh</t>
+  </si>
+  <si>
+    <t>10.1063/1.4998069</t>
+  </si>
+  <si>
+    <t>Demultiplexing surface waves with silicon nanoantennas</t>
+  </si>
+  <si>
+    <t>Ivan Sinev, Andrey Bogdanov, Filipp Komissarenko, Mihail Petrov, Kristina Frizyuk, Sergey Makarov, Ivan Mukhin, Anton Samusev, Ivan Iorsh</t>
+  </si>
+  <si>
+    <t>10.1063/1.4998064</t>
+  </si>
+  <si>
     <t>Effect of substrate on optical bound states in the continuum in 1D photonic structures</t>
   </si>
   <si>
     <t>10.1063/1.4998034</t>
   </si>
   <si>
-    <t>Retrieval procedure of effective conductivity for plasmonic resonant anisotropic metasurface</t>
-[...16 lines deleted...]
-  <si>
     <t>Effective conductivity tensor of plasmonic anisotropic metasurface: Theory and experiment</t>
   </si>
   <si>
     <t>Ivan Mukhin, Anton Samusev, Andrey Bogdanov, Ivan Iorsh</t>
   </si>
   <si>
     <t>2017 Progress In Electromagnetics Research Symposium - Spring (PIERS)</t>
   </si>
   <si>
     <t>1524-1528</t>
   </si>
   <si>
     <t>10.1109/PIERS.2017.8261988</t>
   </si>
   <si>
     <t>Optical bound state in the continuum in the one-dimensional photonic crystal slab: theory and experiment</t>
   </si>
   <si>
     <t>2016 Days on Diffraction (DD)</t>
   </si>
   <si>
     <t>356-360</t>
   </si>
   <si>
     <t>10.1109/DD.2016.7756873</t>
@@ -818,116 +830,116 @@
   <si>
     <t>Polarization control over electric and magnetic dipole resonances of dielectric nanoparticles on metallic films</t>
   </si>
   <si>
     <t>Ivan Sinev, Ivan Iorsh, Andrey Bogdanov, Dmitry Permyakov, Filipp Komissarenko, Ivan Mukhin, Anton Samusev, Yuri Kivshar</t>
   </si>
   <si>
     <t>vol. 10(5)</t>
   </si>
   <si>
     <t>799-806</t>
   </si>
   <si>
     <t>10.1002/lpor.201600055</t>
   </si>
   <si>
     <t>Femtosecond laser transfer of silicon nanoparticles with enhanced Raman response</t>
   </si>
   <si>
     <t>Pavel Dmitriev, Dmitry Baranov, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Anton Samusev, Pavel Belov</t>
   </si>
   <si>
     <t>10.1063/1.4954347</t>
   </si>
   <si>
+    <t>From high-Q magnetic dipole scattering to broadband electric field localization by silicon nanoparticle on metal</t>
+  </si>
+  <si>
+    <t>Andrey Bogdanov, Ivan Sinev, Ivan Iorsh, Dmitry Permyakov, Filipp Komissarenko, Ivan Mukhin, Anton Samusev, Yuri Kivshar</t>
+  </si>
+  <si>
+    <t>Conference on Lasers and Electro-Optics (CLEO)</t>
+  </si>
+  <si>
+    <t>10.1364/CLEO_QELS.2016.FM4B.6</t>
+  </si>
+  <si>
     <t>Hybrid localized waves supported by resonant anisotropic metasurfaces</t>
   </si>
   <si>
     <t>Andrey Bogdanov, Anton Ovcharenko, Mingzhao Song, Dmitry Baranov, Ivan Sinev, Ivan Mukhin, Anton Samusev, Ivan Iorsh, Yuri Kivshar</t>
   </si>
   <si>
-    <t>Conference on Lasers and Electro-Optics (CLEO)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1364/CLEO_QELS.2016.FM3D.6</t>
   </si>
   <si>
-    <t>From high-Q magnetic dipole scattering to broadband electric field localization by silicon nanoparticle on metal</t>
-[...7 lines deleted...]
-  <si>
     <t>Enhanced photonic spin Hall effect with subwavelength topological edge states</t>
   </si>
   <si>
     <t>Alexey Slobozhanyuk, Alexander Poddubny, Ivan Sinev, Anton Samusev, Yuri Kivshar</t>
   </si>
   <si>
     <t>656–664</t>
   </si>
   <si>
     <t>10.1002/lpor.201600042</t>
   </si>
   <si>
     <t>Resonant Raman scattering from silicon nanopar ticles enhanced by magnetic response</t>
   </si>
   <si>
     <t>Pavel Dmitriev, Valentin Milichko, Sergey Makarov, Ivan Mukhin, Anton Samusev, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>Nanoscale</t>
   </si>
   <si>
     <t>9721-9726</t>
   </si>
   <si>
     <t>10.1039/C5NR07965A</t>
   </si>
   <si>
+    <t>Single-stage fabrication of low-loss dielectric nanoresonators from high-loss material</t>
+  </si>
+  <si>
+    <t>Pavel Dmitriev, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Alexey Mozharov, Anton Samusev, Pavel Belov</t>
+  </si>
+  <si>
+    <t>10.1088/1742-6596/690/1/012020</t>
+  </si>
+  <si>
     <t>Direct Femtosecond Laser Writing of Optical Nanoresonators</t>
   </si>
   <si>
     <t>Pavel Dmitriev, Sergey Makarov, Valentin Milichko, Ivan Mukhin, Anton Samusev, Pavel Belov</t>
   </si>
   <si>
     <t>10.1088/1742-6596/690/1/012021</t>
   </si>
   <si>
-    <t>Single-stage fabrication of low-loss dielectric nanoresonators from high-loss material</t>
-[...7 lines deleted...]
-  <si>
     <t>Enhancement of artificial magnetism via resonant bianisotropy</t>
   </si>
   <si>
     <t>Dmitry Markovich, Kseniia Baryshnikova, Alexander Shalin, Anton Samusev, Pavel Belov</t>
   </si>
   <si>
     <t>10.1038/srep22546</t>
   </si>
   <si>
     <t>Dark-field imaging as a non-invasive method for characterization of whispering gallery modes in microdisk cavities</t>
   </si>
   <si>
     <t>Dmitry Baranov, Kirill Samusev, Ivan Shishkin, Anton Samusev, Pavel Belov, Andrey Bogdanov</t>
   </si>
   <si>
     <t>Optics Letters</t>
   </si>
   <si>
     <t>749-752</t>
   </si>
   <si>
     <t>10.1364/OL.41.000749</t>
   </si>
   <si>
     <t>Laser fabrication of crystalline silicon nanoresonators from an amorphous film for low-loss all-dielectric nanophotonics</t>
@@ -947,80 +959,80 @@
   <si>
     <t>Optics and Photonics News</t>
   </si>
   <si>
     <t>Control of surface plasmon resonance in out-diffused silver nanoislands for surface-enhanced Raman scattering</t>
   </si>
   <si>
     <t>Fabian Heisler, Anton Samusev</t>
   </si>
   <si>
     <t>10.1088/1742-6596/661/1/012034</t>
   </si>
   <si>
     <t>Оптические свойства фотонных кристаллов со структурой «поленницы», изготовленных методом трехмерной лазерной литографии</t>
   </si>
   <si>
     <t>Кирилл Самусев, Михаил Рыбин, Антон Самусев, Михаил Лимонов</t>
   </si>
   <si>
     <t>Физика твердого тела</t>
   </si>
   <si>
     <t>2420-2428</t>
   </si>
   <si>
+    <t>Antireflective properties of periodic nanopore arrays</t>
+  </si>
+  <si>
+    <t>Pavel Dmitriev, Dmitry Baranov, Ivan Mukhin, Anton Samusev, Pavel Belov, Alexander Shalin</t>
+  </si>
+  <si>
+    <t>2015 Days on Diffraction (DD)</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2015.7354837</t>
+  </si>
+  <si>
     <t>Direct measurements of magnetic and electric optical responses from silicon nanoparticles</t>
   </si>
   <si>
     <t>Dmitry Permyakov, Ivan Sinev, Dmitry Markovich, Anton Samusev, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
-    <t>2015 Days on Diffraction (DD)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/DD.2015.7354867</t>
   </si>
   <si>
     <t>Dark-field spectroscopy of whispering gallery mode cavities</t>
   </si>
   <si>
     <t>Ivan Shishkin, Dmitry Permyakov, Kirill Samusev, Anton Samusev, Andrey Bogdanov</t>
   </si>
   <si>
     <t>10.1109/DD.2015.7354828</t>
   </si>
   <si>
-    <t>Antireflective properties of periodic nanopore arrays</t>
-[...7 lines deleted...]
-  <si>
     <t>Invisibility of a finite dielectric cylinder under Fano resonance conditions</t>
   </si>
   <si>
     <t>Kirill Samusev, Mikhail Rybin, Anton Samusev, Mikhail Limonov</t>
   </si>
   <si>
     <t>Physics of the Solid State</t>
   </si>
   <si>
     <t>1991-1996</t>
   </si>
   <si>
     <t>10.1134/S1063783415100273</t>
   </si>
   <si>
     <t>Resonant Optical Properties of Single Out-Diffused Silver Nanoislands</t>
   </si>
   <si>
     <t>Fabian Heisler, Mehedi Hasan, Anton Samusev</t>
   </si>
   <si>
     <t>26692-26697</t>
   </si>
   <si>
     <t>10.1021/acs.jpcc.5b09051</t>
@@ -1163,75 +1175,75 @@
   <si>
     <t>Optical diffraction from opal-based photonic structures: transition from 2D to 3D regimes</t>
   </si>
   <si>
     <t>Ivan Sinev, Mikhail Rybin, Anton Samusev, Kirill Samusev, Mikhail Limonov</t>
   </si>
   <si>
     <t>84250U</t>
   </si>
   <si>
     <t>10.1117/12.921548</t>
   </si>
   <si>
     <t>Small-angle xray diffraction investigation of twinned opal-like structures</t>
   </si>
   <si>
     <t>Anton Samusev, Ivan Sinev, Kirill Samusev, Mikhail Rybin, Mikhail Limonov</t>
   </si>
   <si>
     <t>2073-2082</t>
   </si>
   <si>
     <t>10.1134/S1063783412100307</t>
   </si>
   <si>
+    <t>Disorder-induced Fano resonance in 1D photonic crystals</t>
+  </si>
+  <si>
+    <t>Anton Samusev, Mikhail Limonov, Mikhail Rybin</t>
+  </si>
+  <si>
+    <t>2011 Int. Quantum El. Conf. (IQEC) and Conf. on Lasers and El.-Opt. (CLEO) Pacific Rim incorporating the Australasian Conf. on Opt., Lasers and Spectr. and the Australian Conf. on Opt. Fibre Techn.</t>
+  </si>
+  <si>
+    <t>1041-1043</t>
+  </si>
+  <si>
+    <t>10.1109/IQEC-CLEO.2011.6194063</t>
+  </si>
+  <si>
     <t>Optical and microradian x-ray diffraction from opal-like films: Transition from 2D to 3D regimes</t>
   </si>
   <si>
     <t>Ivan Sinev, Anton Samusev, Kirill Samusev</t>
   </si>
   <si>
-    <t>2011 Int. Quantum El. Conf. (IQEC) and Conf. on Lasers and El.-Opt. (CLEO) Pacific Rim incorporating the Australasian Conf. on Opt., Lasers and Spectr. and the Australian Conf. on Opt. Fibre Techn.</t>
-[...1 lines deleted...]
-  <si>
     <t>2122-2124</t>
   </si>
   <si>
     <t>10.1109/IQEC-CLEO.2011.6194064</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1109/IQEC-CLEO.2011.6194063</t>
   </si>
   <si>
     <t>Selective control of light beams in diffraction experiments on synthetic opals</t>
   </si>
   <si>
     <t>Anton Samusev, Kirill Samusev, Ivan Sinev, Mikhail Rybin, Mikhail Limonov</t>
   </si>
   <si>
     <t>1415-1424</t>
   </si>
   <si>
     <t>10.1134/S1063783411070225</t>
   </si>
   <si>
     <t>Two-dimensional light diffraction from thin opal films</t>
   </si>
   <si>
     <t>Anton Samusev, Kirill Samusev, Mikhail Rybin, Mikhail Limonov</t>
   </si>
   <si>
     <t>1056-1061</t>
   </si>
   <si>
     <t>10.1134/S106378341105026X</t>
   </si>
@@ -1580,51 +1592,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I103"/>
+  <dimension ref="A1:I104"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="157.961" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="382.05" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="233.514" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -1639,2804 +1651,2833 @@
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>27</v>
+      </c>
+      <c r="E2">
+        <v>125104</v>
       </c>
       <c r="F2">
         <v>2025</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="H2">
-        <v>15.88</v>
+        <v>2.52</v>
       </c>
       <c r="I2">
-        <v>5.55</v>
+        <v>0.92</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B3" t="s">
         <v>14</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>15</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
         <v>16</v>
-      </c>
-[...4 lines deleted...]
-        <v>17</v>
       </c>
       <c r="F3">
         <v>2025</v>
       </c>
       <c r="G3" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="H3">
-        <v>7.53</v>
+        <v>15.88</v>
       </c>
       <c r="I3">
-        <v>2.74</v>
+        <v>5.55</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
+        <v>18</v>
+      </c>
+      <c r="B4" t="s">
         <v>19</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>20</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
         <v>21</v>
       </c>
-      <c r="D4">
-[...2 lines deleted...]
-      <c r="E4" t="s">
+      <c r="F4">
+        <v>2025</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="F4">
-[...4 lines deleted...]
-      </c>
       <c r="H4">
-        <v>9.64</v>
+        <v>7.53</v>
       </c>
       <c r="I4">
-        <v>0.12</v>
+        <v>2.74</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
+        <v>23</v>
+      </c>
+      <c r="B5" t="s">
         <v>24</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5" t="s">
         <v>25</v>
       </c>
-      <c r="C5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D5">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="E5" t="s">
         <v>26</v>
       </c>
       <c r="F5">
         <v>2024</v>
       </c>
       <c r="G5" t="s">
         <v>27</v>
       </c>
       <c r="H5">
-        <v>15.88</v>
+        <v>9.64</v>
       </c>
       <c r="I5">
-        <v>5.55</v>
+        <v>0.12</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>28</v>
       </c>
       <c r="B6" t="s">
         <v>29</v>
       </c>
       <c r="C6" t="s">
+        <v>15</v>
+      </c>
+      <c r="D6">
+        <v>18</v>
+      </c>
+      <c r="E6" t="s">
         <v>30</v>
       </c>
-      <c r="D6">
-[...2 lines deleted...]
-      <c r="E6" t="s">
+      <c r="F6">
+        <v>2024</v>
+      </c>
+      <c r="G6" t="s">
         <v>31</v>
       </c>
-      <c r="F6">
-[...4 lines deleted...]
-      </c>
       <c r="H6">
-        <v>12.26</v>
+        <v>15.88</v>
       </c>
       <c r="I6">
-        <v>3.76</v>
+        <v>5.55</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
+        <v>32</v>
+      </c>
+      <c r="B7" t="s">
         <v>33</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7" t="s">
         <v>34</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7">
+        <v>23</v>
+      </c>
+      <c r="E7" t="s">
         <v>35</v>
-      </c>
-[...4 lines deleted...]
-        <v>36</v>
       </c>
       <c r="F7">
         <v>2023</v>
       </c>
       <c r="G7" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="H7">
-        <v>6.86</v>
+        <v>12.26</v>
       </c>
       <c r="I7">
-        <v>2.01</v>
+        <v>3.76</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>37</v>
+      </c>
+      <c r="B8" t="s">
         <v>38</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="D8">
         <v>10</v>
       </c>
       <c r="E8" t="s">
         <v>40</v>
       </c>
       <c r="F8">
         <v>2023</v>
       </c>
       <c r="G8" t="s">
         <v>41</v>
       </c>
       <c r="H8">
-        <v>7.08</v>
+        <v>6.86</v>
       </c>
       <c r="I8">
-        <v>2.27</v>
+        <v>2.01</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>42</v>
       </c>
       <c r="B9" t="s">
         <v>43</v>
       </c>
       <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9">
+        <v>10</v>
+      </c>
+      <c r="E9" t="s">
         <v>44</v>
-      </c>
-[...4 lines deleted...]
-        <v>141103</v>
       </c>
       <c r="F9">
         <v>2023</v>
       </c>
       <c r="G9" t="s">
         <v>45</v>
       </c>
       <c r="H9">
-        <v>3.97</v>
+        <v>7.08</v>
       </c>
       <c r="I9">
-        <v>1.03</v>
+        <v>2.27</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>46</v>
       </c>
       <c r="B10" t="s">
         <v>47</v>
       </c>
       <c r="C10" t="s">
         <v>48</v>
       </c>
-      <c r="D10"/>
+      <c r="D10">
+        <v>122</v>
+      </c>
       <c r="E10">
-        <v>2215007</v>
+        <v>141103</v>
       </c>
       <c r="F10">
         <v>2023</v>
       </c>
       <c r="G10" t="s">
         <v>49</v>
       </c>
       <c r="H10">
-        <v>19.92</v>
+        <v>3.97</v>
       </c>
       <c r="I10">
-        <v>5.0</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>50</v>
       </c>
       <c r="B11" t="s">
         <v>51</v>
       </c>
       <c r="C11" t="s">
-        <v>16</v>
+        <v>52</v>
       </c>
       <c r="D11"/>
-      <c r="E11"/>
+      <c r="E11">
+        <v>2215007</v>
+      </c>
       <c r="F11">
         <v>2023</v>
       </c>
       <c r="G11" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="H11">
-        <v>7.08</v>
+        <v>19.92</v>
       </c>
       <c r="I11">
-        <v>2.27</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B12" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C12" t="s">
-        <v>55</v>
-[...4 lines deleted...]
-      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12"/>
+      <c r="E12"/>
+      <c r="F12">
+        <v>2023</v>
+      </c>
+      <c r="G12" t="s">
         <v>56</v>
       </c>
-      <c r="F12">
-[...6 lines deleted...]
-      <c r="I12"/>
+      <c r="H12">
+        <v>7.08</v>
+      </c>
+      <c r="I12">
+        <v>2.27</v>
+      </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
+        <v>57</v>
+      </c>
+      <c r="B13" t="s">
         <v>58</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" t="s">
         <v>59</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13">
+        <v>15</v>
+      </c>
+      <c r="E13" t="s">
         <v>60</v>
-      </c>
-[...4 lines deleted...]
-        <v>61</v>
       </c>
       <c r="F13">
         <v>2022</v>
       </c>
       <c r="G13" t="s">
-        <v>62</v>
-[...6 lines deleted...]
-      </c>
+        <v>61</v>
+      </c>
+      <c r="H13"/>
+      <c r="I13"/>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
+        <v>62</v>
+      </c>
+      <c r="B14" t="s">
         <v>63</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
         <v>64</v>
       </c>
-      <c r="C14" t="s">
-[...3 lines deleted...]
-      <c r="E14"/>
+      <c r="D14">
+        <v>16</v>
+      </c>
+      <c r="E14" t="s">
+        <v>65</v>
+      </c>
       <c r="F14">
         <v>2022</v>
       </c>
       <c r="G14" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="H14">
-        <v>12.26</v>
+        <v>0.27</v>
       </c>
       <c r="I14">
-        <v>3.76</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B15" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C15" t="s">
-        <v>68</v>
-[...6 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="D15"/>
+      <c r="E15"/>
       <c r="F15">
         <v>2022</v>
       </c>
       <c r="G15" t="s">
         <v>69</v>
       </c>
       <c r="H15">
-        <v>3.01</v>
+        <v>12.26</v>
       </c>
       <c r="I15">
-        <v>0.55</v>
+        <v>3.76</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
         <v>70</v>
       </c>
       <c r="B16" t="s">
         <v>71</v>
       </c>
       <c r="C16" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="D16">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>72</v>
+        <v>52</v>
+      </c>
+      <c r="E16">
+        <v>101081</v>
       </c>
       <c r="F16">
         <v>2022</v>
       </c>
       <c r="G16" t="s">
         <v>73</v>
       </c>
-      <c r="H16"/>
-      <c r="I16"/>
+      <c r="H16">
+        <v>3.01</v>
+      </c>
+      <c r="I16">
+        <v>0.55</v>
+      </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>74</v>
       </c>
       <c r="B17" t="s">
         <v>75</v>
       </c>
       <c r="C17" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="D17">
         <v>15</v>
       </c>
       <c r="E17" t="s">
         <v>76</v>
       </c>
       <c r="F17">
         <v>2022</v>
       </c>
       <c r="G17" t="s">
         <v>77</v>
       </c>
-      <c r="H17">
-[...4 lines deleted...]
-      </c>
+      <c r="H17"/>
+      <c r="I17"/>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
         <v>78</v>
       </c>
       <c r="B18" t="s">
         <v>79</v>
       </c>
       <c r="C18" t="s">
+        <v>59</v>
+      </c>
+      <c r="D18">
+        <v>15</v>
+      </c>
+      <c r="E18" t="s">
         <v>80</v>
-      </c>
-[...4 lines deleted...]
-        <v>81</v>
       </c>
       <c r="F18">
         <v>2022</v>
       </c>
       <c r="G18" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H18">
-        <v>6.14</v>
+        <v>0.27</v>
       </c>
       <c r="I18">
-        <v>1.18</v>
+        <v>0.13</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
+        <v>82</v>
+      </c>
+      <c r="B19" t="s">
         <v>83</v>
       </c>
-      <c r="B19" t="s">
+      <c r="C19" t="s">
         <v>84</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19">
+        <v>5</v>
+      </c>
+      <c r="E19" t="s">
         <v>85</v>
-      </c>
-[...4 lines deleted...]
-        <v>86</v>
       </c>
       <c r="F19">
         <v>2022</v>
       </c>
       <c r="G19" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="H19">
-        <v>6.71</v>
+        <v>6.14</v>
       </c>
       <c r="I19">
-        <v>2.98</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>87</v>
+      </c>
+      <c r="B20" t="s">
         <v>88</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
         <v>89</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
         <v>90</v>
       </c>
-      <c r="D20">
-[...2 lines deleted...]
-      <c r="E20" t="s">
+      <c r="F20">
+        <v>2022</v>
+      </c>
+      <c r="G20" t="s">
         <v>91</v>
       </c>
-      <c r="F20">
-[...5 lines deleted...]
-      <c r="H20"/>
+      <c r="H20">
+        <v>6.71</v>
+      </c>
       <c r="I20">
-        <v>0.21</v>
+        <v>2.98</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
+        <v>92</v>
+      </c>
+      <c r="B21" t="s">
         <v>93</v>
       </c>
-      <c r="B21" t="s">
+      <c r="C21" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="D21">
         <v>2015</v>
       </c>
       <c r="E21" t="s">
         <v>95</v>
       </c>
       <c r="F21">
         <v>2021</v>
       </c>
       <c r="G21" t="s">
         <v>96</v>
       </c>
       <c r="H21"/>
       <c r="I21">
         <v>0.21</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
         <v>97</v>
       </c>
       <c r="B22" t="s">
         <v>98</v>
       </c>
       <c r="C22" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="D22">
         <v>2015</v>
       </c>
       <c r="E22" t="s">
         <v>99</v>
       </c>
       <c r="F22">
         <v>2021</v>
       </c>
       <c r="G22" t="s">
         <v>100</v>
       </c>
       <c r="H22"/>
       <c r="I22">
         <v>0.21</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
         <v>101</v>
       </c>
       <c r="B23" t="s">
         <v>102</v>
       </c>
       <c r="C23" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="D23">
         <v>2015</v>
       </c>
       <c r="E23" t="s">
         <v>103</v>
       </c>
       <c r="F23">
         <v>2021</v>
       </c>
       <c r="G23" t="s">
         <v>104</v>
       </c>
       <c r="H23"/>
       <c r="I23">
         <v>0.21</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
         <v>105</v>
       </c>
       <c r="B24" t="s">
         <v>106</v>
       </c>
       <c r="C24" t="s">
+        <v>94</v>
+      </c>
+      <c r="D24">
+        <v>2015</v>
+      </c>
+      <c r="E24" t="s">
         <v>107</v>
-      </c>
-[...4 lines deleted...]
-        <v>2100114</v>
       </c>
       <c r="F24">
         <v>2021</v>
       </c>
       <c r="G24" t="s">
         <v>108</v>
       </c>
-      <c r="H24">
-[...1 lines deleted...]
-      </c>
+      <c r="H24"/>
       <c r="I24">
-        <v>3.17</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
         <v>109</v>
       </c>
       <c r="B25" t="s">
         <v>110</v>
       </c>
       <c r="C25" t="s">
         <v>111</v>
       </c>
       <c r="D25">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="E25"/>
+        <v>15</v>
+      </c>
+      <c r="E25">
+        <v>2100114</v>
+      </c>
       <c r="F25">
         <v>2021</v>
       </c>
       <c r="G25" t="s">
         <v>112</v>
       </c>
       <c r="H25">
-        <v>17.69</v>
+        <v>10.95</v>
       </c>
       <c r="I25">
-        <v>4.85</v>
+        <v>3.17</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>113</v>
       </c>
       <c r="B26" t="s">
         <v>114</v>
       </c>
       <c r="C26" t="s">
         <v>115</v>
       </c>
-      <c r="D26"/>
+      <c r="D26">
+        <v>12</v>
+      </c>
       <c r="E26"/>
       <c r="F26">
         <v>2021</v>
       </c>
       <c r="G26" t="s">
         <v>116</v>
       </c>
       <c r="H26">
-        <v>1.4</v>
+        <v>17.69</v>
       </c>
       <c r="I26">
-        <v>0.42</v>
+        <v>4.85</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>117</v>
       </c>
       <c r="B27" t="s">
         <v>118</v>
       </c>
       <c r="C27" t="s">
-        <v>44</v>
-[...6 lines deleted...]
-      </c>
+        <v>119</v>
+      </c>
+      <c r="D27"/>
+      <c r="E27"/>
       <c r="F27">
         <v>2021</v>
       </c>
       <c r="G27" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="H27">
-        <v>3.97</v>
+        <v>1.4</v>
       </c>
       <c r="I27">
-        <v>1.03</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B28" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C28" t="s">
-        <v>122</v>
+        <v>48</v>
       </c>
       <c r="D28">
-        <v>113</v>
-[...2 lines deleted...]
-        <v>123</v>
+        <v>118</v>
+      </c>
+      <c r="E28">
+        <v>201101</v>
       </c>
       <c r="F28">
         <v>2021</v>
       </c>
       <c r="G28" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="H28">
-        <v>1.53</v>
+        <v>3.97</v>
       </c>
       <c r="I28">
-        <v>0.57</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
+        <v>124</v>
+      </c>
+      <c r="B29" t="s">
         <v>125</v>
       </c>
-      <c r="B29" t="s">
+      <c r="C29" t="s">
         <v>126</v>
       </c>
-      <c r="C29" t="s">
-[...2 lines deleted...]
-      <c r="D29"/>
+      <c r="D29">
+        <v>113</v>
+      </c>
       <c r="E29" t="s">
         <v>127</v>
       </c>
       <c r="F29">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G29" t="s">
         <v>128</v>
       </c>
       <c r="H29">
-        <v>6.71</v>
+        <v>1.53</v>
       </c>
       <c r="I29">
-        <v>2.98</v>
+        <v>0.57</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
         <v>129</v>
       </c>
       <c r="B30" t="s">
         <v>130</v>
       </c>
       <c r="C30" t="s">
+        <v>89</v>
+      </c>
+      <c r="D30"/>
+      <c r="E30" t="s">
         <v>131</v>
-      </c>
-[...4 lines deleted...]
-        <v>132</v>
       </c>
       <c r="F30">
         <v>2020</v>
       </c>
       <c r="G30" t="s">
-        <v>133</v>
-[...1 lines deleted...]
-      <c r="H30"/>
+        <v>132</v>
+      </c>
+      <c r="H30">
+        <v>6.71</v>
+      </c>
       <c r="I30">
-        <v>0.19</v>
+        <v>2.98</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
+        <v>133</v>
+      </c>
+      <c r="B31" t="s">
         <v>134</v>
       </c>
-      <c r="B31" t="s">
+      <c r="C31" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="D31">
         <v>2300</v>
       </c>
       <c r="E31" t="s">
         <v>136</v>
       </c>
       <c r="F31">
         <v>2020</v>
       </c>
       <c r="G31" t="s">
         <v>137</v>
       </c>
       <c r="H31"/>
       <c r="I31">
         <v>0.19</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
         <v>138</v>
       </c>
       <c r="B32" t="s">
         <v>139</v>
       </c>
       <c r="C32" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="D32">
         <v>2300</v>
       </c>
       <c r="E32" t="s">
         <v>140</v>
       </c>
       <c r="F32">
         <v>2020</v>
       </c>
       <c r="G32" t="s">
         <v>141</v>
       </c>
       <c r="H32"/>
       <c r="I32">
         <v>0.19</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
         <v>142</v>
       </c>
       <c r="B33" t="s">
         <v>143</v>
       </c>
       <c r="C33" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="D33">
         <v>2300</v>
       </c>
       <c r="E33" t="s">
         <v>144</v>
       </c>
       <c r="F33">
         <v>2020</v>
       </c>
       <c r="G33" t="s">
         <v>145</v>
       </c>
       <c r="H33"/>
       <c r="I33">
         <v>0.19</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
         <v>146</v>
       </c>
       <c r="B34" t="s">
         <v>147</v>
       </c>
       <c r="C34" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="D34">
         <v>2300</v>
       </c>
       <c r="E34" t="s">
         <v>148</v>
       </c>
       <c r="F34">
         <v>2020</v>
       </c>
       <c r="G34" t="s">
         <v>149</v>
       </c>
       <c r="H34"/>
       <c r="I34">
         <v>0.19</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
         <v>150</v>
       </c>
       <c r="B35" t="s">
         <v>151</v>
       </c>
       <c r="C35" t="s">
-        <v>90</v>
+        <v>135</v>
       </c>
       <c r="D35">
-        <v>1461</v>
+        <v>2300</v>
       </c>
       <c r="E35" t="s">
         <v>152</v>
       </c>
       <c r="F35">
         <v>2020</v>
       </c>
       <c r="G35" t="s">
         <v>153</v>
       </c>
       <c r="H35"/>
       <c r="I35">
-        <v>0.23</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
         <v>154</v>
       </c>
       <c r="B36" t="s">
         <v>155</v>
       </c>
       <c r="C36" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="D36">
         <v>1461</v>
       </c>
       <c r="E36" t="s">
         <v>156</v>
       </c>
       <c r="F36">
         <v>2020</v>
       </c>
       <c r="G36" t="s">
         <v>157</v>
       </c>
       <c r="H36"/>
       <c r="I36">
         <v>0.23</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
         <v>158</v>
       </c>
       <c r="B37" t="s">
         <v>159</v>
       </c>
       <c r="C37" t="s">
+        <v>94</v>
+      </c>
+      <c r="D37">
+        <v>1461</v>
+      </c>
+      <c r="E37" t="s">
         <v>160</v>
       </c>
-      <c r="D37">
-[...2 lines deleted...]
-      <c r="E37"/>
       <c r="F37">
         <v>2020</v>
       </c>
       <c r="G37" t="s">
         <v>161</v>
       </c>
-      <c r="H37">
-[...1 lines deleted...]
-      </c>
+      <c r="H37"/>
       <c r="I37">
-        <v>5.25</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
         <v>162</v>
       </c>
       <c r="B38" t="s">
         <v>163</v>
       </c>
       <c r="C38" t="s">
-        <v>16</v>
+        <v>164</v>
       </c>
       <c r="D38">
-        <v>7</v>
-[...3 lines deleted...]
-      </c>
+        <v>9</v>
+      </c>
+      <c r="E38"/>
       <c r="F38">
         <v>2020</v>
       </c>
       <c r="G38" t="s">
         <v>165</v>
       </c>
       <c r="H38">
-        <v>7.53</v>
+        <v>13.71</v>
       </c>
       <c r="I38">
-        <v>2.74</v>
+        <v>5.25</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
         <v>166</v>
       </c>
       <c r="B39" t="s">
         <v>167</v>
       </c>
       <c r="C39" t="s">
-        <v>90</v>
+        <v>20</v>
       </c>
       <c r="D39">
-        <v>1410</v>
+        <v>7</v>
       </c>
       <c r="E39" t="s">
         <v>168</v>
       </c>
       <c r="F39">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G39" t="s">
         <v>169</v>
       </c>
-      <c r="H39"/>
+      <c r="H39">
+        <v>7.53</v>
+      </c>
       <c r="I39">
-        <v>0.21</v>
+        <v>2.74</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
         <v>170</v>
       </c>
       <c r="B40" t="s">
         <v>171</v>
       </c>
       <c r="C40" t="s">
+        <v>94</v>
+      </c>
+      <c r="D40">
+        <v>1410</v>
+      </c>
+      <c r="E40" t="s">
         <v>172</v>
       </c>
-      <c r="D40"/>
-      <c r="E40"/>
       <c r="F40">
         <v>2019</v>
       </c>
       <c r="G40" t="s">
         <v>173</v>
       </c>
       <c r="H40"/>
-      <c r="I40"/>
+      <c r="I40">
+        <v>0.21</v>
+      </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
         <v>174</v>
       </c>
       <c r="B41" t="s">
         <v>175</v>
       </c>
       <c r="C41" t="s">
         <v>176</v>
       </c>
-      <c r="D41">
-[...4 lines deleted...]
-      </c>
+      <c r="D41"/>
+      <c r="E41"/>
       <c r="F41">
         <v>2019</v>
       </c>
       <c r="G41" t="s">
         <v>177</v>
       </c>
-      <c r="H41">
-[...4 lines deleted...]
-      </c>
+      <c r="H41"/>
+      <c r="I41"/>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
         <v>178</v>
       </c>
       <c r="B42" t="s">
         <v>179</v>
       </c>
       <c r="C42" t="s">
         <v>180</v>
       </c>
       <c r="D42">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="E42">
-        <v>101126</v>
+        <v>1900607</v>
       </c>
       <c r="F42">
         <v>2019</v>
       </c>
       <c r="G42" t="s">
         <v>181</v>
       </c>
       <c r="H42">
-        <v>3.82</v>
+        <v>3.73</v>
       </c>
       <c r="I42">
-        <v>1.57</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
         <v>182</v>
       </c>
       <c r="B43" t="s">
         <v>183</v>
       </c>
       <c r="C43" t="s">
-        <v>90</v>
+        <v>184</v>
       </c>
       <c r="D43">
-        <v>1199</v>
-[...2 lines deleted...]
-        <v>184</v>
+        <v>7</v>
+      </c>
+      <c r="E43">
+        <v>101126</v>
       </c>
       <c r="F43">
         <v>2019</v>
       </c>
       <c r="G43" t="s">
         <v>185</v>
       </c>
-      <c r="H43"/>
+      <c r="H43">
+        <v>3.82</v>
+      </c>
       <c r="I43">
-        <v>0.22</v>
+        <v>1.57</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
         <v>186</v>
       </c>
       <c r="B44" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="C44" t="s">
-        <v>187</v>
+        <v>94</v>
       </c>
       <c r="D44">
-        <v>123</v>
-[...2 lines deleted...]
-        <v>8813</v>
+        <v>1199</v>
+      </c>
+      <c r="E44" t="s">
+        <v>188</v>
       </c>
       <c r="F44">
         <v>2019</v>
       </c>
       <c r="G44" t="s">
-        <v>188</v>
-[...3 lines deleted...]
-      </c>
+        <v>189</v>
+      </c>
+      <c r="H44"/>
       <c r="I44">
-        <v>1.48</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B45" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="C45" t="s">
-        <v>90</v>
+        <v>191</v>
       </c>
       <c r="D45">
-        <v>1124</v>
+        <v>123</v>
       </c>
       <c r="E45">
-        <v>41018</v>
+        <v>8813</v>
       </c>
       <c r="F45">
         <v>2019</v>
       </c>
       <c r="G45" t="s">
-        <v>191</v>
-[...1 lines deleted...]
-      <c r="H45"/>
+        <v>192</v>
+      </c>
+      <c r="H45">
+        <v>4.19</v>
+      </c>
       <c r="I45">
-        <v>0.22</v>
+        <v>1.48</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B46" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C46" t="s">
-        <v>194</v>
+        <v>94</v>
       </c>
       <c r="D46">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>1124</v>
+      </c>
+      <c r="E46">
+        <v>41018</v>
       </c>
       <c r="F46">
         <v>2019</v>
       </c>
       <c r="G46" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="H46"/>
-      <c r="I46"/>
+      <c r="I46">
+        <v>0.22</v>
+      </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
+        <v>196</v>
+      </c>
+      <c r="B47" t="s">
         <v>197</v>
       </c>
-      <c r="B47" t="s">
+      <c r="C47" t="s">
         <v>198</v>
       </c>
-      <c r="C47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D47">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="E47" t="s">
         <v>199</v>
       </c>
       <c r="F47">
         <v>2019</v>
       </c>
       <c r="G47" t="s">
         <v>200</v>
       </c>
-      <c r="H47">
-[...4 lines deleted...]
-      </c>
+      <c r="H47"/>
+      <c r="I47"/>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
         <v>201</v>
       </c>
       <c r="B48" t="s">
         <v>202</v>
       </c>
       <c r="C48" t="s">
-        <v>90</v>
+        <v>20</v>
       </c>
       <c r="D48">
-        <v>1092</v>
-[...2 lines deleted...]
-        <v>12116</v>
+        <v>6</v>
+      </c>
+      <c r="E48" t="s">
+        <v>203</v>
       </c>
       <c r="F48">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G48" t="s">
-        <v>203</v>
-[...1 lines deleted...]
-      <c r="H48"/>
+        <v>204</v>
+      </c>
+      <c r="H48">
+        <v>6.86</v>
+      </c>
       <c r="I48">
-        <v>0.24</v>
+        <v>2.97</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B49" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C49" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="D49">
         <v>1092</v>
       </c>
       <c r="E49">
-        <v>12140</v>
+        <v>12116</v>
       </c>
       <c r="F49">
         <v>2018</v>
       </c>
       <c r="G49" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="H49"/>
       <c r="I49">
         <v>0.24</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B50" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C50" t="s">
-        <v>209</v>
+        <v>94</v>
       </c>
       <c r="D50">
-        <v>8</v>
+        <v>1092</v>
       </c>
       <c r="E50">
-        <v>14135</v>
+        <v>12140</v>
       </c>
       <c r="F50">
         <v>2018</v>
       </c>
       <c r="G50" t="s">
         <v>210</v>
       </c>
-      <c r="H50">
-[...1 lines deleted...]
-      </c>
+      <c r="H50"/>
       <c r="I50">
-        <v>1.41</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
         <v>211</v>
       </c>
       <c r="B51" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="C51" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="D51">
-        <v>10671</v>
+        <v>8</v>
       </c>
       <c r="E51">
-        <v>1067118</v>
+        <v>14135</v>
       </c>
       <c r="F51">
         <v>2018</v>
       </c>
       <c r="G51" t="s">
-        <v>213</v>
-[...1 lines deleted...]
-      <c r="H51"/>
+        <v>214</v>
+      </c>
+      <c r="H51">
+        <v>4.01</v>
+      </c>
       <c r="I51">
-        <v>0.23</v>
+        <v>1.41</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B52" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="C52" t="s">
-        <v>107</v>
+        <v>216</v>
       </c>
       <c r="D52">
-        <v>11</v>
+        <v>10671</v>
       </c>
       <c r="E52">
-        <v>1700168</v>
+        <v>1067118</v>
       </c>
       <c r="F52">
         <v>2018</v>
       </c>
       <c r="G52" t="s">
-        <v>216</v>
-[...3 lines deleted...]
-      </c>
+        <v>217</v>
+      </c>
+      <c r="H52"/>
       <c r="I52">
-        <v>3.82</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B53" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C53" t="s">
-        <v>219</v>
-[...2 lines deleted...]
-      <c r="E53"/>
+        <v>111</v>
+      </c>
+      <c r="D53">
+        <v>11</v>
+      </c>
+      <c r="E53">
+        <v>1700168</v>
+      </c>
       <c r="F53">
         <v>2018</v>
       </c>
       <c r="G53" t="s">
         <v>220</v>
       </c>
-      <c r="H53"/>
-      <c r="I53"/>
+      <c r="H53">
+        <v>9.06</v>
+      </c>
+      <c r="I53">
+        <v>3.82</v>
+      </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
         <v>221</v>
       </c>
       <c r="B54" t="s">
         <v>222</v>
       </c>
       <c r="C54" t="s">
-        <v>122</v>
-[...6 lines deleted...]
-      </c>
+        <v>223</v>
+      </c>
+      <c r="D54"/>
+      <c r="E54"/>
       <c r="F54">
         <v>2018</v>
       </c>
       <c r="G54" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="H54"/>
       <c r="I54"/>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="B55" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C55" t="s">
-        <v>30</v>
-[...4 lines deleted...]
-      <c r="E55" t="s">
+        <v>126</v>
+      </c>
+      <c r="D55">
+        <v>107</v>
+      </c>
+      <c r="E55">
+        <v>43070</v>
+      </c>
+      <c r="F55">
+        <v>2018</v>
+      </c>
+      <c r="G55" t="s">
         <v>227</v>
       </c>
-      <c r="F55">
-[...10 lines deleted...]
-      </c>
+      <c r="H55"/>
+      <c r="I55"/>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
+        <v>228</v>
+      </c>
+      <c r="B56" t="s">
         <v>229</v>
       </c>
-      <c r="B56" t="s">
+      <c r="C56" t="s">
+        <v>34</v>
+      </c>
+      <c r="D56" t="s">
         <v>230</v>
       </c>
-      <c r="C56" t="s">
+      <c r="E56" t="s">
         <v>231</v>
-      </c>
-[...4 lines deleted...]
-        <v>232</v>
       </c>
       <c r="F56">
         <v>2017</v>
       </c>
       <c r="G56" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="H56">
-        <v>3.36</v>
+        <v>12.08</v>
       </c>
       <c r="I56">
-        <v>1.52</v>
+        <v>7.45</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
+        <v>233</v>
+      </c>
+      <c r="B57" t="s">
         <v>234</v>
       </c>
-      <c r="B57" t="s">
+      <c r="C57" t="s">
         <v>235</v>
       </c>
-      <c r="C57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D57">
-        <v>1874</v>
-[...2 lines deleted...]
-        <v>40005</v>
+        <v>25</v>
+      </c>
+      <c r="E57" t="s">
+        <v>236</v>
       </c>
       <c r="F57">
         <v>2017</v>
       </c>
       <c r="G57" t="s">
-        <v>236</v>
-[...1 lines deleted...]
-      <c r="H57"/>
+        <v>237</v>
+      </c>
+      <c r="H57">
+        <v>3.36</v>
+      </c>
       <c r="I57">
-        <v>0.17</v>
+        <v>1.52</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="B58" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C58" t="s">
-        <v>16</v>
+        <v>135</v>
       </c>
       <c r="D58">
-        <v>4</v>
+        <v>1874</v>
       </c>
       <c r="E58">
-        <v>723</v>
+        <v>40005</v>
       </c>
       <c r="F58">
         <v>2017</v>
       </c>
       <c r="G58" t="s">
-        <v>239</v>
-[...3 lines deleted...]
-      </c>
+        <v>240</v>
+      </c>
+      <c r="H58"/>
       <c r="I58">
-        <v>3.38</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="B59" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="C59" t="s">
-        <v>131</v>
+        <v>20</v>
       </c>
       <c r="D59">
-        <v>1874</v>
+        <v>4</v>
       </c>
       <c r="E59">
-        <v>30005</v>
+        <v>723</v>
       </c>
       <c r="F59">
         <v>2017</v>
       </c>
       <c r="G59" t="s">
-        <v>241</v>
-[...1 lines deleted...]
-      <c r="H59"/>
+        <v>243</v>
+      </c>
+      <c r="H59">
+        <v>6.88</v>
+      </c>
       <c r="I59">
-        <v>0.17</v>
+        <v>3.38</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="B60" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="C60" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="D60">
         <v>1874</v>
       </c>
       <c r="E60">
         <v>30040</v>
       </c>
       <c r="F60">
         <v>2017</v>
       </c>
       <c r="G60" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="H60"/>
       <c r="I60">
         <v>0.17</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="B61" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="C61" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="D61">
         <v>1874</v>
       </c>
       <c r="E61">
         <v>30035</v>
       </c>
       <c r="F61">
         <v>2017</v>
       </c>
       <c r="G61" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="H61"/>
       <c r="I61">
         <v>0.17</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="B62" t="s">
-        <v>249</v>
+        <v>242</v>
       </c>
       <c r="C62" t="s">
-        <v>250</v>
-[...3 lines deleted...]
-        <v>251</v>
+        <v>135</v>
+      </c>
+      <c r="D62">
+        <v>1874</v>
+      </c>
+      <c r="E62">
+        <v>30005</v>
       </c>
       <c r="F62">
         <v>2017</v>
       </c>
       <c r="G62" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="H62"/>
-      <c r="I62"/>
+      <c r="I62">
+        <v>0.17</v>
+      </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>252</v>
+      </c>
+      <c r="B63" t="s">
         <v>253</v>
-      </c>
-[...1 lines deleted...]
-        <v>238</v>
       </c>
       <c r="C63" t="s">
         <v>254</v>
       </c>
       <c r="D63"/>
       <c r="E63" t="s">
         <v>255</v>
       </c>
       <c r="F63">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G63" t="s">
         <v>256</v>
       </c>
       <c r="H63"/>
       <c r="I63"/>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
         <v>257</v>
       </c>
       <c r="B64" t="s">
+        <v>242</v>
+      </c>
+      <c r="C64" t="s">
         <v>258</v>
       </c>
-      <c r="C64" t="s">
-[...6 lines deleted...]
-        <v>35516</v>
+      <c r="D64"/>
+      <c r="E64" t="s">
+        <v>259</v>
       </c>
       <c r="F64">
         <v>2016</v>
       </c>
       <c r="G64" t="s">
-        <v>259</v>
-[...6 lines deleted...]
-      </c>
+        <v>260</v>
+      </c>
+      <c r="H64"/>
+      <c r="I64"/>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="B65" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C65" t="s">
-        <v>107</v>
-[...5 lines deleted...]
-        <v>263</v>
+        <v>213</v>
+      </c>
+      <c r="D65">
+        <v>6</v>
+      </c>
+      <c r="E65">
+        <v>35516</v>
       </c>
       <c r="F65">
         <v>2016</v>
       </c>
       <c r="G65" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="H65">
-        <v>8.43</v>
+        <v>4.26</v>
       </c>
       <c r="I65">
-        <v>4.01</v>
+        <v>1.69</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
+        <v>264</v>
+      </c>
+      <c r="B66" t="s">
         <v>265</v>
       </c>
-      <c r="B66" t="s">
+      <c r="C66" t="s">
+        <v>111</v>
+      </c>
+      <c r="D66" t="s">
         <v>266</v>
       </c>
-      <c r="C66" t="s">
-[...6 lines deleted...]
-        <v>30001</v>
+      <c r="E66" t="s">
+        <v>267</v>
       </c>
       <c r="F66">
         <v>2016</v>
       </c>
       <c r="G66" t="s">
-        <v>267</v>
-[...1 lines deleted...]
-      <c r="H66"/>
+        <v>268</v>
+      </c>
+      <c r="H66">
+        <v>8.43</v>
+      </c>
       <c r="I66">
-        <v>0.18</v>
+        <v>4.01</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="B67" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C67" t="s">
-        <v>270</v>
-[...2 lines deleted...]
-      <c r="E67"/>
+        <v>135</v>
+      </c>
+      <c r="D67">
+        <v>1748</v>
+      </c>
+      <c r="E67">
+        <v>30001</v>
+      </c>
       <c r="F67">
         <v>2016</v>
       </c>
       <c r="G67" t="s">
         <v>271</v>
       </c>
       <c r="H67"/>
       <c r="I67">
-        <v>0.1</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
         <v>272</v>
       </c>
       <c r="B68" t="s">
         <v>273</v>
       </c>
       <c r="C68" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="D68"/>
       <c r="E68"/>
       <c r="F68">
         <v>2016</v>
       </c>
       <c r="G68" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="H68"/>
       <c r="I68">
         <v>0.1</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="B69" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="C69" t="s">
-        <v>107</v>
-[...6 lines deleted...]
-      </c>
+        <v>274</v>
+      </c>
+      <c r="D69"/>
+      <c r="E69"/>
       <c r="F69">
         <v>2016</v>
       </c>
       <c r="G69" t="s">
         <v>278</v>
       </c>
-      <c r="H69">
-[...1 lines deleted...]
-      </c>
+      <c r="H69"/>
       <c r="I69">
-        <v>4.01</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
         <v>279</v>
       </c>
       <c r="B70" t="s">
         <v>280</v>
       </c>
       <c r="C70" t="s">
+        <v>111</v>
+      </c>
+      <c r="D70">
+        <v>10</v>
+      </c>
+      <c r="E70" t="s">
         <v>281</v>
-      </c>
-[...4 lines deleted...]
-        <v>282</v>
       </c>
       <c r="F70">
         <v>2016</v>
       </c>
       <c r="G70" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="H70">
-        <v>7.37</v>
+        <v>8.43</v>
       </c>
       <c r="I70">
-        <v>2.79</v>
+        <v>4.01</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>283</v>
+      </c>
+      <c r="B71" t="s">
         <v>284</v>
       </c>
-      <c r="B71" t="s">
+      <c r="C71" t="s">
         <v>285</v>
       </c>
-      <c r="C71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D71">
-        <v>690</v>
-[...2 lines deleted...]
-        <v>12021</v>
+        <v>8</v>
+      </c>
+      <c r="E71" t="s">
+        <v>286</v>
       </c>
       <c r="F71">
         <v>2016</v>
       </c>
       <c r="G71" t="s">
-        <v>286</v>
-[...1 lines deleted...]
-      <c r="H71"/>
+        <v>287</v>
+      </c>
+      <c r="H71">
+        <v>7.37</v>
+      </c>
       <c r="I71">
-        <v>0.25</v>
+        <v>2.79</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="B72" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="C72" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="D72">
         <v>690</v>
       </c>
       <c r="E72">
         <v>12020</v>
       </c>
       <c r="F72">
         <v>2016</v>
       </c>
       <c r="G72" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="H72"/>
       <c r="I72">
         <v>0.25</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="B73" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="C73" t="s">
-        <v>209</v>
+        <v>94</v>
       </c>
       <c r="D73">
-        <v>6</v>
+        <v>690</v>
       </c>
       <c r="E73">
-        <v>22546</v>
+        <v>12021</v>
       </c>
       <c r="F73">
         <v>2016</v>
       </c>
       <c r="G73" t="s">
-        <v>292</v>
-[...3 lines deleted...]
-      </c>
+        <v>293</v>
+      </c>
+      <c r="H73"/>
       <c r="I73">
-        <v>1.69</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B74" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="C74" t="s">
-        <v>295</v>
+        <v>213</v>
       </c>
       <c r="D74">
-        <v>41</v>
-[...2 lines deleted...]
-        <v>296</v>
+        <v>6</v>
+      </c>
+      <c r="E74">
+        <v>22546</v>
       </c>
       <c r="F74">
         <v>2016</v>
       </c>
       <c r="G74" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="H74">
-        <v>3.42</v>
+        <v>4.26</v>
       </c>
       <c r="I74">
-        <v>1.77</v>
+        <v>1.69</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
+        <v>297</v>
+      </c>
+      <c r="B75" t="s">
         <v>298</v>
       </c>
-      <c r="B75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C75" t="s">
-        <v>281</v>
+        <v>299</v>
       </c>
       <c r="D75">
-        <v>8</v>
+        <v>41</v>
       </c>
       <c r="E75" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="F75">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G75" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="H75">
-        <v>7.76</v>
+        <v>3.42</v>
       </c>
       <c r="I75">
-        <v>2.77</v>
+        <v>1.77</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="B76" t="s">
-        <v>302</v>
+        <v>292</v>
       </c>
       <c r="C76" t="s">
+        <v>285</v>
+      </c>
+      <c r="D76">
+        <v>8</v>
+      </c>
+      <c r="E76" t="s">
         <v>303</v>
-      </c>
-[...4 lines deleted...]
-        <v>61</v>
       </c>
       <c r="F76">
         <v>2015</v>
       </c>
-      <c r="G76"/>
-[...1 lines deleted...]
-      <c r="I76"/>
+      <c r="G76" t="s">
+        <v>304</v>
+      </c>
+      <c r="H76">
+        <v>7.76</v>
+      </c>
+      <c r="I76">
+        <v>2.77</v>
+      </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="B77" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="C77" t="s">
-        <v>90</v>
+        <v>307</v>
       </c>
       <c r="D77">
-        <v>661</v>
+        <v>26</v>
       </c>
       <c r="E77">
-        <v>12034</v>
+        <v>61</v>
       </c>
       <c r="F77">
         <v>2015</v>
       </c>
-      <c r="G77" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G77"/>
       <c r="H77"/>
-      <c r="I77">
-[...1 lines deleted...]
-      </c>
+      <c r="I77"/>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="B78" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="C78" t="s">
-        <v>309</v>
+        <v>94</v>
       </c>
       <c r="D78">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>310</v>
+        <v>661</v>
+      </c>
+      <c r="E78">
+        <v>12034</v>
       </c>
       <c r="F78">
         <v>2015</v>
       </c>
-      <c r="G78"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G78" t="s">
+        <v>310</v>
+      </c>
+      <c r="H78"/>
       <c r="I78">
-        <v>0.58</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
         <v>311</v>
       </c>
       <c r="B79" t="s">
         <v>312</v>
       </c>
       <c r="C79" t="s">
         <v>313</v>
       </c>
-      <c r="D79"/>
-      <c r="E79"/>
+      <c r="D79">
+        <v>57</v>
+      </c>
+      <c r="E79" t="s">
+        <v>314</v>
+      </c>
       <c r="F79">
         <v>2015</v>
       </c>
-      <c r="G79" t="s">
-[...3 lines deleted...]
-      <c r="I79"/>
+      <c r="G79"/>
+      <c r="H79">
+        <v>0.78</v>
+      </c>
+      <c r="I79">
+        <v>0.58</v>
+      </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
         <v>315</v>
       </c>
       <c r="B80" t="s">
         <v>316</v>
       </c>
       <c r="C80" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="D80"/>
       <c r="E80"/>
       <c r="F80">
         <v>2015</v>
       </c>
       <c r="G80" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="H80"/>
       <c r="I80"/>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="B81" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="C81" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="D81"/>
       <c r="E81"/>
       <c r="F81">
         <v>2015</v>
       </c>
       <c r="G81" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="H81"/>
       <c r="I81"/>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="B82" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="C82" t="s">
-        <v>323</v>
-[...6 lines deleted...]
-      </c>
+        <v>317</v>
+      </c>
+      <c r="D82"/>
+      <c r="E82"/>
       <c r="F82">
         <v>2015</v>
       </c>
       <c r="G82" t="s">
-        <v>325</v>
-[...6 lines deleted...]
-      </c>
+        <v>324</v>
+      </c>
+      <c r="H82"/>
+      <c r="I82"/>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
+        <v>325</v>
+      </c>
+      <c r="B83" t="s">
         <v>326</v>
       </c>
-      <c r="B83" t="s">
+      <c r="C83" t="s">
         <v>327</v>
       </c>
-      <c r="C83" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D83">
-        <v>119</v>
+        <v>57</v>
       </c>
       <c r="E83" t="s">
         <v>328</v>
       </c>
       <c r="F83">
         <v>2015</v>
       </c>
       <c r="G83" t="s">
         <v>329</v>
       </c>
       <c r="H83">
-        <v>4.51</v>
+        <v>0.83</v>
       </c>
       <c r="I83">
-        <v>1.89</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
         <v>330</v>
       </c>
       <c r="B84" t="s">
         <v>331</v>
       </c>
       <c r="C84" t="s">
+        <v>191</v>
+      </c>
+      <c r="D84">
+        <v>119</v>
+      </c>
+      <c r="E84" t="s">
         <v>332</v>
       </c>
-      <c r="D84"/>
-      <c r="E84"/>
       <c r="F84">
         <v>2015</v>
       </c>
       <c r="G84" t="s">
         <v>333</v>
       </c>
-      <c r="H84"/>
-      <c r="I84"/>
+      <c r="H84">
+        <v>4.51</v>
+      </c>
+      <c r="I84">
+        <v>1.89</v>
+      </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
         <v>334</v>
       </c>
       <c r="B85" t="s">
         <v>335</v>
       </c>
       <c r="C85" t="s">
-        <v>281</v>
-[...4 lines deleted...]
-      <c r="E85" t="s">
         <v>336</v>
       </c>
+      <c r="D85"/>
+      <c r="E85"/>
       <c r="F85">
         <v>2015</v>
       </c>
       <c r="G85" t="s">
         <v>337</v>
       </c>
-      <c r="H85">
-[...4 lines deleted...]
-      </c>
+      <c r="H85"/>
+      <c r="I85"/>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
         <v>338</v>
       </c>
       <c r="B86" t="s">
         <v>339</v>
       </c>
       <c r="C86" t="s">
-        <v>44</v>
+        <v>285</v>
       </c>
       <c r="D86">
-        <v>106</v>
-[...2 lines deleted...]
-        <v>171913</v>
+        <v>7</v>
+      </c>
+      <c r="E86" t="s">
+        <v>340</v>
       </c>
       <c r="F86">
         <v>2015</v>
       </c>
       <c r="G86" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="H86">
-        <v>3.14</v>
+        <v>7.76</v>
       </c>
       <c r="I86">
-        <v>1.5</v>
+        <v>2.77</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="B87" t="s">
-        <v>312</v>
+        <v>343</v>
       </c>
       <c r="C87" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="D87">
         <v>106</v>
       </c>
       <c r="E87">
-        <v>171110</v>
+        <v>171913</v>
       </c>
       <c r="F87">
         <v>2015</v>
       </c>
       <c r="G87" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="H87">
         <v>3.14</v>
       </c>
       <c r="I87">
         <v>1.5</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="B88" t="s">
-        <v>344</v>
+        <v>320</v>
       </c>
       <c r="C88" t="s">
-        <v>30</v>
+        <v>48</v>
       </c>
       <c r="D88">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>345</v>
+        <v>106</v>
+      </c>
+      <c r="E88">
+        <v>171110</v>
       </c>
       <c r="F88">
         <v>2015</v>
       </c>
       <c r="G88" t="s">
         <v>346</v>
       </c>
       <c r="H88">
-        <v>13.78</v>
+        <v>3.14</v>
       </c>
       <c r="I88">
-        <v>8.36</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
         <v>347</v>
       </c>
       <c r="B89" t="s">
         <v>348</v>
       </c>
       <c r="C89" t="s">
-        <v>281</v>
+        <v>34</v>
       </c>
       <c r="D89">
-        <v>7</v>
+        <v>15</v>
       </c>
       <c r="E89" t="s">
         <v>349</v>
       </c>
       <c r="F89">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G89" t="s">
         <v>350</v>
       </c>
       <c r="H89">
-        <v>7.39</v>
+        <v>13.78</v>
       </c>
       <c r="I89">
-        <v>2.65</v>
+        <v>8.36</v>
       </c>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" t="s">
         <v>351</v>
       </c>
       <c r="B90" t="s">
         <v>352</v>
       </c>
       <c r="C90" t="s">
-        <v>212</v>
+        <v>285</v>
       </c>
       <c r="D90">
-        <v>9163</v>
+        <v>7</v>
       </c>
       <c r="E90" t="s">
         <v>353</v>
       </c>
       <c r="F90">
         <v>2014</v>
       </c>
       <c r="G90" t="s">
         <v>354</v>
       </c>
-      <c r="H90"/>
+      <c r="H90">
+        <v>7.39</v>
+      </c>
       <c r="I90">
-        <v>0.24</v>
+        <v>2.65</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" t="s">
         <v>355</v>
       </c>
       <c r="B91" t="s">
-        <v>305</v>
+        <v>356</v>
       </c>
       <c r="C91" t="s">
-        <v>356</v>
+        <v>216</v>
       </c>
       <c r="D91">
-        <v>5</v>
+        <v>9163</v>
       </c>
       <c r="E91" t="s">
         <v>357</v>
       </c>
       <c r="F91">
         <v>2014</v>
       </c>
-      <c r="G91"/>
+      <c r="G91" t="s">
+        <v>358</v>
+      </c>
       <c r="H91"/>
-      <c r="I91"/>
+      <c r="I91">
+        <v>0.24</v>
+      </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="B92" t="s">
-        <v>359</v>
+        <v>309</v>
       </c>
       <c r="C92" t="s">
-        <v>115</v>
+        <v>360</v>
       </c>
       <c r="D92">
-        <v>99</v>
+        <v>5</v>
       </c>
       <c r="E92" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="F92">
         <v>2014</v>
       </c>
-      <c r="G92" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G92"/>
+      <c r="H92"/>
+      <c r="I92"/>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" t="s">
         <v>362</v>
       </c>
       <c r="B93" t="s">
         <v>363</v>
       </c>
       <c r="C93" t="s">
-        <v>231</v>
+        <v>119</v>
       </c>
       <c r="D93">
-        <v>22</v>
+        <v>99</v>
       </c>
       <c r="E93" t="s">
         <v>364</v>
       </c>
       <c r="F93">
         <v>2014</v>
       </c>
       <c r="G93" t="s">
         <v>365</v>
       </c>
       <c r="H93">
-        <v>3.49</v>
+        <v>1.36</v>
       </c>
       <c r="I93">
-        <v>2.31</v>
+        <v>0.76</v>
       </c>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" t="s">
         <v>366</v>
       </c>
       <c r="B94" t="s">
         <v>367</v>
       </c>
       <c r="C94" t="s">
+        <v>235</v>
+      </c>
+      <c r="D94">
+        <v>22</v>
+      </c>
+      <c r="E94" t="s">
         <v>368</v>
       </c>
-      <c r="D94">
-[...4 lines deleted...]
-      </c>
       <c r="F94">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G94" t="s">
         <v>369</v>
       </c>
       <c r="H94">
-        <v>2.48</v>
+        <v>3.49</v>
       </c>
       <c r="I94">
-        <v>0.81</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" t="s">
         <v>370</v>
       </c>
       <c r="B95" t="s">
         <v>371</v>
       </c>
       <c r="C95" t="s">
         <v>372</v>
       </c>
       <c r="D95">
-        <v>87</v>
-[...2 lines deleted...]
-        <v>373</v>
+        <v>8</v>
+      </c>
+      <c r="E95">
+        <v>260</v>
       </c>
       <c r="F95">
         <v>2013</v>
       </c>
       <c r="G95" t="s">
-        <v>374</v>
+        <v>373</v>
       </c>
       <c r="H95">
-        <v>3.66</v>
-[...1 lines deleted...]
-      <c r="I95"/>
+        <v>2.48</v>
+      </c>
+      <c r="I95">
+        <v>0.81</v>
+      </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" t="s">
+        <v>374</v>
+      </c>
+      <c r="B96" t="s">
         <v>375</v>
       </c>
-      <c r="B96" t="s">
+      <c r="C96" t="s">
         <v>376</v>
       </c>
-      <c r="C96" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D96">
-        <v>8425</v>
+        <v>87</v>
       </c>
       <c r="E96" t="s">
         <v>377</v>
       </c>
       <c r="F96">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="G96" t="s">
         <v>378</v>
       </c>
-      <c r="H96"/>
-[...2 lines deleted...]
-      </c>
+      <c r="H96">
+        <v>3.66</v>
+      </c>
+      <c r="I96"/>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" t="s">
         <v>379</v>
       </c>
       <c r="B97" t="s">
         <v>380</v>
       </c>
       <c r="C97" t="s">
-        <v>323</v>
+        <v>216</v>
       </c>
       <c r="D97">
-        <v>54</v>
+        <v>8425</v>
       </c>
       <c r="E97" t="s">
         <v>381</v>
       </c>
       <c r="F97">
         <v>2012</v>
       </c>
       <c r="G97" t="s">
         <v>382</v>
       </c>
-      <c r="H97">
-[...1 lines deleted...]
-      </c>
+      <c r="H97"/>
       <c r="I97">
-        <v>0.47</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" t="s">
         <v>383</v>
       </c>
       <c r="B98" t="s">
         <v>384</v>
       </c>
       <c r="C98" t="s">
+        <v>327</v>
+      </c>
+      <c r="D98">
+        <v>54</v>
+      </c>
+      <c r="E98" t="s">
         <v>385</v>
       </c>
-      <c r="D98"/>
-      <c r="E98" t="s">
+      <c r="F98">
+        <v>2012</v>
+      </c>
+      <c r="G98" t="s">
         <v>386</v>
       </c>
-      <c r="F98">
-[...6 lines deleted...]
-      <c r="I98"/>
+      <c r="H98">
+        <v>0.77</v>
+      </c>
+      <c r="I98">
+        <v>0.47</v>
+      </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" t="s">
+        <v>387</v>
+      </c>
+      <c r="B99" t="s">
         <v>388</v>
       </c>
-      <c r="B99" t="s">
+      <c r="C99" t="s">
         <v>389</v>
-      </c>
-[...1 lines deleted...]
-        <v>385</v>
       </c>
       <c r="D99"/>
       <c r="E99" t="s">
         <v>390</v>
       </c>
       <c r="F99">
         <v>2011</v>
       </c>
       <c r="G99" t="s">
         <v>391</v>
       </c>
       <c r="H99"/>
       <c r="I99"/>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" t="s">
         <v>392</v>
       </c>
       <c r="B100" t="s">
         <v>393</v>
       </c>
       <c r="C100" t="s">
-        <v>323</v>
-[...3 lines deleted...]
-      </c>
+        <v>389</v>
+      </c>
+      <c r="D100"/>
       <c r="E100" t="s">
         <v>394</v>
       </c>
       <c r="F100">
         <v>2011</v>
       </c>
       <c r="G100" t="s">
         <v>395</v>
       </c>
-      <c r="H100">
-[...4 lines deleted...]
-      </c>
+      <c r="H100"/>
+      <c r="I100"/>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" t="s">
         <v>396</v>
       </c>
       <c r="B101" t="s">
         <v>397</v>
       </c>
       <c r="C101" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="D101">
         <v>53</v>
       </c>
       <c r="E101" t="s">
         <v>398</v>
       </c>
       <c r="F101">
         <v>2011</v>
       </c>
       <c r="G101" t="s">
         <v>399</v>
       </c>
       <c r="H101">
         <v>0.71</v>
       </c>
       <c r="I101">
         <v>0.36</v>
       </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102" t="s">
         <v>400</v>
       </c>
       <c r="B102" t="s">
         <v>401</v>
       </c>
       <c r="C102" t="s">
-        <v>68</v>
+        <v>327</v>
       </c>
       <c r="D102">
-        <v>8</v>
+        <v>53</v>
       </c>
       <c r="E102" t="s">
         <v>402</v>
       </c>
       <c r="F102">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="G102" t="s">
         <v>403</v>
       </c>
       <c r="H102">
-        <v>2.13</v>
+        <v>0.71</v>
       </c>
       <c r="I102">
-        <v>1.55</v>
+        <v>0.36</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103" t="s">
         <v>404</v>
       </c>
       <c r="B103" t="s">
-        <v>397</v>
+        <v>405</v>
       </c>
       <c r="C103" t="s">
-        <v>405</v>
+        <v>72</v>
       </c>
       <c r="D103">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>115401</v>
+        <v>8</v>
+      </c>
+      <c r="E103" t="s">
+        <v>406</v>
       </c>
       <c r="F103">
         <v>2010</v>
       </c>
       <c r="G103" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="H103">
+        <v>2.13</v>
+      </c>
+      <c r="I103">
+        <v>1.55</v>
+      </c>
+    </row>
+    <row r="104" spans="1:9">
+      <c r="A104" t="s">
+        <v>408</v>
+      </c>
+      <c r="B104" t="s">
+        <v>401</v>
+      </c>
+      <c r="C104" t="s">
+        <v>409</v>
+      </c>
+      <c r="D104">
+        <v>22</v>
+      </c>
+      <c r="E104">
+        <v>115401</v>
+      </c>
+      <c r="F104">
+        <v>2010</v>
+      </c>
+      <c r="G104" t="s">
+        <v>410</v>
+      </c>
+      <c r="H104">
         <v>1.96</v>
       </c>
-      <c r="I103">
+      <c r="I104">
         <v>1.53</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>