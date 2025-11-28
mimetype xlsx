--- v0 (2025-10-06)
+++ v1 (2025-11-28)
@@ -293,113 +293,113 @@
   <si>
     <t>2021 Conference on Lasers and Electro-Optics Europe &amp; European Quantum Electronics Conference (CLEO/Europe-EQEC)</t>
   </si>
   <si>
     <t>10.1109/cleo/europe-eqec52157.2021.9541685</t>
   </si>
   <si>
     <t>Generation of High Harmonics in Silicon Metasurfaces Boosted by Bound States in the Continuum</t>
   </si>
   <si>
     <t>Georgiy Zograf, Viacheslav Korolev, Anastasia Zalogina, Duk-Yong Choi, Richard Hollinger, Michael Zurch, Daniil Kartashov, Christian Spielmann, Sergey Makarov, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1109/cleo/europe-eqec52157.2021.9542035</t>
   </si>
   <si>
     <t>Enhanced Multiphoton Processes in Perovskite Metasurfaces</t>
   </si>
   <si>
     <t>Yubin Fan, Pavel Tonkaev, Yuhan Wang, Qinghai Song, Jiecai Han, Sergey Makarov, Yuri Kivshar, Shumin Xiao</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.1c02074</t>
   </si>
   <si>
+    <t>Plasmonic diatomic metasurfaces for full-Stokes polarization perfect absorption</t>
+  </si>
+  <si>
+    <t>Yao Liang, Han Lin, Fengchun Zhang, Yunyi Yang, Jiayang Wu, Yuri Kivshar, Baohua Jia</t>
+  </si>
+  <si>
+    <t>Conference on Lasers and Electro-Optics</t>
+  </si>
+  <si>
+    <t>10.1364/cleo_qels.2021.fw4j.2</t>
+  </si>
+  <si>
+    <t>Topological and Localized States in Waveguide Quantum Electrodynamics</t>
+  </si>
+  <si>
+    <t>Janet Zhong, Alexander V. Poshakinskiy, Yongguan Ke, Nikita Olekhno, Chaohong Lee, Yuri Kivshar, Alexander Poddubny</t>
+  </si>
+  <si>
+    <t>10.1364/cleo_qels.2021.fth1p.3</t>
+  </si>
+  <si>
+    <t>Fano Resonances in Individual Dielectric Nanoantennas</t>
+  </si>
+  <si>
+    <t>Elizaveta Melik-Gaykazyan, Andrey Bogdanov, Yuri Kivshar</t>
+  </si>
+  <si>
+    <t>10.1364/cleo_qels.2021.ftu4f.4</t>
+  </si>
+  <si>
     <t>Exceptionally high coupling of light into optical fibers via all-dielectric nanostructures</t>
   </si>
   <si>
     <t>Henrik Schneidewind, Uwe Hübner, Torsten Wieduwilt, Matthias Zeisberger, Andrey Bogdanov, Yuri Kivshar, Markus A. Schmidt</t>
   </si>
   <si>
-    <t>Conference on Lasers and Electro-Optics</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1364/cleo_si.2021.sm1p.4</t>
   </si>
   <si>
     <t>Super-BIC Laser</t>
   </si>
   <si>
     <t>Min-Soo Hwang, Hoo-Cheol Lee, Kyoung-Ho Kim, Kwang-Yong Jeong, Soon-Hong Kwon, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1364/cleo_qels.2021.ftu4f.6</t>
   </si>
   <si>
     <t>Observation of Ultrafast Self-Action Effects in Resonant Dielectric Metasurfaces</t>
   </si>
   <si>
     <t>Ivan Sinev, Zhuojun Liu, Anton Rudenko, Konstantin Ladutenko, Alexey Shcherbakov, Zarina Sadrieva, Tatiana Itina, Andrey Bogdanov, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1364/cleo_qels.2021.fm3i.6</t>
   </si>
   <si>
     <t>High-Q localized states in finite extent arrays of Mie resonators</t>
   </si>
   <si>
     <t>10.1364/cleo_qels.2021.fth4i.2</t>
   </si>
   <si>
-    <t>Plasmonic diatomic metasurfaces for full-Stokes polarization perfect absorption</t>
-[...25 lines deleted...]
-  <si>
     <t>All-dielectric thermonanophotonics</t>
   </si>
   <si>
     <t>Georgiy Zograf, Mihail Petrov, Sergey Makarov, Yuri Kivshar</t>
   </si>
   <si>
     <t>Advances in Optics and Photonics</t>
   </si>
   <si>
     <t>10.1364/aop.426047</t>
   </si>
   <si>
     <t>Lasing Action from Anapole Metasurfaces</t>
   </si>
   <si>
     <t>Aditya Tripathi, Ha-Reem Kim, Pavel Tonkaev, Soon-Jae Lee, Sergey Makarov, Sergey S. Kruk, Mikhail Rybin, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.1c01857</t>
   </si>
   <si>
     <t>Ultralow-threshold laser using super-bound states in the continuum</t>
   </si>
   <si>
     <t>Nature Communications</t>
@@ -416,74 +416,74 @@
   <si>
     <t>Nonlinear Circular Dichroism in Mie-Resonant Nanoparticle Dimers</t>
   </si>
   <si>
     <t>Kristina Frizyuk, Elizaveta Melik-Gaykazyan, Mihail Petrov, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.1c01025</t>
   </si>
   <si>
     <t>All‐Dielectric Nanostructures with a Thermoresponsible Dynamic Polymer Shell</t>
   </si>
   <si>
     <t>Anna A. Nikitina, Valentin Milichko, Alexander S. Novikov, Artem Larin, Proloy Nandi, Utkur Mirsaidov, Daria V. Andreeva, Mikhail Rybin, Yuri Kivshar, Ekaterina V. Skorb</t>
   </si>
   <si>
     <t>Angewandte Chemie International Edition</t>
   </si>
   <si>
     <t>12737-12741</t>
   </si>
   <si>
     <t>10.1002/anie.202101188</t>
   </si>
   <si>
+    <t>Silicon metasurfaces with bound states in the continuum for high-harmonic generation</t>
+  </si>
+  <si>
+    <t>Georgiy Zograf, Viacheslav Korolev, Anastasia Zalogina, Duk-Yong Choi, Richard Hollinger, Barry Luther Davies, Michael Zurch, Daniil Kartashov, Christian Spielmann, Sergey Makarov, Yuri Kivshar</t>
+  </si>
+  <si>
+    <t>Nonlinear Optics and Applications XII</t>
+  </si>
+  <si>
+    <t>10.1117/12.2592977</t>
+  </si>
+  <si>
     <t>Record-breaking light coupling into nanostructured optical fibers under large incident angles</t>
   </si>
   <si>
     <t>Henrik Schneidewind, Uwe Hubner, Torsten Wieduwilt, Matthias Zeisberger, Andrey Bogdanov, Yuri Kivshar, Markus A. Schmidt</t>
   </si>
   <si>
     <t>Micro-structured and Specialty Optical Fibres VII</t>
   </si>
   <si>
     <t>10.1117/12.2590790</t>
   </si>
   <si>
-    <t>Silicon metasurfaces with bound states in the continuum for high-harmonic generation</t>
-[...10 lines deleted...]
-  <si>
     <t>Quantum Hall phases emerging from atom–photon interactions</t>
   </si>
   <si>
     <t>Alexander V. Poshakinskiy, Janet Zhong, Yongguan Ke, Nikita Olekhno, Chaohong Lee, Yuri Kivshar, Alexander Poddubny</t>
   </si>
   <si>
     <t>npj Quantum Information</t>
   </si>
   <si>
     <t>10.1038/s41534-021-00372-8</t>
   </si>
   <si>
     <t>From Fano to Quasi-BIC Resonances in Individual Dielectric Nanoantennas</t>
   </si>
   <si>
     <t>Elizaveta Melik-Gaykazyan, Sergey S. Kruk, Andrey Bogdanov, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.0c04660</t>
   </si>
   <si>
     <t>Full-Stokes Polarization Perfect Absorption with Diatomic Metasurfaces</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.0c04456</t>
@@ -1043,68 +1043,68 @@
   <si>
     <t>Science Bulletin</t>
   </si>
   <si>
     <t>10.1016/j.scib.2018.12.003</t>
   </si>
   <si>
     <t>Experimental observation of toroidal dipole modes in all-dielectric metasurfaces</t>
   </si>
   <si>
     <t>Andrey Sayanskiy, Polina Kapitanova, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1002/adom.201801166</t>
   </si>
   <si>
     <t>Asymmetric metasurfaces with high-Q resonances governed by bound states in the continuum</t>
   </si>
   <si>
     <t>Sergey Lepeshov, Andrey Bogdanov, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1103/PhysRevLett.121.193903</t>
   </si>
   <si>
+    <t>Strong Mode Coupling and High-Q Supercavity Modes in Subwavelength Dielectric Resonators</t>
+  </si>
+  <si>
+    <t>Andrey Bogdanov, Sergey Gladishev, Zarina Sadrieva, Mikhail Rybin, Kirill Samusev, Mikhail Limonov, Yuri Kivshar</t>
+  </si>
+  <si>
+    <t>IEEE - 2018 Conference on Lasers and Electro-Optics (CLEO)</t>
+  </si>
+  <si>
+    <t>10.1364/CLEO_AT.2018.JTh2A.73</t>
+  </si>
+  <si>
     <t>Nonlinear nanophotonics and bound states in the continuum</t>
   </si>
   <si>
-    <t>IEEE - 2018 Conference on Lasers and Electro-Optics (CLEO)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1364/CLEO_QELS.2018.FM2E.2</t>
   </si>
   <si>
-    <t>Strong Mode Coupling and High-Q Supercavity Modes in Subwavelength Dielectric Resonators</t>
-[...7 lines deleted...]
-  <si>
     <t>Nonlinear control of electromagnetic topological edge states</t>
   </si>
   <si>
     <t>Alexey Yulin, Alexey Slobozhanyuk, Alexander Poddubny, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1103/PhysRevLett.121.163901</t>
   </si>
   <si>
     <t>Halide-Perovskite Resonant Nanophotonics</t>
   </si>
   <si>
     <t>Sergey Makarov, Aleksandra Furasova, Ekaterina Tiguntseva, Andreas Hemmetter, Aleksander Berestennikov, Anatoly Pushkarev, Anvar Zakhidov, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1002/adom.201800784</t>
   </si>
   <si>
     <t>Giant nonlinear response at the nanoscale driven by bound states in the continuum</t>
   </si>
   <si>
     <t>https://doi.org/10.1103/PhysRevLett.121.033903</t>
   </si>
   <si>
     <t>Near-field coupling effects in Mie-resonant photonic structures and all-dielectric metasurfaces</t>
@@ -1124,185 +1124,185 @@
   <si>
     <t>Artem Sinelnik, Mikhail Rybin, Mikhail Limonov, Yuri Kivshar, Kirill Samusev</t>
   </si>
   <si>
     <t>2017 Progress In Electromagnetics Research Symposium - Spring (PIERS)</t>
   </si>
   <si>
     <t>540-543</t>
   </si>
   <si>
     <t>Nonlinear wavefront control with all-dielectric metasurfaces</t>
   </si>
   <si>
     <t>3978–3984</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.8b01460</t>
   </si>
   <si>
     <t>Nonlinear Dielectric Metasurfaces for Wavefront Control</t>
   </si>
   <si>
     <t>10.1364/cleo_si.2018.sm4d.6</t>
   </si>
   <si>
+    <t>Light-Emitting Halide Perovskite Nanoantennas</t>
+  </si>
+  <si>
+    <t>Ekaterina Tiguntseva, Georgiy Zograf, Filipp Komissarenko, Dmitry Zuev, Anvar Zakhidov, Sergey Makarov, Yuri Kivshar</t>
+  </si>
+  <si>
+    <t>1185-1190</t>
+  </si>
+  <si>
+    <t>10.1021/acs.nanolett.7b04727</t>
+  </si>
+  <si>
     <t>Nanoimprinted hybrid perovskite metasurfaces</t>
   </si>
   <si>
     <t>Sergey Makarov, Valentin Milichko, Yuri Kivshar, Anvar Zakhidov</t>
   </si>
   <si>
     <t>10.1109/piers.2017.8261891</t>
   </si>
   <si>
     <t>Nanocrystalline resonant silicon nanoparticle for highly efficient second harmonic generation</t>
   </si>
   <si>
     <t>Sergey Makarov, Mihail Petrov, Tim Fischer, Valentin Milichko, Dmitry Zuev, Georgiy Zograf, Daria A. Smirnova, Sergey V. Starikov, Boris N. Chichkov, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1109/piers.2017.8262339</t>
   </si>
   <si>
-    <t>Light-Emitting Halide Perovskite Nanoantennas</t>
-[...8 lines deleted...]
-    <t>10.1021/acs.nanolett.7b04727</t>
+    <t>Nonlinear light generation in topological nanostructures</t>
+  </si>
+  <si>
+    <t>Alexander Poddubny, Alexey Slobozhanyuk, Yuri Kivshar</t>
+  </si>
+  <si>
+    <t>Nature Nanotechnology</t>
+  </si>
+  <si>
+    <t>10.1038/s41565-018-0324-7</t>
+  </si>
+  <si>
+    <t>Toward Silicon-Based Metamaterials</t>
+  </si>
+  <si>
+    <t>Sergey Li, Yuri Kivshar, Mikhail Rybin</t>
+  </si>
+  <si>
+    <t>4751-4757</t>
+  </si>
+  <si>
+    <t>10.1021/acsphotonics.8b01126</t>
   </si>
   <si>
     <t>Active high-Q dielectric terahertz supercavities</t>
   </si>
   <si>
     <t>10.1364/CLEO_SI.2018.SM4D.6</t>
   </si>
   <si>
-    <t>Nonlinear light generation in topological nanostructures</t>
-[...22 lines deleted...]
-  <si>
     <t>Nanoscale generation of white light for ultrabroadband nanospectroscopy</t>
   </si>
   <si>
     <t>Sergey Makarov, Ivan Sinev, Valentin Milichko, Filipp Komissarenko, Dmitry Zuev, Ivan Mukhin, Pavel Belov, Ivan Iorsh, Alexander Poddubny, Anton Samusev, Yuri Kivshar</t>
   </si>
   <si>
     <t>18 (1)</t>
   </si>
   <si>
     <t>535–539</t>
   </si>
   <si>
     <t>10.1021/acs.nanolett.7b04542</t>
   </si>
   <si>
     <t>Locally enhanced image quality with tunable hybrid metasurfaces</t>
   </si>
   <si>
     <t>Alena Shchelokova, Alexey Slobozhanyuk, Irina Melchakova, Stanislav Glybovski, Yuri Kivshar, Pavel Belov</t>
   </si>
   <si>
     <t>10.1103/PhysRevApplied.9.014020</t>
   </si>
   <si>
     <t>Fano resonances in photonics</t>
   </si>
   <si>
     <t>Mikhail Limonov, Mikhail Rybin, Alexander Poddubny, Yuri Kivshar</t>
   </si>
   <si>
     <t>Nature Photonics</t>
   </si>
   <si>
     <t>543–554</t>
   </si>
   <si>
     <t>doi:10.1038/nphoton.2017.142</t>
   </si>
   <si>
+    <t>Photonic topological edge states in metallic and all-dielectric structures</t>
+  </si>
+  <si>
+    <t>Alexey Slobozhanyuk, Yuri Kivshar, Alexander Poddubny</t>
+  </si>
+  <si>
+    <t>2017 IEEE Int. Symposium on Antennas and Propagation &amp; USNC/URSI National Radio Science Meeting</t>
+  </si>
+  <si>
+    <t>doi: 10.1109/APUSNCURSINRSM.2017.8072070</t>
+  </si>
+  <si>
+    <t>Tunable hybrid metasurfaces for MRI applications</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>doi: 10.1063/1.4998062</t>
+  </si>
+  <si>
+    <t>Topological Photonics Goes Three-Dimensional</t>
+  </si>
+  <si>
+    <t>Alexey Slobozhanyuk, Yuri Kivshar</t>
+  </si>
+  <si>
     <t>Tunable hybrid metasurfaces for image quality enhancement</t>
   </si>
   <si>
     <t>Alexey Slobozhanyuk, Yuri Kivshar, Alena Shchelokova, Irina Melchakova, Stanislav Glybovski, Pavel Belov</t>
   </si>
   <si>
-    <t>2017 IEEE Int. Symposium on Antennas and Propagation &amp; USNC/URSI National Radio Science Meeting</t>
-[...1 lines deleted...]
-  <si>
     <t>doi: 10.1109/APUSNCURSINRSM.2017.8072791</t>
   </si>
   <si>
-    <t>Photonic topological edge states in metallic and all-dielectric structures</t>
-[...22 lines deleted...]
-  <si>
     <t>High-Q resonances with low azimuthal indices in all-dielectric high-index nanoparticles</t>
   </si>
   <si>
     <t>Andrey Bogdanov, Zarina Sadrieva, Kirill Samusev, Mikhail Rybin, Mikhail Limonov, Yuri Kivshar</t>
   </si>
   <si>
     <t>Proceedings of SPIE</t>
   </si>
   <si>
     <t>10.1117/12.2272375</t>
   </si>
   <si>
     <t>Tunable spin-directional coupling for surface localized waves with anisotropic metasurface</t>
   </si>
   <si>
     <t>Andrey Bogdanov, Ivan Iorsh, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1117/12.2261663</t>
   </si>
   <si>
     <t>Enhanced Second-Harmonic Generation from Sequential Capillarity-Assisted Particle Assembly of Hybrid Nanodimers</t>
   </si>
   <si>
     <t>Mihail Petrov, Yuri Kivshar</t>
@@ -1520,68 +1520,68 @@
   <si>
     <t>Transition from two-dimensional photonic crystals to dielectric metasurfaces in the optical diffraction with a fine structure</t>
   </si>
   <si>
     <t>Mikhail Rybin, Kirill Samusev,  Lukashenko S. Yu., Yuri Kivshar, Mikhail Limonov</t>
   </si>
   <si>
     <t>10.1038/srep30773</t>
   </si>
   <si>
     <t>Polarization control over electric and magnetic dipole resonances of dielectric nanoparticles on metallic films</t>
   </si>
   <si>
     <t>Ivan Sinev, Ivan Iorsh, Andrey Bogdanov, Dmitry Permyakov, Filipp Komissarenko, Ivan Mukhin, Anton Samusev, Yuri Kivshar</t>
   </si>
   <si>
     <t>vol. 10(5)</t>
   </si>
   <si>
     <t>799-806</t>
   </si>
   <si>
     <t>10.1002/lpor.201600055</t>
   </si>
   <si>
+    <t>Hybrid localized waves supported by resonant anisotropic metasurfaces</t>
+  </si>
+  <si>
+    <t>Andrey Bogdanov, Anton Ovcharenko, Mingzhao Song, Dmitry Baranov, Ivan Sinev, Ivan Mukhin, Anton Samusev, Ivan Iorsh, Yuri Kivshar</t>
+  </si>
+  <si>
+    <t>10.1364/CLEO_QELS.2016.FM3D.6</t>
+  </si>
+  <si>
     <t>From high-Q magnetic dipole scattering to broadband electric field localization by silicon nanoparticle on metal</t>
   </si>
   <si>
     <t>Andrey Bogdanov, Ivan Sinev, Ivan Iorsh, Dmitry Permyakov, Filipp Komissarenko, Ivan Mukhin, Anton Samusev, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1364/CLEO_QELS.2016.FM4B.6</t>
   </si>
   <si>
-    <t>Hybrid localized waves supported by resonant anisotropic metasurfaces</t>
-[...7 lines deleted...]
-  <si>
     <t>Experimental realisation of all-dielectric bianisotropic metasurfaces</t>
   </si>
   <si>
     <t>Mikhail Odit, Polina Kapitanova, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1063/1.4953023</t>
   </si>
   <si>
     <t>Demonstration of the enhanced Purcell factor in all-dielectric structures</t>
   </si>
   <si>
     <t>Stanislav Glybovski, Mihail Petrov, Sergey Makarov, Roman Savelev, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1063/1.4952740</t>
   </si>
   <si>
     <t>Enhanced photonic spin Hall effect with subwavelength topological edge states</t>
   </si>
   <si>
     <t>Alexey Slobozhanyuk, Alexander Poddubny, Ivan Sinev, Anton Samusev, Yuri Kivshar</t>
   </si>
   <si>
     <t>656–664</t>
@@ -1589,68 +1589,68 @@
   <si>
     <t>10.1002/lpor.201600042</t>
   </si>
   <si>
     <t>Metasurfaces: From microwaves to visible</t>
   </si>
   <si>
     <t>Stanislav Glybovski, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>Physics Reports</t>
   </si>
   <si>
     <t>10.1016/j.physrep.2016.04.004</t>
   </si>
   <si>
     <t>Nonlocal homogenization for nonlinear metamaterials</t>
   </si>
   <si>
     <t>Maxim Gorlach, Tatiana Voytova, Mikhail Lapine, Yuri Kivshar, Pavel Belov</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.93.165125</t>
   </si>
   <si>
+    <t>Fano resonance can make a homogeneous cylinder invisible: theoretical proposal and experimental demonstration</t>
+  </si>
+  <si>
+    <t>Mikhail Rybin, Dmitry Filonov, Kirill Samusev, Pavel Belov, Yuri Kivshar, Mikhail Limonov</t>
+  </si>
+  <si>
+    <t>10.1117/12.2224441</t>
+  </si>
+  <si>
     <t>Transition from photonic crystals to dielectric metamaterials: A phase diagram and the order parameter</t>
   </si>
   <si>
-    <t>Mikhail Rybin, Dmitry Filonov, Kirill Samusev, Pavel Belov, Yuri Kivshar, Mikhail Limonov</t>
-[...1 lines deleted...]
-  <si>
     <t>98850R</t>
   </si>
   <si>
     <t>10.1117/12.2223721</t>
   </si>
   <si>
-    <t>Fano resonance can make a homogeneous cylinder invisible: theoretical proposal and experimental demonstration</t>
-[...4 lines deleted...]
-  <si>
     <t>Resonant Raman scattering from silicon nanopar ticles enhanced by magnetic response</t>
   </si>
   <si>
     <t>Pavel Dmitriev, Valentin Milichko, Sergey Makarov, Ivan Mukhin, Anton Samusev, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>Nanoscale</t>
   </si>
   <si>
     <t>9721-9726</t>
   </si>
   <si>
     <t>10.1039/C5NR07965A</t>
   </si>
   <si>
     <t>Experimental demonstration of topological effects in bianisotropic metamaterials</t>
   </si>
   <si>
     <t>Alexey Slobozhanyuk, Dmitry Filonov, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1038/srep22270</t>
   </si>
   <si>
     <t>Purcell effect and Lamb shift as interference phenomena</t>
@@ -1685,149 +1685,149 @@
   <si>
     <t>Alexander Poddubny, Ilya Yagupov, Alexey Slobozhanyuk, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.92.214436</t>
   </si>
   <si>
     <t>Phase diagram for the transition from photonic crystals to dielectric metamaterials</t>
   </si>
   <si>
     <t>10.1038/ncomms10102</t>
   </si>
   <si>
     <t>Circular dichroism induced by Fano resonances in planar chiral oligomers</t>
   </si>
   <si>
     <t>Alexander Poddubny, Yuri Kivshar</t>
   </si>
   <si>
     <t>137–146</t>
   </si>
   <si>
     <t>10.1002/lpor.201500222</t>
   </si>
   <si>
+    <t>Fano resonance in chains of dielectric nanoparticles with side-coupled resonator</t>
+  </si>
+  <si>
+    <t>Roman Savelev, Mihail Petrov, Pavel Belov, Yuri Kivshar</t>
+  </si>
+  <si>
+    <t>2015 Days on Diffraction (DD)</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2015.7354876</t>
+  </si>
+  <si>
     <t>Scattering suppression with homogeneous ENZ-media</t>
   </si>
   <si>
     <t>Alexander Shalin, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
-    <t>2015 Days on Diffraction (DD)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/DD.2015.7354879</t>
   </si>
   <si>
     <t>Direct measurements of magnetic and electric optical responses from silicon nanoparticles</t>
   </si>
   <si>
     <t>Dmitry Permyakov, Ivan Sinev, Dmitry Markovich, Anton Samusev, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1109/DD.2015.7354867</t>
   </si>
   <si>
     <t>New types of surface waves on hyperbolic metasurface</t>
   </si>
   <si>
     <t>Anton Ovcharenko, Ivan Iorsh, Andrey Bogdanov, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1109/DD.2015.7354895</t>
   </si>
   <si>
-    <t>Fano resonance in chains of dielectric nanoparticles with side-coupled resonator</t>
-[...7 lines deleted...]
-  <si>
     <t>Annular wire metamaterial resonators for Magnetic Resonance Imaging</t>
   </si>
   <si>
     <t>Alena Shchelokova, Alexey Slobozhanyuk, Irina Melchakova, Alexander Poddubny, Yuri Kivshar, Pavel Belov</t>
   </si>
   <si>
     <t>2015 SBMO/IEEE MTT-S International Microwave and Optoelectronics Conference (IMOC)</t>
   </si>
   <si>
     <t>10.1109/IMOC.2015.7369199</t>
   </si>
   <si>
     <t>Silicon NanoDimers for Magnetic and Electric Field Hotspots</t>
   </si>
   <si>
     <t>Dmitry Permyakov, Dmitry Markovich, Anton Samusev, Yuri Kivshar</t>
   </si>
   <si>
     <t>Proc. Frontiers in Optics 2015 San Jose, California</t>
   </si>
   <si>
     <t>10.1364/FIO.2015.FW3E.6</t>
   </si>
   <si>
     <t>Resonant transmission of light in chains of high-index dielectric particles</t>
   </si>
   <si>
     <t>Roman Savelev, Dmitry Filonov, Mihail Petrov, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.92.155415</t>
   </si>
   <si>
     <t>An antenna model for the Purcell effect</t>
   </si>
   <si>
     <t>Alexey Slobozhanyuk, Alexander Poddubny, Yuri Kivshar, Pavel Belov</t>
   </si>
   <si>
     <t>10.1038/srep12956</t>
   </si>
   <si>
+    <t>Suppression of Light Scattering with ENZ-metamaterials</t>
+  </si>
+  <si>
+    <t>Progress in Electromagnetics Research Symposium</t>
+  </si>
+  <si>
+    <t>1178-1181</t>
+  </si>
+  <si>
     <t>Dyakonov-like Plasmonic Localized Waves on Graphene Metasurfaces</t>
   </si>
   <si>
     <t>Ivan Iorsh, Anton Ovcharenko, Andrey Bogdanov, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
-    <t>Progress in Electromagnetics Research Symposium</t>
-[...1 lines deleted...]
-  <si>
     <t>2347-2351</t>
   </si>
   <si>
-    <t>Suppression of Light Scattering with ENZ-metamaterials</t>
-[...4 lines deleted...]
-  <si>
     <t>Fano Resonance Enhanced Nonreciprocal Absorption and Scattering of Light</t>
   </si>
   <si>
     <t>Photonics</t>
   </si>
   <si>
     <t>745-757</t>
   </si>
   <si>
     <t>10.3390/photonics2020745</t>
   </si>
   <si>
     <t>Hybrid waves localized at hyperbolic metasurfaces</t>
   </si>
   <si>
     <t>Anton Ovcharenko, Mingzhao Song, Andrey Bogdanov, Ivan Iorsh, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.91.235423</t>
   </si>
   <si>
     <t>Mapping plasmonic topological states at the nanoscale</t>
   </si>
   <si>
     <t>Ivan Sinev, Ivan Mukhin, Alexey Slobozhanyuk, Alexander Poddubny, Anton Samusev, Yuri Kivshar</t>
@@ -1838,65 +1838,65 @@
   <si>
     <t>10.1039/C5NR00231A</t>
   </si>
   <si>
     <t>Enhanced emission extraction and selective excitation of NV centers with all–dielectric nanoantennas</t>
   </si>
   <si>
     <t>Chigrin D. N., Yuri Kivshar, Pavel Belov</t>
   </si>
   <si>
     <t>385-391</t>
   </si>
   <si>
     <t>10.1002/lpor.201400453</t>
   </si>
   <si>
     <t>Interplay of magnetic responses in all-dielectric oligomers to realize magnetic Fano resonances</t>
   </si>
   <si>
     <t>724-729</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.5b00082</t>
   </si>
   <si>
+    <t>Polarization properties of optical metasurfaces of different symmetries</t>
+  </si>
+  <si>
+    <t>10.1103/PhysRevB.91.195401</t>
+  </si>
+  <si>
     <t>Towards all-dielectric metamaterials and nanophotonics</t>
   </si>
   <si>
     <t>Sergey Makarov, Mihail Petrov, Roman Savelev, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1117/12.2176880</t>
   </si>
   <si>
-    <t>Polarization properties of optical metasurfaces of different symmetries</t>
-[...4 lines deleted...]
-  <si>
     <t>Compton-Like Polariton Scattering in Hyperbolic Metamaterials</t>
   </si>
   <si>
     <t>Ivan Iorsh, Alexander Poddubny, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1103/PhysRevLett.114.185501</t>
   </si>
   <si>
     <t>Probing magnetic and electric optical responses of silicon nanoparticles</t>
   </si>
   <si>
     <t>10.1063/1.4919536</t>
   </si>
   <si>
     <t>Scattering suppression from arbitrary objects in spatially dispersive layered metamaterials</t>
   </si>
   <si>
     <t>Alexander Shalin, Alexey Orlov, Ivan Iorsh, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.91.125426</t>
   </si>
   <si>
     <t>Switching from Visibility to Invisibility via Fano Resonances: Theory and Experiment</t>
@@ -2264,71 +2264,71 @@
   <si>
     <t>Circular dichroism of four-wave mixing in nonlinear metamaterials</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.88.195148</t>
   </si>
   <si>
     <t>Cavity-enhanced absorption and Fano resonances in graphene nanoribbons</t>
   </si>
   <si>
     <t>Ivan Iorsh, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.88.195422</t>
   </si>
   <si>
     <t>Broadband isotropic μ-near-zero metamaterials</t>
   </si>
   <si>
     <t>Pavel Belov, Alexey Slobozhanyuk, Dmitry Filonov, Ilya Yagupov, Polina Kapitanova, Mikhail Lapine, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1063/1.4832056</t>
   </si>
   <si>
+    <t>Revisiting the physics of Fano resonances for nanoparticle oligomers</t>
+  </si>
+  <si>
+    <t>Physical Review A</t>
+  </si>
+  <si>
+    <t>10.1103/PhysRevA.88.053819</t>
+  </si>
+  <si>
     <t>Broadband light coupling to dielectric slot waveguides with tapered plasmonic nanoantennas</t>
   </si>
   <si>
     <t>Optics Letters</t>
   </si>
   <si>
     <t>4853-4856</t>
   </si>
   <si>
     <t>10.1364/OL.38.004853</t>
   </si>
   <si>
-    <t>Revisiting the physics of Fano resonances for nanoparticle oligomers</t>
-[...7 lines deleted...]
-  <si>
     <t>Fano resonances in antennas: General control over radiation patterns</t>
   </si>
   <si>
     <t>Mikhail Rybin, Polina Kapitanova, Dmitry Filonov, Alexey Slobozhanyuk, Pavel Belov, Yuri Kivshar, Mikhail Limonov</t>
   </si>
   <si>
     <t>205106 (1-8)</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.88.205106</t>
   </si>
   <si>
     <t>Nano-opto-mechanical effects in plasmonic waveguides</t>
   </si>
   <si>
     <t>131–136</t>
   </si>
   <si>
     <t>10.1002/lpor.201300109</t>
   </si>
   <si>
     <t>Nonlinear reshaping of terahertz pulses with graphene metamaterials</t>
   </si>
   <si>
     <t>503-506</t>
@@ -2345,107 +2345,107 @@
   <si>
     <t>10.1109/ICECom.2013.6684721</t>
   </si>
   <si>
     <t>Single-mode subwavelength waveguides with wire metamaterials</t>
   </si>
   <si>
     <t>Pavel Belov, Ivan Iorsh, Ilya Yagupov, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1063/1.4824478</t>
   </si>
   <si>
     <t>Microwave metamaterials with competing light-controllable nonlinear response</t>
   </si>
   <si>
     <t>Polina Kapitanova, Alexey Slobozhanyuk, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>2013 European Microwave Conference</t>
   </si>
   <si>
     <t>533-536</t>
   </si>
   <si>
+    <t>Tailoring lattice parameters for broadband artificial diamagnetism</t>
+  </si>
+  <si>
+    <t>Mikhail Lapine, Yuri Kivshar, Pavel Belov</t>
+  </si>
+  <si>
+    <t>2013 7th International Congress on Advanced Electromagnetic Materials in Microwaves and Optics</t>
+  </si>
+  <si>
+    <t>34-36</t>
+  </si>
+  <si>
+    <t>10.1109/metamaterials.2013.6808944</t>
+  </si>
+  <si>
+    <t>Hyperbolic metamaterials for terahertz applications</t>
+  </si>
+  <si>
+    <t>331-333</t>
+  </si>
+  <si>
+    <t>10.1109/metamaterials.2013.6809043</t>
+  </si>
+  <si>
+    <t>Enhanced light trapping with optical nanoantennas for thin-film solar cells</t>
+  </si>
+  <si>
+    <t>Pavel Voroshilov, Michael Guzhva, Pavel Belov, Yuri Kivshar</t>
+  </si>
+  <si>
+    <t>49-51</t>
+  </si>
+  <si>
+    <t>10.1109/MetaMaterials.2013.6808949</t>
+  </si>
+  <si>
     <t>Light coupling in microwave metamaterials</t>
   </si>
   <si>
     <t>Alexey Slobozhanyuk, Polina Kapitanova, Dmitry Filonov, Pavel Belov, Mikhail Lapine, Yuri Kivshar</t>
   </si>
   <si>
-    <t>2013 7th International Congress on Advanced Electromagnetic Materials in Microwaves and Optics</t>
-[...1 lines deleted...]
-  <si>
     <t>190-192</t>
   </si>
   <si>
     <t>10.1109/MetaMaterials.2013.6808996</t>
   </si>
   <si>
     <t>Optomechanical “nonlinear” light modulation on nano-scales</t>
   </si>
   <si>
     <t>346-348</t>
   </si>
   <si>
     <t>10.1109/MetaMaterials.2013.6809048</t>
   </si>
   <si>
-    <t>Tailoring lattice parameters for broadband artificial diamagnetism</t>
-[...31 lines deleted...]
-  <si>
     <t>Electric and magnetic dipole radiation and Purcell effect in hyperbolic metamaterials</t>
   </si>
   <si>
     <t>Alexander Poddubny, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>88060T-1</t>
   </si>
   <si>
     <t>10.1117/12.2023857</t>
   </si>
   <si>
     <t>All-dielectric nanoantennas</t>
   </si>
   <si>
     <t>880626-(1-12</t>
   </si>
   <si>
     <t>10.1117/12.2025961</t>
   </si>
   <si>
     <t>Superdirective magnetic nanoantennas with effect of light steering: Theory and experiment</t>
   </si>
   <si>
     <t>2013 SBMO/IEEE MTT-S International Microwave &amp; Optoelectronics Conference (IMOC)</t>
@@ -2483,110 +2483,110 @@
   <si>
     <t>10.1364/IPRSN.2013.IM1B.1</t>
   </si>
   <si>
     <t>Subwavelength solitons and Faraday waves in two-dimensional lattices of metal nanoparticles</t>
   </si>
   <si>
     <t>2554-2556</t>
   </si>
   <si>
     <t>10.1364/OL.38.002554</t>
   </si>
   <si>
     <t>Hyperbolic metamaterials based on multilayer graphene structures</t>
   </si>
   <si>
     <t>Ivan Iorsh, Ivan Mukhin, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>075416 (1-6)</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.87.075416</t>
   </si>
   <si>
+    <t>Novel nonlinear chiral metamaterials</t>
+  </si>
+  <si>
+    <t>Alexey Slobozhanyuk, Pavel Belov, Mikhail Lapine, Yuri Kivshar</t>
+  </si>
+  <si>
+    <t>IEEE Antennas and Propagation Society, AP-S International Symposium (Digest)</t>
+  </si>
+  <si>
+    <t>488-489</t>
+  </si>
+  <si>
+    <t>10.1109/APS.2013.6710905</t>
+  </si>
+  <si>
     <t>Photosensitive SRR-metamaterials</t>
   </si>
   <si>
     <t>Alexey Slobozhanyuk, Polina Kapitanova, Dmitry Filonov, Pavel Belov, Yuri Kivshar, Mikhail Lapine</t>
   </si>
   <si>
-    <t>IEEE Antennas and Propagation Society, AP-S International Symposium (Digest)</t>
-[...1 lines deleted...]
-  <si>
     <t>1190-1191</t>
   </si>
   <si>
     <t>10.1109/APS.2013.6711255</t>
   </si>
   <si>
     <t>Ultracompact all-dielectric superdirective antennas: Theory and experiment</t>
   </si>
   <si>
     <t>Pavel Belov, Dmitry Filonov, Alexey Slobozhanyuk, Yuri Kivshar</t>
   </si>
   <si>
     <t>138-139</t>
   </si>
   <si>
     <t>10.1109/APS.2013.6710730</t>
   </si>
   <si>
-    <t>Novel nonlinear chiral metamaterials</t>
-[...8 lines deleted...]
-    <t>10.1109/APS.2013.6710905</t>
+    <t>Dielectric optical nanoantennas (in Russian)</t>
+  </si>
+  <si>
+    <t>Павел Белов, Юрий Кившар</t>
+  </si>
+  <si>
+    <t>Scientific and Technical Journal of Information Technologies, Mechanics and Optics</t>
+  </si>
+  <si>
+    <t>23-28</t>
   </si>
   <si>
     <t>Plasmons in waveguide structures formed by two graphene layers</t>
   </si>
   <si>
     <t>535-539</t>
   </si>
   <si>
     <t>10.1134/S0021364013090063</t>
   </si>
   <si>
-    <t>Dielectric optical nanoantennas (in Russian)</t>
-[...10 lines deleted...]
-  <si>
     <t>Enhanced efficiency of light-trapping nanoantenna arrays for thin-film solar cells</t>
   </si>
   <si>
     <t>A714–A725</t>
   </si>
   <si>
     <t>10.1364/OE.21.00A714</t>
   </si>
   <si>
     <t>Manipulating polarization of light with ultrathin epsilon-near-zero metamaterials</t>
   </si>
   <si>
     <t>Rodriguez Fortuno F. J., Ivan Iorsh, Alexander Atrashchenko, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>14907-14917</t>
   </si>
   <si>
     <t>10.1364/OE.21.014907</t>
   </si>
   <si>
     <t>Optical nanoantennas</t>
   </si>
   <si>
     <t>539-564</t>
@@ -2732,71 +2732,71 @@
   <si>
     <t>073116(1-5)</t>
   </si>
   <si>
     <t>10.1063/1.4758287</t>
   </si>
   <si>
     <t>Glassy nanostructures fabricated by the direct laser writing method</t>
   </si>
   <si>
     <t>Ivan Shishkin, Kirill Samusev, Mikhail Rybin, Mikhail Limonov, Yuri Kivshar</t>
   </si>
   <si>
     <t>1975-1980</t>
   </si>
   <si>
     <t>10.1134/S1063783412100319</t>
   </si>
   <si>
     <t>Tailoring and enhancing spontaneous two-photon emission using resonant plasmonic nanostructures</t>
   </si>
   <si>
     <t>10.1103/PhysRevA.86.033826</t>
   </si>
   <si>
+    <t>Nanoradar based on nonlinear dimer nanoantenna</t>
+  </si>
+  <si>
+    <t>3921-3923</t>
+  </si>
+  <si>
+    <t>10.1364/OL.37.003921</t>
+  </si>
+  <si>
     <t>Nonlocal effective parameters of multilayered metal-dielectric metamaterials</t>
   </si>
   <si>
     <t>Alexander Chebykin, Alexey Orlov, Yuri Kivshar, Pavel Belov</t>
   </si>
   <si>
     <t>115420(1-8)</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.86.115420</t>
   </si>
   <si>
-    <t>Nanoradar based on nonlinear dimer nanoantenna</t>
-[...7 lines deleted...]
-  <si>
     <t>Nonlinear metal–dielectric nanoantennas for light switching and routing</t>
   </si>
   <si>
     <t>10.1088/1367-2630/14/9/093005</t>
   </si>
   <si>
     <t>All-dielectric optical nanoantennas</t>
   </si>
   <si>
     <t>22-24</t>
   </si>
   <si>
     <t>10.1063/1.4750083</t>
   </si>
   <si>
     <t>Gain-induced compensation of losses in metal-dielectric metamaterials</t>
   </si>
   <si>
     <t>Roman Savelev, Andrey Sukhorukov, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>161-163</t>
   </si>
   <si>
     <t>10.1063/1.4750129</t>
@@ -2840,167 +2840,167 @@
   <si>
     <t>10.1103/PhysRevA.86.023819</t>
   </si>
   <si>
     <t>Metamaterials with tunable nonlinearity</t>
   </si>
   <si>
     <t>Alexey Slobozhanyuk, Polina Kapitanova, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>613-617</t>
   </si>
   <si>
     <t>10.1134/S0021364012120156</t>
   </si>
   <si>
     <t>Microscopic model of Purcell enhancement in hyperbolic metamaterials</t>
   </si>
   <si>
     <t>035148 (1-8)</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.86.035148</t>
   </si>
   <si>
+    <t>Nonlinear spiral metamaterials</t>
+  </si>
+  <si>
+    <t>Alexey Slobozhanyuk, Dmitry Filonov, Mikhail Lapine, Pavel Belov, Yuri Kivshar</t>
+  </si>
+  <si>
+    <t>Proceedings of the 2012 IEEE International Symposium on Antennas and Propagation</t>
+  </si>
+  <si>
+    <t>10.1109/APS.2012.6349225</t>
+  </si>
+  <si>
     <t>Light-controllable magnetic metamaterials based on loaded split-ring resonators</t>
   </si>
   <si>
     <t>Polina Kapitanova, Stanislav Maslovski, Pavel Voroshilov, Dmitry Filonov, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
-    <t>Proceedings of the 2012 IEEE International Symposium on Antennas and Propagation</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/APS.2012.6348088</t>
   </si>
   <si>
-    <t>Nonlinear spiral metamaterials</t>
-[...7 lines deleted...]
-  <si>
     <t>Wire Metamaterials: Physics and Applications</t>
   </si>
   <si>
     <t>Pavel Belov, Alexander Atrashchenko, Yuri Kivshar</t>
   </si>
   <si>
     <t>4229–4248</t>
   </si>
   <si>
     <t>10.1002/adma.201200931</t>
   </si>
   <si>
     <t>Inverted yablonovite fabricated by the direct laser writing method and its photonic structure</t>
   </si>
   <si>
     <t>457-461</t>
   </si>
   <si>
     <t>10.1134/S0021364012090123</t>
   </si>
   <si>
     <t>Nonlinear control of invisibility cloaking</t>
   </si>
   <si>
     <t>Zharov A. A., Yuri Kivshar</t>
   </si>
   <si>
     <t>14954-14959</t>
   </si>
   <si>
     <t>10.1364/OE.20.014954</t>
   </si>
   <si>
     <t>Purcell Effect, Surface Modes and Nonlocality in Hyperbolic Metamaterials</t>
   </si>
   <si>
     <t>Alexey Orlov, Alexander Chebykin, Ivan Iorsh, Alexander Poddubny, Pavel Voroshilov, Yuri Kivshar, Pavel Belov</t>
   </si>
   <si>
     <t>QTh1A.5</t>
   </si>
   <si>
     <t>10.1364/QELS.2012.QTh1A.5</t>
   </si>
   <si>
+    <t>Subwavelength plasmonic kinks, solitons oscillons in arrays of nonlinear metallic nanoparticles</t>
+  </si>
+  <si>
+    <t>84340G</t>
+  </si>
+  <si>
+    <t>10.1117/12.921762</t>
+  </si>
+  <si>
     <t>Inverted Yablonovite-like 3D photonic crystals fabricated by laser nanolithography</t>
   </si>
   <si>
     <t>84252C</t>
   </si>
   <si>
     <t>10.1117/12.940752</t>
   </si>
   <si>
-    <t>Subwavelength plasmonic kinks, solitons oscillons in arrays of nonlinear metallic nanoparticles</t>
-[...7 lines deleted...]
-  <si>
     <t>Experimental verification of the concept of all-dielectric nanoantennas</t>
   </si>
   <si>
     <t>Dmitry Filonov, Alexey Slobozhanyuk, Polina Kapitanova, Yuri Kivshar, Pavel Belov</t>
   </si>
   <si>
     <t>201113 (1-4)</t>
   </si>
   <si>
     <t>10.1063/1.4719209</t>
   </si>
   <si>
+    <t>Reconfigurable and Nonlinear Metamaterials (in Russian)</t>
+  </si>
+  <si>
+    <t>Юрий Кившар, Алексей Орлов</t>
+  </si>
+  <si>
+    <t>3(79)</t>
+  </si>
+  <si>
     <t>Band structure and broadband compensation of absorption by amplification in layered optical metamaterials</t>
   </si>
   <si>
     <t>Journal of Experimental and Theoretical Physics</t>
   </si>
   <si>
     <t>782-791</t>
   </si>
   <si>
     <t>10.1134/S1063776112040140</t>
   </si>
   <si>
-    <t>Reconfigurable and Nonlinear Metamaterials (in Russian)</t>
-[...7 lines deleted...]
-  <si>
     <t>Knotted Solitons in Nonlinear Magnetic Metamaterials</t>
   </si>
   <si>
     <t>133902(1-5)</t>
   </si>
   <si>
     <t>10.1103/PhysRevLett.108.133902</t>
   </si>
   <si>
     <t>Subwavelength modulational instability and plasmon oscillons in nanoparticle arrays</t>
   </si>
   <si>
     <t>093901(1-5)</t>
   </si>
   <si>
     <t>10.1103/PhysRevLett.108.093901</t>
   </si>
   <si>
     <t>Quarter-wavelength nanorod lens based on internal imaging</t>
   </si>
   <si>
     <t>Alexander Ageyskiy, Stanislav Maslovski, Yuri Kivshar, Pavel Belov</t>
   </si>
   <si>
     <t>033105(1-5)</t>
@@ -3053,68 +3053,68 @@
   <si>
     <t>10.1103/PhysRevA.84.065801</t>
   </si>
   <si>
     <t>Multifrequency tapered plasmonic nanoantennas</t>
   </si>
   <si>
     <t>Optics Communications</t>
   </si>
   <si>
     <t>821–824</t>
   </si>
   <si>
     <t>10.1016/j.optcom.2011.11.050</t>
   </si>
   <si>
     <t>Huygens optical elements and Yagi-Uda nanoantennas based on dielectric nanoparticles</t>
   </si>
   <si>
     <t>593-598</t>
   </si>
   <si>
     <t>10.1134/S0021364011200070</t>
   </si>
   <si>
+    <t>Double-shell metamaterial coatings for plasmonic cloaking</t>
+  </si>
+  <si>
+    <t>46–48</t>
+  </si>
+  <si>
+    <t>10.1002/pssr.201105475</t>
+  </si>
+  <si>
     <t>Nonlinear Tamm states in layered metal-dielectric metamaterials</t>
   </si>
   <si>
     <t>43-45</t>
   </si>
   <si>
     <t>10.1002/pssr.201105446</t>
   </si>
   <si>
-    <t>Double-shell metamaterial coatings for plasmonic cloaking</t>
-[...7 lines deleted...]
-  <si>
     <t>Metamaterials with conformational nonlinearity</t>
   </si>
   <si>
     <t>Mikhail Lapine, Yuri Kivshar</t>
   </si>
   <si>
     <t>138(1-4)</t>
   </si>
   <si>
     <t>10.1038/srep00138</t>
   </si>
   <si>
     <t>Interface modes in nanostructured metal-dielectric metamaterials</t>
   </si>
   <si>
     <t>151914(1-3)</t>
   </si>
   <si>
     <t>10.1063/1.3643152</t>
   </si>
   <si>
     <t>Nonlocal effective medium model for multilayered metal-dielectric metamaterials</t>
   </si>
   <si>
     <t>Alexander Chebykin, Alexey Orlov, Stanislav Maslovski, Yuri Kivshar, Pavel Belov</t>
@@ -3230,180 +3230,180 @@
   <si>
     <t>Comparative Study of FDTD-Adopted Numerical Algorithms for Kerr Nonlinearities</t>
   </si>
   <si>
     <t>IEEE Antennas and Wireless Propagation Letters</t>
   </si>
   <si>
     <t>143-146</t>
   </si>
   <si>
     <t>10.1109/LAWP.2011.2114319</t>
   </si>
   <si>
     <t>Active and tunable metamaterials</t>
   </si>
   <si>
     <t>Yuri Kivshar, Mikhail Lapine,  Shalaev V.M.</t>
   </si>
   <si>
     <t>287-307</t>
   </si>
   <si>
     <t>10.1002/lpor.201000012</t>
   </si>
   <si>
+    <t>Tunable fishnet metamaterials infiltrated by liquid crystals</t>
+  </si>
+  <si>
+    <t>193103-3</t>
+  </si>
+  <si>
+    <t>10.1109/COMMAD.2010.5699761</t>
+  </si>
+  <si>
     <t>Phase transitions of nonlinear waves in quadratic waveguide arrays</t>
   </si>
   <si>
     <t>Setzpfandt Frank, Andrey Sukhorukov, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1109/ACOFT.2010.5929950</t>
   </si>
   <si>
-    <t>Tunable fishnet metamaterials infiltrated by liquid crystals</t>
-[...7 lines deleted...]
-  <si>
     <t>All-optical switching of dark states in nonlinear coupled microring resonators</t>
   </si>
   <si>
     <t>10.1364/OL.35.003712</t>
   </si>
   <si>
     <t>Metamaterial tuning by manipulation of near-field interaction</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.82.155128</t>
   </si>
   <si>
     <t>Nonlinear suppression of time reversals in PT-symmetric optical couplers</t>
   </si>
   <si>
     <t>10.1103/PhysRevA.82.043818</t>
   </si>
   <si>
     <t>Focusing-to-defocusing crossover in nonlinear periodic structures</t>
   </si>
   <si>
     <t>10.1364/OL.35.003213</t>
   </si>
   <si>
     <t>Cavity mode control in side-coupled periodic waveguides: Theory and experiment</t>
   </si>
   <si>
     <t>310-317</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2010.04.010</t>
   </si>
   <si>
     <t>Complete spectral gap in coupled dielectric waveguides embedded into metal</t>
   </si>
   <si>
     <t>10.1063/1.3458694</t>
   </si>
   <si>
+    <t>Nonlinear surface waves in arrays of curved waveguides</t>
+  </si>
+  <si>
+    <t>62-66</t>
+  </si>
+  <si>
+    <t>10.1016/j.photonics.2009.08.003</t>
+  </si>
+  <si>
     <t>Backward and forward modes guided by metal-dielectric-metal plasmonic waveguides</t>
   </si>
   <si>
     <t>10.1117/1.3437397</t>
   </si>
   <si>
-    <t>Nonlinear surface waves in arrays of curved waveguides</t>
-[...7 lines deleted...]
-  <si>
     <t>Polychromatic solitons and symmetry breaking in curved waveguide arrays</t>
   </si>
   <si>
     <t>10.1364/OL.35.001371</t>
   </si>
   <si>
     <t>Bistability of Anderson Localized States in Nonlinear Random Media</t>
   </si>
   <si>
     <t>123902-4</t>
   </si>
   <si>
     <t>10.1103/PhysRevLett.104.123902</t>
   </si>
   <si>
     <t>Tilted response of fishnet metamaterials at near-infrared optical wavelengths</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.81.115109</t>
   </si>
   <si>
     <t>Anderson localization of classical waves in weakly scattering metamaterials</t>
   </si>
   <si>
     <t>075124-17</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.81.075124</t>
   </si>
   <si>
+    <t>Observation of Two-Dimensional Dynamic Localization of Light</t>
+  </si>
+  <si>
+    <t>223903(1-4)</t>
+  </si>
+  <si>
+    <t>10.1364/QELS.2010.QMA7</t>
+  </si>
+  <si>
+    <t>Nonlinear and tunable metamaterials (in Russian)</t>
+  </si>
+  <si>
+    <t>Юрий Кившар, Алексей Орлов, Павел Белов</t>
+  </si>
+  <si>
+    <t>Proceedings of national research center of photonics and optical informatics</t>
+  </si>
+  <si>
+    <t>78-91</t>
+  </si>
+  <si>
     <t>Nonlocal homogenization theory of multilayered metal-dielectric nanostructured optical metamaterials (in Russian)</t>
   </si>
   <si>
     <t>Александр Чебыкин, Алексей Орлов, Юрий Кившар, Павел Белов</t>
   </si>
   <si>
-    <t>Proceedings of national research center of photonics and optical informatics</t>
-[...1 lines deleted...]
-  <si>
     <t>92-112</t>
-  </si>
-[...16 lines deleted...]
-    <t>78-91</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -4377,114 +4377,114 @@
       <c r="A26" t="s">
         <v>100</v>
       </c>
       <c r="B26" t="s">
         <v>101</v>
       </c>
       <c r="C26" t="s">
         <v>95</v>
       </c>
       <c r="D26"/>
       <c r="E26"/>
       <c r="F26">
         <v>2021</v>
       </c>
       <c r="G26" t="s">
         <v>102</v>
       </c>
       <c r="H26"/>
       <c r="I26"/>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
         <v>103</v>
       </c>
       <c r="B27" t="s">
-        <v>74</v>
+        <v>104</v>
       </c>
       <c r="C27" t="s">
         <v>95</v>
       </c>
       <c r="D27"/>
       <c r="E27"/>
       <c r="F27">
         <v>2021</v>
       </c>
       <c r="G27" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="H27"/>
       <c r="I27"/>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B28" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C28" t="s">
         <v>95</v>
       </c>
       <c r="D28"/>
       <c r="E28"/>
       <c r="F28">
         <v>2021</v>
       </c>
       <c r="G28" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="H28"/>
       <c r="I28"/>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B29" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C29" t="s">
         <v>95</v>
       </c>
       <c r="D29"/>
       <c r="E29"/>
       <c r="F29">
         <v>2021</v>
       </c>
       <c r="G29" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="H29"/>
       <c r="I29"/>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B30" t="s">
-        <v>112</v>
+        <v>74</v>
       </c>
       <c r="C30" t="s">
         <v>95</v>
       </c>
       <c r="D30"/>
       <c r="E30"/>
       <c r="F30">
         <v>2021</v>
       </c>
       <c r="G30" t="s">
         <v>113</v>
       </c>
       <c r="H30"/>
       <c r="I30"/>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
         <v>114</v>
       </c>
       <c r="B31" t="s">
         <v>115</v>
       </c>
       <c r="C31" t="s">
         <v>116</v>
       </c>
@@ -4515,51 +4515,51 @@
         <v>119</v>
       </c>
       <c r="C32" t="s">
         <v>16</v>
       </c>
       <c r="D32"/>
       <c r="E32"/>
       <c r="F32">
         <v>2021</v>
       </c>
       <c r="G32" t="s">
         <v>120</v>
       </c>
       <c r="H32">
         <v>12.26</v>
       </c>
       <c r="I32">
         <v>3.76</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
         <v>121</v>
       </c>
       <c r="B33" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="C33" t="s">
         <v>122</v>
       </c>
       <c r="D33">
         <v>12</v>
       </c>
       <c r="E33"/>
       <c r="F33">
         <v>2021</v>
       </c>
       <c r="G33" t="s">
         <v>123</v>
       </c>
       <c r="H33">
         <v>17.69</v>
       </c>
       <c r="I33">
         <v>4.85</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
         <v>124</v>
       </c>
@@ -4717,76 +4717,76 @@
         <v>147</v>
       </c>
       <c r="C40" t="s">
         <v>16</v>
       </c>
       <c r="D40"/>
       <c r="E40"/>
       <c r="F40">
         <v>2021</v>
       </c>
       <c r="G40" t="s">
         <v>148</v>
       </c>
       <c r="H40">
         <v>12.26</v>
       </c>
       <c r="I40">
         <v>3.76</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
         <v>149</v>
       </c>
       <c r="B41" t="s">
-        <v>106</v>
+        <v>94</v>
       </c>
       <c r="C41" t="s">
         <v>16</v>
       </c>
       <c r="D41"/>
       <c r="E41"/>
       <c r="F41">
         <v>2021</v>
       </c>
       <c r="G41" t="s">
         <v>150</v>
       </c>
       <c r="H41">
         <v>12.26</v>
       </c>
       <c r="I41">
         <v>3.76</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
         <v>151</v>
       </c>
       <c r="B42" t="s">
-        <v>109</v>
+        <v>98</v>
       </c>
       <c r="C42" t="s">
         <v>152</v>
       </c>
       <c r="D42"/>
       <c r="E42"/>
       <c r="F42">
         <v>2021</v>
       </c>
       <c r="G42" t="s">
         <v>153</v>
       </c>
       <c r="H42"/>
       <c r="I42"/>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
         <v>154</v>
       </c>
       <c r="B43" t="s">
         <v>155</v>
       </c>
       <c r="C43" t="s">
         <v>71</v>
       </c>
@@ -4913,72 +4913,72 @@
       <c r="A48" t="s">
         <v>173</v>
       </c>
       <c r="B48" t="s">
         <v>174</v>
       </c>
       <c r="C48" t="s">
         <v>175</v>
       </c>
       <c r="D48"/>
       <c r="E48"/>
       <c r="F48">
         <v>2020</v>
       </c>
       <c r="G48" t="s">
         <v>176</v>
       </c>
       <c r="H48"/>
       <c r="I48"/>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
         <v>177</v>
       </c>
       <c r="B49" t="s">
-        <v>112</v>
+        <v>101</v>
       </c>
       <c r="C49" t="s">
         <v>175</v>
       </c>
       <c r="D49"/>
       <c r="E49"/>
       <c r="F49">
         <v>2020</v>
       </c>
       <c r="G49" t="s">
         <v>178</v>
       </c>
       <c r="H49"/>
       <c r="I49"/>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
         <v>179</v>
       </c>
       <c r="B50" t="s">
-        <v>94</v>
+        <v>104</v>
       </c>
       <c r="C50" t="s">
         <v>71</v>
       </c>
       <c r="D50">
         <v>7</v>
       </c>
       <c r="E50" t="s">
         <v>180</v>
       </c>
       <c r="F50">
         <v>2020</v>
       </c>
       <c r="G50" t="s">
         <v>181</v>
       </c>
       <c r="H50">
         <v>7.53</v>
       </c>
       <c r="I50">
         <v>2.74</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
@@ -5309,51 +5309,51 @@
       <c r="A64" t="s">
         <v>229</v>
       </c>
       <c r="B64" t="s">
         <v>230</v>
       </c>
       <c r="C64" t="s">
         <v>231</v>
       </c>
       <c r="D64"/>
       <c r="E64"/>
       <c r="F64">
         <v>2020</v>
       </c>
       <c r="G64" t="s">
         <v>232</v>
       </c>
       <c r="H64"/>
       <c r="I64"/>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
         <v>233</v>
       </c>
       <c r="B65" t="s">
-        <v>112</v>
+        <v>101</v>
       </c>
       <c r="C65" t="s">
         <v>234</v>
       </c>
       <c r="D65"/>
       <c r="E65"/>
       <c r="F65">
         <v>2020</v>
       </c>
       <c r="G65" t="s">
         <v>235</v>
       </c>
       <c r="H65"/>
       <c r="I65"/>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
         <v>236</v>
       </c>
       <c r="B66" t="s">
         <v>237</v>
       </c>
       <c r="C66" t="s">
         <v>238</v>
       </c>
@@ -6223,75 +6223,75 @@
       </c>
       <c r="D98">
         <v>121</v>
       </c>
       <c r="E98">
         <v>193903</v>
       </c>
       <c r="F98">
         <v>2018</v>
       </c>
       <c r="G98" t="s">
         <v>342</v>
       </c>
       <c r="H98">
         <v>9.23</v>
       </c>
       <c r="I98">
         <v>3.57</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" t="s">
         <v>343</v>
       </c>
       <c r="B99" t="s">
-        <v>195</v>
+        <v>344</v>
       </c>
       <c r="C99" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="D99"/>
       <c r="E99"/>
       <c r="F99">
         <v>2018</v>
       </c>
       <c r="G99" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="H99"/>
       <c r="I99"/>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="B100" t="s">
-        <v>347</v>
+        <v>195</v>
       </c>
       <c r="C100" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="D100"/>
       <c r="E100"/>
       <c r="F100">
         <v>2018</v>
       </c>
       <c r="G100" t="s">
         <v>348</v>
       </c>
       <c r="H100"/>
       <c r="I100"/>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" t="s">
         <v>349</v>
       </c>
       <c r="B101" t="s">
         <v>350</v>
       </c>
       <c r="C101" t="s">
         <v>35</v>
       </c>
       <c r="D101">
         <v>121</v>
       </c>
@@ -6455,206 +6455,206 @@
       <c r="B107" t="s">
         <v>195</v>
       </c>
       <c r="C107" t="s">
         <v>305</v>
       </c>
       <c r="D107"/>
       <c r="E107"/>
       <c r="F107">
         <v>2018</v>
       </c>
       <c r="G107" t="s">
         <v>369</v>
       </c>
       <c r="H107"/>
       <c r="I107"/>
     </row>
     <row r="108" spans="1:9">
       <c r="A108" t="s">
         <v>370</v>
       </c>
       <c r="B108" t="s">
         <v>371</v>
       </c>
       <c r="C108" t="s">
-        <v>363</v>
-[...2 lines deleted...]
-      <c r="E108"/>
+        <v>16</v>
+      </c>
+      <c r="D108">
+        <v>18</v>
+      </c>
+      <c r="E108" t="s">
+        <v>372</v>
+      </c>
       <c r="F108">
         <v>2018</v>
       </c>
       <c r="G108" t="s">
-        <v>372</v>
-[...2 lines deleted...]
-      <c r="I108"/>
+        <v>373</v>
+      </c>
+      <c r="H108">
+        <v>12.28</v>
+      </c>
+      <c r="I108">
+        <v>6.21</v>
+      </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="B109" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="C109" t="s">
         <v>363</v>
       </c>
       <c r="D109"/>
       <c r="E109"/>
       <c r="F109">
         <v>2018</v>
       </c>
       <c r="G109" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="H109"/>
       <c r="I109"/>
     </row>
     <row r="110" spans="1:9">
       <c r="A110" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="B110" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="C110" t="s">
-        <v>16</v>
-[...6 lines deleted...]
-      </c>
+        <v>363</v>
+      </c>
+      <c r="D110"/>
+      <c r="E110"/>
       <c r="F110">
         <v>2018</v>
       </c>
       <c r="G110" t="s">
         <v>379</v>
       </c>
-      <c r="H110">
-[...4 lines deleted...]
-      </c>
+      <c r="H110"/>
+      <c r="I110"/>
     </row>
     <row r="111" spans="1:9">
       <c r="A111" t="s">
         <v>380</v>
       </c>
       <c r="B111" t="s">
-        <v>237</v>
+        <v>381</v>
       </c>
       <c r="C111" t="s">
-        <v>344</v>
-[...2 lines deleted...]
-      <c r="E111"/>
+        <v>382</v>
+      </c>
+      <c r="D111">
+        <v>14</v>
+      </c>
+      <c r="E111">
+        <v>126</v>
+      </c>
       <c r="F111">
         <v>2018</v>
       </c>
-      <c r="G111"/>
+      <c r="G111" t="s">
+        <v>383</v>
+      </c>
       <c r="H111"/>
       <c r="I111"/>
     </row>
     <row r="112" spans="1:9">
       <c r="A112" t="s">
-        <v>368</v>
+        <v>384</v>
       </c>
       <c r="B112" t="s">
-        <v>195</v>
+        <v>385</v>
       </c>
       <c r="C112" t="s">
-        <v>344</v>
-[...2 lines deleted...]
-      <c r="E112"/>
+        <v>71</v>
+      </c>
+      <c r="D112">
+        <v>5</v>
+      </c>
+      <c r="E112" t="s">
+        <v>386</v>
+      </c>
       <c r="F112">
         <v>2018</v>
       </c>
       <c r="G112" t="s">
-        <v>381</v>
-[...2 lines deleted...]
-      <c r="I112"/>
+        <v>387</v>
+      </c>
+      <c r="H112">
+        <v>7.14</v>
+      </c>
+      <c r="I112">
+        <v>2.98</v>
+      </c>
     </row>
     <row r="113" spans="1:9">
       <c r="A113" t="s">
-        <v>382</v>
+        <v>388</v>
       </c>
       <c r="B113" t="s">
-        <v>383</v>
+        <v>237</v>
       </c>
       <c r="C113" t="s">
-        <v>384</v>
-[...6 lines deleted...]
-      </c>
+        <v>345</v>
+      </c>
+      <c r="D113"/>
+      <c r="E113"/>
       <c r="F113">
         <v>2018</v>
       </c>
-      <c r="G113" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G113"/>
       <c r="H113"/>
       <c r="I113"/>
     </row>
     <row r="114" spans="1:9">
       <c r="A114" t="s">
-        <v>386</v>
+        <v>368</v>
       </c>
       <c r="B114" t="s">
-        <v>387</v>
+        <v>195</v>
       </c>
       <c r="C114" t="s">
-        <v>71</v>
-[...6 lines deleted...]
-      </c>
+        <v>345</v>
+      </c>
+      <c r="D114"/>
+      <c r="E114"/>
       <c r="F114">
         <v>2018</v>
       </c>
       <c r="G114" t="s">
         <v>389</v>
       </c>
-      <c r="H114">
-[...4 lines deleted...]
-      </c>
+      <c r="H114"/>
+      <c r="I114"/>
     </row>
     <row r="115" spans="1:9">
       <c r="A115" t="s">
         <v>390</v>
       </c>
       <c r="B115" t="s">
         <v>391</v>
       </c>
       <c r="C115" t="s">
         <v>16</v>
       </c>
       <c r="D115" t="s">
         <v>392</v>
       </c>
       <c r="E115" t="s">
         <v>393</v>
       </c>
       <c r="F115">
         <v>2017</v>
       </c>
       <c r="G115" t="s">
         <v>394</v>
       </c>
       <c r="H115">
         <v>12.08</v>
@@ -6725,113 +6725,113 @@
       <c r="A118" t="s">
         <v>403</v>
       </c>
       <c r="B118" t="s">
         <v>404</v>
       </c>
       <c r="C118" t="s">
         <v>405</v>
       </c>
       <c r="D118"/>
       <c r="E118"/>
       <c r="F118">
         <v>2017</v>
       </c>
       <c r="G118" t="s">
         <v>406</v>
       </c>
       <c r="H118"/>
       <c r="I118"/>
     </row>
     <row r="119" spans="1:9">
       <c r="A119" t="s">
         <v>407</v>
       </c>
       <c r="B119" t="s">
+        <v>396</v>
+      </c>
+      <c r="C119" t="s">
         <v>408</v>
       </c>
-      <c r="C119" t="s">
-[...3 lines deleted...]
-      <c r="E119"/>
+      <c r="D119">
+        <v>1874</v>
+      </c>
+      <c r="E119">
+        <v>30033</v>
+      </c>
       <c r="F119">
         <v>2017</v>
       </c>
       <c r="G119" t="s">
         <v>409</v>
       </c>
       <c r="H119"/>
-      <c r="I119"/>
+      <c r="I119">
+        <v>0.17</v>
+      </c>
     </row>
     <row r="120" spans="1:9">
       <c r="A120" t="s">
         <v>410</v>
       </c>
       <c r="B120" t="s">
-        <v>396</v>
+        <v>411</v>
       </c>
       <c r="C120" t="s">
-        <v>411</v>
+        <v>246</v>
       </c>
       <c r="D120">
-        <v>1874</v>
+        <v>28</v>
       </c>
       <c r="E120">
-        <v>30033</v>
+        <v>56</v>
       </c>
       <c r="F120">
         <v>2017</v>
       </c>
-      <c r="G120" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G120"/>
       <c r="H120"/>
-      <c r="I120">
-[...1 lines deleted...]
-      </c>
+      <c r="I120"/>
     </row>
     <row r="121" spans="1:9">
       <c r="A121" t="s">
+        <v>412</v>
+      </c>
+      <c r="B121" t="s">
         <v>413</v>
       </c>
-      <c r="B121" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C121" t="s">
-        <v>246</v>
-[...6 lines deleted...]
-      </c>
+        <v>405</v>
+      </c>
+      <c r="D121"/>
+      <c r="E121"/>
       <c r="F121">
         <v>2017</v>
       </c>
-      <c r="G121"/>
+      <c r="G121" t="s">
+        <v>414</v>
+      </c>
       <c r="H121"/>
       <c r="I121"/>
     </row>
     <row r="122" spans="1:9">
       <c r="A122" t="s">
         <v>415</v>
       </c>
       <c r="B122" t="s">
         <v>416</v>
       </c>
       <c r="C122" t="s">
         <v>417</v>
       </c>
       <c r="D122">
         <v>10343</v>
       </c>
       <c r="E122">
         <v>10343</v>
       </c>
       <c r="F122">
         <v>2017</v>
       </c>
       <c r="G122" t="s">
         <v>418</v>
       </c>
@@ -7252,51 +7252,51 @@
       </c>
       <c r="D137">
         <v>13</v>
       </c>
       <c r="E137">
         <v>1603190</v>
       </c>
       <c r="F137">
         <v>2017</v>
       </c>
       <c r="G137" t="s">
         <v>473</v>
       </c>
       <c r="H137">
         <v>9.6</v>
       </c>
       <c r="I137">
         <v>3.83</v>
       </c>
     </row>
     <row r="138" spans="1:9">
       <c r="A138" t="s">
         <v>474</v>
       </c>
       <c r="B138" t="s">
-        <v>414</v>
+        <v>411</v>
       </c>
       <c r="C138" t="s">
         <v>400</v>
       </c>
       <c r="D138">
         <v>11</v>
       </c>
       <c r="E138" t="s">
         <v>475</v>
       </c>
       <c r="F138">
         <v>2017</v>
       </c>
       <c r="G138" t="s">
         <v>476</v>
       </c>
       <c r="H138">
         <v>32.52</v>
       </c>
       <c r="I138">
         <v>16.46</v>
       </c>
     </row>
     <row r="139" spans="1:9">
       <c r="A139" t="s">
@@ -7638,79 +7638,79 @@
       </c>
       <c r="F151">
         <v>2016</v>
       </c>
       <c r="G151" t="s">
         <v>524</v>
       </c>
       <c r="H151">
         <v>3.84</v>
       </c>
       <c r="I151"/>
     </row>
     <row r="152" spans="1:9">
       <c r="A152" t="s">
         <v>525</v>
       </c>
       <c r="B152" t="s">
         <v>526</v>
       </c>
       <c r="C152" t="s">
         <v>417</v>
       </c>
       <c r="D152">
         <v>9885</v>
       </c>
-      <c r="E152" t="s">
-        <v>527</v>
+      <c r="E152">
+        <v>988515</v>
       </c>
       <c r="F152">
         <v>2016</v>
       </c>
       <c r="G152" t="s">
-        <v>528</v>
+        <v>527</v>
       </c>
       <c r="H152"/>
       <c r="I152">
         <v>0.24</v>
       </c>
     </row>
     <row r="153" spans="1:9">
       <c r="A153" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="B153" t="s">
         <v>526</v>
       </c>
       <c r="C153" t="s">
         <v>417</v>
       </c>
       <c r="D153">
         <v>9885</v>
       </c>
-      <c r="E153">
-        <v>988515</v>
+      <c r="E153" t="s">
+        <v>529</v>
       </c>
       <c r="F153">
         <v>2016</v>
       </c>
       <c r="G153" t="s">
         <v>530</v>
       </c>
       <c r="H153"/>
       <c r="I153">
         <v>0.24</v>
       </c>
     </row>
     <row r="154" spans="1:9">
       <c r="A154" t="s">
         <v>531</v>
       </c>
       <c r="B154" t="s">
         <v>532</v>
       </c>
       <c r="C154" t="s">
         <v>533</v>
       </c>
       <c r="D154">
         <v>8</v>
       </c>
@@ -7956,74 +7956,74 @@
       <c r="C163" t="s">
         <v>559</v>
       </c>
       <c r="D163"/>
       <c r="E163"/>
       <c r="F163">
         <v>2015</v>
       </c>
       <c r="G163" t="s">
         <v>563</v>
       </c>
       <c r="H163"/>
       <c r="I163"/>
     </row>
     <row r="164" spans="1:9">
       <c r="A164" t="s">
         <v>564</v>
       </c>
       <c r="B164" t="s">
         <v>565</v>
       </c>
       <c r="C164" t="s">
         <v>559</v>
       </c>
       <c r="D164"/>
-      <c r="E164">
-[...1 lines deleted...]
-      </c>
+      <c r="E164"/>
       <c r="F164">
         <v>2015</v>
       </c>
       <c r="G164" t="s">
         <v>566</v>
       </c>
       <c r="H164"/>
       <c r="I164"/>
     </row>
     <row r="165" spans="1:9">
       <c r="A165" t="s">
         <v>567</v>
       </c>
       <c r="B165" t="s">
         <v>568</v>
       </c>
       <c r="C165" t="s">
         <v>559</v>
       </c>
       <c r="D165"/>
-      <c r="E165"/>
+      <c r="E165">
+        <v>43586</v>
+      </c>
       <c r="F165">
         <v>2015</v>
       </c>
       <c r="G165" t="s">
         <v>569</v>
       </c>
       <c r="H165"/>
       <c r="I165"/>
     </row>
     <row r="166" spans="1:9">
       <c r="A166" t="s">
         <v>570</v>
       </c>
       <c r="B166" t="s">
         <v>571</v>
       </c>
       <c r="C166" t="s">
         <v>572</v>
       </c>
       <c r="D166"/>
       <c r="E166"/>
       <c r="F166">
         <v>2015</v>
       </c>
       <c r="G166" t="s">
@@ -8092,75 +8092,75 @@
       </c>
       <c r="D169">
         <v>5</v>
       </c>
       <c r="E169">
         <v>12956</v>
       </c>
       <c r="F169">
         <v>2015</v>
       </c>
       <c r="G169" t="s">
         <v>583</v>
       </c>
       <c r="H169">
         <v>5.23</v>
       </c>
       <c r="I169">
         <v>2.03</v>
       </c>
     </row>
     <row r="170" spans="1:9">
       <c r="A170" t="s">
         <v>584</v>
       </c>
       <c r="B170" t="s">
+        <v>562</v>
+      </c>
+      <c r="C170" t="s">
         <v>585</v>
-      </c>
-[...1 lines deleted...]
-        <v>586</v>
       </c>
       <c r="D170"/>
       <c r="E170" t="s">
-        <v>587</v>
+        <v>586</v>
       </c>
       <c r="F170">
         <v>2015</v>
       </c>
       <c r="G170"/>
       <c r="H170"/>
       <c r="I170"/>
     </row>
     <row r="171" spans="1:9">
       <c r="A171" t="s">
+        <v>587</v>
+      </c>
+      <c r="B171" t="s">
         <v>588</v>
       </c>
-      <c r="B171" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C171" t="s">
-        <v>586</v>
+        <v>585</v>
       </c>
       <c r="D171"/>
       <c r="E171" t="s">
         <v>589</v>
       </c>
       <c r="F171">
         <v>2015</v>
       </c>
       <c r="G171"/>
       <c r="H171"/>
       <c r="I171"/>
     </row>
     <row r="172" spans="1:9">
       <c r="A172" t="s">
         <v>590</v>
       </c>
       <c r="B172" t="s">
         <v>554</v>
       </c>
       <c r="C172" t="s">
         <v>591</v>
       </c>
       <c r="D172">
         <v>2</v>
       </c>
@@ -8273,136 +8273,136 @@
       </c>
       <c r="D176">
         <v>2</v>
       </c>
       <c r="E176" t="s">
         <v>606</v>
       </c>
       <c r="F176">
         <v>2015</v>
       </c>
       <c r="G176" t="s">
         <v>607</v>
       </c>
       <c r="H176">
         <v>5.4</v>
       </c>
       <c r="I176">
         <v>2.98</v>
       </c>
     </row>
     <row r="177" spans="1:9">
       <c r="A177" t="s">
         <v>608</v>
       </c>
       <c r="B177" t="s">
-        <v>609</v>
+        <v>554</v>
       </c>
       <c r="C177" t="s">
-        <v>417</v>
+        <v>280</v>
       </c>
       <c r="D177">
-        <v>9502</v>
+        <v>91</v>
       </c>
       <c r="E177">
-        <v>950203</v>
+        <v>195401</v>
       </c>
       <c r="F177">
         <v>2015</v>
       </c>
       <c r="G177" t="s">
-        <v>610</v>
-[...1 lines deleted...]
-      <c r="H177"/>
+        <v>609</v>
+      </c>
+      <c r="H177">
+        <v>3.72</v>
+      </c>
       <c r="I177">
-        <v>0.25</v>
+        <v>2.76</v>
       </c>
     </row>
     <row r="178" spans="1:9">
       <c r="A178" t="s">
+        <v>610</v>
+      </c>
+      <c r="B178" t="s">
         <v>611</v>
       </c>
-      <c r="B178" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C178" t="s">
-        <v>280</v>
+        <v>417</v>
       </c>
       <c r="D178">
-        <v>91</v>
+        <v>9502</v>
       </c>
       <c r="E178">
-        <v>195401</v>
+        <v>950203</v>
       </c>
       <c r="F178">
         <v>2015</v>
       </c>
       <c r="G178" t="s">
         <v>612</v>
       </c>
-      <c r="H178">
-[...1 lines deleted...]
-      </c>
+      <c r="H178"/>
       <c r="I178">
-        <v>2.76</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="179" spans="1:9">
       <c r="A179" t="s">
         <v>613</v>
       </c>
       <c r="B179" t="s">
         <v>614</v>
       </c>
       <c r="C179" t="s">
         <v>35</v>
       </c>
       <c r="D179">
         <v>114</v>
       </c>
       <c r="E179">
         <v>185501</v>
       </c>
       <c r="F179">
         <v>2015</v>
       </c>
       <c r="G179" t="s">
         <v>615</v>
       </c>
       <c r="H179">
         <v>7.65</v>
       </c>
       <c r="I179">
         <v>4.66</v>
       </c>
     </row>
     <row r="180" spans="1:9">
       <c r="A180" t="s">
         <v>616</v>
       </c>
       <c r="B180" t="s">
-        <v>562</v>
+        <v>565</v>
       </c>
       <c r="C180" t="s">
         <v>54</v>
       </c>
       <c r="D180">
         <v>106</v>
       </c>
       <c r="E180">
         <v>171110</v>
       </c>
       <c r="F180">
         <v>2015</v>
       </c>
       <c r="G180" t="s">
         <v>617</v>
       </c>
       <c r="H180">
         <v>3.14</v>
       </c>
       <c r="I180">
         <v>1.5</v>
       </c>
     </row>
     <row r="181" spans="1:9">
       <c r="A181" t="s">
@@ -8860,51 +8860,51 @@
       <c r="C197" t="s">
         <v>305</v>
       </c>
       <c r="D197" t="s">
         <v>680</v>
       </c>
       <c r="E197" t="s">
         <v>681</v>
       </c>
       <c r="F197">
         <v>2014</v>
       </c>
       <c r="G197" t="s">
         <v>682</v>
       </c>
       <c r="H197"/>
       <c r="I197">
         <v>0.1</v>
       </c>
     </row>
     <row r="198" spans="1:9">
       <c r="A198" t="s">
         <v>683</v>
       </c>
       <c r="B198" t="s">
-        <v>558</v>
+        <v>562</v>
       </c>
       <c r="C198" t="s">
         <v>305</v>
       </c>
       <c r="D198" t="s">
         <v>684</v>
       </c>
       <c r="E198" t="s">
         <v>685</v>
       </c>
       <c r="F198">
         <v>2014</v>
       </c>
       <c r="G198" t="s">
         <v>686</v>
       </c>
       <c r="H198"/>
       <c r="I198">
         <v>0.1</v>
       </c>
     </row>
     <row r="199" spans="1:9">
       <c r="A199" t="s">
         <v>687</v>
       </c>
@@ -9169,51 +9169,51 @@
       <c r="C208" t="s">
         <v>280</v>
       </c>
       <c r="D208">
         <v>89</v>
       </c>
       <c r="E208">
         <v>35435</v>
       </c>
       <c r="F208">
         <v>2014</v>
       </c>
       <c r="G208" t="s">
         <v>719</v>
       </c>
       <c r="H208">
         <v>3.74</v>
       </c>
       <c r="I208"/>
     </row>
     <row r="209" spans="1:9">
       <c r="A209" t="s">
         <v>720</v>
       </c>
       <c r="B209" t="s">
-        <v>383</v>
+        <v>381</v>
       </c>
       <c r="C209" t="s">
         <v>71</v>
       </c>
       <c r="D209">
         <v>1</v>
       </c>
       <c r="E209" t="s">
         <v>721</v>
       </c>
       <c r="F209">
         <v>2014</v>
       </c>
       <c r="G209" t="s">
         <v>722</v>
       </c>
       <c r="H209"/>
       <c r="I209"/>
     </row>
     <row r="210" spans="1:9">
       <c r="A210" t="s">
         <v>723</v>
       </c>
       <c r="B210" t="s">
         <v>724</v>
@@ -9449,134 +9449,134 @@
       </c>
       <c r="D218">
         <v>103</v>
       </c>
       <c r="E218">
         <v>211903</v>
       </c>
       <c r="F218">
         <v>2013</v>
       </c>
       <c r="G218" t="s">
         <v>749</v>
       </c>
       <c r="H218">
         <v>3.52</v>
       </c>
       <c r="I218">
         <v>2.15</v>
       </c>
     </row>
     <row r="219" spans="1:9">
       <c r="A219" t="s">
         <v>750</v>
       </c>
       <c r="B219" t="s">
-        <v>195</v>
+        <v>554</v>
       </c>
       <c r="C219" t="s">
         <v>751</v>
       </c>
       <c r="D219">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>752</v>
+        <v>88</v>
+      </c>
+      <c r="E219">
+        <v>53819</v>
       </c>
       <c r="F219">
         <v>2013</v>
       </c>
       <c r="G219" t="s">
-        <v>753</v>
+        <v>752</v>
       </c>
       <c r="H219">
-        <v>3.18</v>
-[...3 lines deleted...]
-      </c>
+        <v>2.99</v>
+      </c>
+      <c r="I219"/>
     </row>
     <row r="220" spans="1:9">
       <c r="A220" t="s">
+        <v>753</v>
+      </c>
+      <c r="B220" t="s">
+        <v>195</v>
+      </c>
+      <c r="C220" t="s">
         <v>754</v>
       </c>
-      <c r="B220" t="s">
-[...2 lines deleted...]
-      <c r="C220" t="s">
+      <c r="D220">
+        <v>38</v>
+      </c>
+      <c r="E220" t="s">
         <v>755</v>
-      </c>
-[...4 lines deleted...]
-        <v>53819</v>
       </c>
       <c r="F220">
         <v>2013</v>
       </c>
       <c r="G220" t="s">
         <v>756</v>
       </c>
       <c r="H220">
-        <v>2.99</v>
-[...1 lines deleted...]
-      <c r="I220"/>
+        <v>3.18</v>
+      </c>
+      <c r="I220">
+        <v>2.44</v>
+      </c>
     </row>
     <row r="221" spans="1:9">
       <c r="A221" t="s">
         <v>757</v>
       </c>
       <c r="B221" t="s">
         <v>758</v>
       </c>
       <c r="C221" t="s">
         <v>280</v>
       </c>
       <c r="D221">
         <v>88</v>
       </c>
       <c r="E221" t="s">
         <v>759</v>
       </c>
       <c r="F221">
         <v>2013</v>
       </c>
       <c r="G221" t="s">
         <v>760</v>
       </c>
       <c r="H221">
         <v>3.66</v>
       </c>
       <c r="I221"/>
     </row>
     <row r="222" spans="1:9">
       <c r="A222" t="s">
         <v>761</v>
       </c>
       <c r="B222" t="s">
-        <v>558</v>
+        <v>562</v>
       </c>
       <c r="C222" t="s">
         <v>167</v>
       </c>
       <c r="D222">
         <v>8</v>
       </c>
       <c r="E222" t="s">
         <v>762</v>
       </c>
       <c r="F222">
         <v>2013</v>
       </c>
       <c r="G222" t="s">
         <v>763</v>
       </c>
       <c r="H222">
         <v>9.31</v>
       </c>
       <c r="I222">
         <v>5.13</v>
       </c>
     </row>
     <row r="223" spans="1:9">
       <c r="A223" t="s">
@@ -9686,120 +9686,120 @@
       </c>
       <c r="B227" t="s">
         <v>778</v>
       </c>
       <c r="C227" t="s">
         <v>779</v>
       </c>
       <c r="D227"/>
       <c r="E227" t="s">
         <v>780</v>
       </c>
       <c r="F227">
         <v>2013</v>
       </c>
       <c r="G227" t="s">
         <v>781</v>
       </c>
       <c r="H227"/>
       <c r="I227"/>
     </row>
     <row r="228" spans="1:9">
       <c r="A228" t="s">
         <v>782</v>
       </c>
       <c r="B228" t="s">
-        <v>558</v>
+        <v>700</v>
       </c>
       <c r="C228" t="s">
         <v>779</v>
       </c>
       <c r="D228"/>
       <c r="E228" t="s">
         <v>783</v>
       </c>
       <c r="F228">
         <v>2013</v>
       </c>
       <c r="G228" t="s">
         <v>784</v>
       </c>
       <c r="H228"/>
       <c r="I228"/>
     </row>
     <row r="229" spans="1:9">
       <c r="A229" t="s">
         <v>785</v>
       </c>
       <c r="B229" t="s">
         <v>786</v>
       </c>
       <c r="C229" t="s">
         <v>779</v>
       </c>
       <c r="D229"/>
       <c r="E229" t="s">
         <v>787</v>
       </c>
       <c r="F229">
         <v>2013</v>
       </c>
       <c r="G229" t="s">
         <v>788</v>
       </c>
       <c r="H229"/>
       <c r="I229"/>
     </row>
     <row r="230" spans="1:9">
       <c r="A230" t="s">
         <v>789</v>
       </c>
       <c r="B230" t="s">
-        <v>700</v>
+        <v>790</v>
       </c>
       <c r="C230" t="s">
         <v>779</v>
       </c>
       <c r="D230"/>
       <c r="E230" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="F230">
         <v>2013</v>
       </c>
       <c r="G230" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="H230"/>
       <c r="I230"/>
     </row>
     <row r="231" spans="1:9">
       <c r="A231" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="B231" t="s">
-        <v>793</v>
+        <v>562</v>
       </c>
       <c r="C231" t="s">
         <v>779</v>
       </c>
       <c r="D231"/>
       <c r="E231" t="s">
         <v>794</v>
       </c>
       <c r="F231">
         <v>2013</v>
       </c>
       <c r="G231" t="s">
         <v>795</v>
       </c>
       <c r="H231"/>
       <c r="I231"/>
     </row>
     <row r="232" spans="1:9">
       <c r="A232" t="s">
         <v>796</v>
       </c>
       <c r="B232" t="s">
         <v>797</v>
       </c>
       <c r="C232" t="s">
@@ -9937,51 +9937,51 @@
       </c>
       <c r="C237" t="s">
         <v>813</v>
       </c>
       <c r="D237"/>
       <c r="E237" t="s">
         <v>814</v>
       </c>
       <c r="F237">
         <v>2013</v>
       </c>
       <c r="G237" t="s">
         <v>815</v>
       </c>
       <c r="H237"/>
       <c r="I237"/>
     </row>
     <row r="238" spans="1:9">
       <c r="A238" t="s">
         <v>816</v>
       </c>
       <c r="B238" t="s">
         <v>195</v>
       </c>
       <c r="C238" t="s">
-        <v>751</v>
+        <v>754</v>
       </c>
       <c r="D238">
         <v>38</v>
       </c>
       <c r="E238" t="s">
         <v>817</v>
       </c>
       <c r="F238">
         <v>2013</v>
       </c>
       <c r="G238" t="s">
         <v>818</v>
       </c>
       <c r="H238">
         <v>3.18</v>
       </c>
       <c r="I238">
         <v>2.44</v>
       </c>
     </row>
     <row r="239" spans="1:9">
       <c r="A239" t="s">
         <v>819</v>
       </c>
       <c r="B239" t="s">
@@ -10065,103 +10065,103 @@
         <v>833</v>
       </c>
       <c r="C242" t="s">
         <v>825</v>
       </c>
       <c r="D242"/>
       <c r="E242" t="s">
         <v>834</v>
       </c>
       <c r="F242">
         <v>2013</v>
       </c>
       <c r="G242" t="s">
         <v>835</v>
       </c>
       <c r="H242"/>
       <c r="I242">
         <v>0.22</v>
       </c>
     </row>
     <row r="243" spans="1:9">
       <c r="A243" t="s">
         <v>836</v>
       </c>
       <c r="B243" t="s">
-        <v>745</v>
+        <v>837</v>
       </c>
       <c r="C243" t="s">
-        <v>158</v>
+        <v>838</v>
       </c>
       <c r="D243">
-        <v>97</v>
+        <v>5</v>
       </c>
       <c r="E243" t="s">
-        <v>837</v>
+        <v>839</v>
       </c>
       <c r="F243">
         <v>2013</v>
       </c>
-      <c r="G243" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G243"/>
+      <c r="H243"/>
+      <c r="I243"/>
     </row>
     <row r="244" spans="1:9">
       <c r="A244" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="B244" t="s">
-        <v>840</v>
+        <v>745</v>
       </c>
       <c r="C244" t="s">
+        <v>158</v>
+      </c>
+      <c r="D244">
+        <v>97</v>
+      </c>
+      <c r="E244" t="s">
         <v>841</v>
-      </c>
-[...4 lines deleted...]
-        <v>842</v>
       </c>
       <c r="F244">
         <v>2013</v>
       </c>
-      <c r="G244"/>
-[...1 lines deleted...]
-      <c r="I244"/>
+      <c r="G244" t="s">
+        <v>842</v>
+      </c>
+      <c r="H244">
+        <v>1.36</v>
+      </c>
+      <c r="I244">
+        <v>0.8</v>
+      </c>
     </row>
     <row r="245" spans="1:9">
       <c r="A245" t="s">
         <v>843</v>
       </c>
       <c r="B245" t="s">
-        <v>793</v>
+        <v>786</v>
       </c>
       <c r="C245" t="s">
         <v>263</v>
       </c>
       <c r="D245">
         <v>21</v>
       </c>
       <c r="E245" t="s">
         <v>844</v>
       </c>
       <c r="F245">
         <v>2013</v>
       </c>
       <c r="G245" t="s">
         <v>845</v>
       </c>
       <c r="H245">
         <v>3.53</v>
       </c>
       <c r="I245">
         <v>2.34</v>
       </c>
     </row>
     <row r="246" spans="1:9">
       <c r="A246" t="s">
@@ -10591,217 +10591,217 @@
       </c>
       <c r="E261" t="s">
         <v>902</v>
       </c>
       <c r="F261">
         <v>2012</v>
       </c>
       <c r="G261" t="s">
         <v>903</v>
       </c>
       <c r="H261">
         <v>0.77</v>
       </c>
       <c r="I261">
         <v>0.47</v>
       </c>
     </row>
     <row r="262" spans="1:9">
       <c r="A262" t="s">
         <v>904</v>
       </c>
       <c r="B262" t="s">
         <v>797</v>
       </c>
       <c r="C262" t="s">
-        <v>755</v>
+        <v>751</v>
       </c>
       <c r="D262">
         <v>86</v>
       </c>
       <c r="E262">
         <v>33826</v>
       </c>
       <c r="F262">
         <v>2012</v>
       </c>
       <c r="G262" t="s">
         <v>905</v>
       </c>
       <c r="H262">
         <v>3.04</v>
       </c>
       <c r="I262"/>
     </row>
     <row r="263" spans="1:9">
       <c r="A263" t="s">
         <v>906</v>
       </c>
       <c r="B263" t="s">
+        <v>195</v>
+      </c>
+      <c r="C263" t="s">
+        <v>754</v>
+      </c>
+      <c r="D263">
+        <v>37</v>
+      </c>
+      <c r="E263" t="s">
         <v>907</v>
-      </c>
-[...7 lines deleted...]
-        <v>908</v>
       </c>
       <c r="F263">
         <v>2012</v>
       </c>
       <c r="G263" t="s">
-        <v>909</v>
+        <v>908</v>
       </c>
       <c r="H263">
-        <v>3.77</v>
-[...1 lines deleted...]
-      <c r="I263"/>
+        <v>3.39</v>
+      </c>
+      <c r="I263">
+        <v>2.58</v>
+      </c>
     </row>
     <row r="264" spans="1:9">
       <c r="A264" t="s">
+        <v>909</v>
+      </c>
+      <c r="B264" t="s">
         <v>910</v>
       </c>
-      <c r="B264" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C264" t="s">
-        <v>751</v>
+        <v>280</v>
       </c>
       <c r="D264">
-        <v>37</v>
+        <v>86</v>
       </c>
       <c r="E264" t="s">
         <v>911</v>
       </c>
       <c r="F264">
         <v>2012</v>
       </c>
       <c r="G264" t="s">
         <v>912</v>
       </c>
       <c r="H264">
-        <v>3.39</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.77</v>
+      </c>
+      <c r="I264"/>
     </row>
     <row r="265" spans="1:9">
       <c r="A265" t="s">
         <v>913</v>
       </c>
       <c r="B265" t="s">
         <v>195</v>
       </c>
       <c r="C265" t="s">
         <v>439</v>
       </c>
       <c r="D265">
         <v>14</v>
       </c>
       <c r="E265">
         <v>93005</v>
       </c>
       <c r="F265">
         <v>2012</v>
       </c>
       <c r="G265" t="s">
         <v>914</v>
       </c>
       <c r="H265">
         <v>4.06</v>
       </c>
       <c r="I265">
         <v>3.37</v>
       </c>
     </row>
     <row r="266" spans="1:9">
       <c r="A266" t="s">
         <v>915</v>
       </c>
       <c r="B266" t="s">
         <v>700</v>
       </c>
       <c r="C266" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
       <c r="D266">
         <v>1475</v>
       </c>
       <c r="E266" t="s">
         <v>916</v>
       </c>
       <c r="F266">
         <v>2012</v>
       </c>
       <c r="G266" t="s">
         <v>917</v>
       </c>
       <c r="H266"/>
       <c r="I266">
         <v>0.16</v>
       </c>
     </row>
     <row r="267" spans="1:9">
       <c r="A267" t="s">
         <v>918</v>
       </c>
       <c r="B267" t="s">
         <v>919</v>
       </c>
       <c r="C267" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
       <c r="D267">
         <v>1475</v>
       </c>
       <c r="E267" t="s">
         <v>920</v>
       </c>
       <c r="F267">
         <v>2012</v>
       </c>
       <c r="G267" t="s">
         <v>921</v>
       </c>
       <c r="H267"/>
       <c r="I267">
         <v>0.16</v>
       </c>
     </row>
     <row r="268" spans="1:9">
       <c r="A268" t="s">
         <v>922</v>
       </c>
       <c r="B268" t="s">
         <v>797</v>
       </c>
       <c r="C268" t="s">
-        <v>755</v>
+        <v>751</v>
       </c>
       <c r="D268">
         <v>86</v>
       </c>
       <c r="E268" t="s">
         <v>923</v>
       </c>
       <c r="F268">
         <v>2012</v>
       </c>
       <c r="G268" t="s">
         <v>924</v>
       </c>
       <c r="H268">
         <v>3.04</v>
       </c>
       <c r="I268"/>
     </row>
     <row r="269" spans="1:9">
       <c r="A269" t="s">
         <v>915</v>
       </c>
       <c r="B269" t="s">
         <v>700</v>
       </c>
@@ -10842,51 +10842,51 @@
       </c>
       <c r="E270" t="s">
         <v>929</v>
       </c>
       <c r="F270">
         <v>2012</v>
       </c>
       <c r="G270" t="s">
         <v>930</v>
       </c>
       <c r="H270">
         <v>7.94</v>
       </c>
       <c r="I270">
         <v>6.29</v>
       </c>
     </row>
     <row r="271" spans="1:9">
       <c r="A271" t="s">
         <v>931</v>
       </c>
       <c r="B271" t="s">
         <v>932</v>
       </c>
       <c r="C271" t="s">
-        <v>755</v>
+        <v>751</v>
       </c>
       <c r="D271">
         <v>86</v>
       </c>
       <c r="E271" t="s">
         <v>933</v>
       </c>
       <c r="F271">
         <v>2012</v>
       </c>
       <c r="G271" t="s">
         <v>934</v>
       </c>
       <c r="H271">
         <v>3.04</v>
       </c>
       <c r="I271"/>
     </row>
     <row r="272" spans="1:9">
       <c r="A272" t="s">
         <v>935</v>
       </c>
       <c r="B272" t="s">
         <v>936</v>
       </c>
@@ -11080,179 +11080,179 @@
         <v>961</v>
       </c>
       <c r="C279" t="s">
         <v>305</v>
       </c>
       <c r="D279"/>
       <c r="E279" t="s">
         <v>962</v>
       </c>
       <c r="F279">
         <v>2012</v>
       </c>
       <c r="G279" t="s">
         <v>963</v>
       </c>
       <c r="H279"/>
       <c r="I279">
         <v>0.1</v>
       </c>
     </row>
     <row r="280" spans="1:9">
       <c r="A280" t="s">
         <v>964</v>
       </c>
       <c r="B280" t="s">
-        <v>901</v>
+        <v>700</v>
       </c>
       <c r="C280" t="s">
         <v>417</v>
       </c>
       <c r="D280">
-        <v>8425</v>
+        <v>8434</v>
       </c>
       <c r="E280" t="s">
         <v>965</v>
       </c>
       <c r="F280">
         <v>2012</v>
       </c>
       <c r="G280" t="s">
         <v>966</v>
       </c>
       <c r="H280"/>
       <c r="I280">
-        <v>0.24</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="281" spans="1:9">
       <c r="A281" t="s">
         <v>967</v>
       </c>
       <c r="B281" t="s">
-        <v>700</v>
+        <v>901</v>
       </c>
       <c r="C281" t="s">
         <v>417</v>
       </c>
       <c r="D281">
-        <v>8434</v>
+        <v>8425</v>
       </c>
       <c r="E281" t="s">
         <v>968</v>
       </c>
       <c r="F281">
         <v>2012</v>
       </c>
       <c r="G281" t="s">
         <v>969</v>
       </c>
       <c r="H281"/>
       <c r="I281">
-        <v>0.26</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="282" spans="1:9">
       <c r="A282" t="s">
         <v>970</v>
       </c>
       <c r="B282" t="s">
         <v>971</v>
       </c>
       <c r="C282" t="s">
         <v>54</v>
       </c>
       <c r="D282">
         <v>100</v>
       </c>
       <c r="E282" t="s">
         <v>972</v>
       </c>
       <c r="F282">
         <v>2012</v>
       </c>
       <c r="G282" t="s">
         <v>973</v>
       </c>
       <c r="H282">
         <v>3.79</v>
       </c>
       <c r="I282">
         <v>2.57</v>
       </c>
     </row>
     <row r="283" spans="1:9">
       <c r="A283" t="s">
         <v>974</v>
       </c>
       <c r="B283" t="s">
-        <v>649</v>
+        <v>975</v>
       </c>
       <c r="C283" t="s">
-        <v>975</v>
-[...4 lines deleted...]
-      <c r="E283" t="s">
+        <v>838</v>
+      </c>
+      <c r="D283" t="s">
         <v>976</v>
+      </c>
+      <c r="E283">
+        <v>43739</v>
       </c>
       <c r="F283">
         <v>2012</v>
       </c>
-      <c r="G283" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G283"/>
+      <c r="H283"/>
+      <c r="I283"/>
     </row>
     <row r="284" spans="1:9">
       <c r="A284" t="s">
+        <v>977</v>
+      </c>
+      <c r="B284" t="s">
+        <v>649</v>
+      </c>
+      <c r="C284" t="s">
         <v>978</v>
       </c>
-      <c r="B284" t="s">
+      <c r="D284">
+        <v>114</v>
+      </c>
+      <c r="E284" t="s">
         <v>979</v>
-      </c>
-[...7 lines deleted...]
-        <v>43739</v>
       </c>
       <c r="F284">
         <v>2012</v>
       </c>
-      <c r="G284"/>
-[...1 lines deleted...]
-      <c r="I284"/>
+      <c r="G284" t="s">
+        <v>980</v>
+      </c>
+      <c r="H284">
+        <v>0.92</v>
+      </c>
+      <c r="I284">
+        <v>0.55</v>
+      </c>
     </row>
     <row r="285" spans="1:9">
       <c r="A285" t="s">
         <v>981</v>
       </c>
       <c r="B285" t="s">
         <v>195</v>
       </c>
       <c r="C285" t="s">
         <v>35</v>
       </c>
       <c r="D285">
         <v>108</v>
       </c>
       <c r="E285" t="s">
         <v>982</v>
       </c>
       <c r="F285">
         <v>2012</v>
       </c>
       <c r="G285" t="s">
         <v>983</v>
       </c>
       <c r="H285">
         <v>7.94</v>
@@ -11358,83 +11358,83 @@
       </c>
       <c r="D289">
         <v>376</v>
       </c>
       <c r="E289" t="s">
         <v>997</v>
       </c>
       <c r="F289">
         <v>2012</v>
       </c>
       <c r="G289" t="s">
         <v>998</v>
       </c>
       <c r="H289">
         <v>1.77</v>
       </c>
       <c r="I289">
         <v>0.79</v>
       </c>
     </row>
     <row r="290" spans="1:9">
       <c r="A290" t="s">
         <v>999</v>
       </c>
       <c r="B290" t="s">
-        <v>943</v>
+        <v>947</v>
       </c>
       <c r="C290" t="s">
         <v>54</v>
       </c>
       <c r="D290">
         <v>99</v>
       </c>
       <c r="E290" t="s">
         <v>1000</v>
       </c>
       <c r="F290">
         <v>2011</v>
       </c>
       <c r="G290" t="s">
         <v>1001</v>
       </c>
       <c r="H290">
         <v>3.84</v>
       </c>
       <c r="I290">
         <v>2.81</v>
       </c>
     </row>
     <row r="291" spans="1:9">
       <c r="A291" t="s">
         <v>1002</v>
       </c>
       <c r="B291" t="s">
         <v>1003</v>
       </c>
       <c r="C291" t="s">
-        <v>755</v>
+        <v>751</v>
       </c>
       <c r="D291">
         <v>84</v>
       </c>
       <c r="E291" t="s">
         <v>1004</v>
       </c>
       <c r="F291">
         <v>2011</v>
       </c>
       <c r="G291" t="s">
         <v>1005</v>
       </c>
       <c r="H291">
         <v>2.88</v>
       </c>
       <c r="I291"/>
     </row>
     <row r="292" spans="1:9">
       <c r="A292" t="s">
         <v>1006</v>
       </c>
       <c r="B292" t="s">
         <v>700</v>
       </c>
@@ -11472,80 +11472,80 @@
       </c>
       <c r="D293">
         <v>94</v>
       </c>
       <c r="E293" t="s">
         <v>1011</v>
       </c>
       <c r="F293">
         <v>2011</v>
       </c>
       <c r="G293" t="s">
         <v>1012</v>
       </c>
       <c r="H293">
         <v>1.35</v>
       </c>
       <c r="I293">
         <v>0.77</v>
       </c>
     </row>
     <row r="294" spans="1:9">
       <c r="A294" t="s">
         <v>1013</v>
       </c>
       <c r="B294" t="s">
-        <v>745</v>
+        <v>724</v>
       </c>
       <c r="C294" t="s">
         <v>689</v>
       </c>
       <c r="D294">
         <v>6</v>
       </c>
       <c r="E294" t="s">
         <v>1014</v>
       </c>
       <c r="F294">
         <v>2011</v>
       </c>
       <c r="G294" t="s">
         <v>1015</v>
       </c>
       <c r="H294">
         <v>2.82</v>
       </c>
       <c r="I294">
         <v>1.84</v>
       </c>
     </row>
     <row r="295" spans="1:9">
       <c r="A295" t="s">
         <v>1016</v>
       </c>
       <c r="B295" t="s">
-        <v>724</v>
+        <v>745</v>
       </c>
       <c r="C295" t="s">
         <v>689</v>
       </c>
       <c r="D295">
         <v>6</v>
       </c>
       <c r="E295" t="s">
         <v>1017</v>
       </c>
       <c r="F295">
         <v>2011</v>
       </c>
       <c r="G295" t="s">
         <v>1018</v>
       </c>
       <c r="H295">
         <v>2.82</v>
       </c>
       <c r="I295">
         <v>1.84</v>
       </c>
     </row>
     <row r="296" spans="1:9">
       <c r="A296" t="s">
@@ -11614,80 +11614,80 @@
       <c r="D298">
         <v>84</v>
       </c>
       <c r="E298" t="s">
         <v>1028</v>
       </c>
       <c r="F298">
         <v>2011</v>
       </c>
       <c r="G298" t="s">
         <v>1029</v>
       </c>
       <c r="H298">
         <v>3.69</v>
       </c>
       <c r="I298"/>
     </row>
     <row r="299" spans="1:9">
       <c r="A299" t="s">
         <v>1030</v>
       </c>
       <c r="B299" t="s">
         <v>1031</v>
       </c>
       <c r="C299" t="s">
-        <v>751</v>
+        <v>754</v>
       </c>
       <c r="D299">
         <v>35</v>
       </c>
       <c r="E299" t="s">
         <v>1032</v>
       </c>
       <c r="F299">
         <v>2011</v>
       </c>
       <c r="G299" t="s">
         <v>1033</v>
       </c>
       <c r="H299">
         <v>3.4</v>
       </c>
       <c r="I299">
         <v>2.52</v>
       </c>
     </row>
     <row r="300" spans="1:9">
       <c r="A300" t="s">
         <v>1034</v>
       </c>
       <c r="B300" t="s">
         <v>797</v>
       </c>
       <c r="C300" t="s">
-        <v>755</v>
+        <v>751</v>
       </c>
       <c r="D300">
         <v>84</v>
       </c>
       <c r="E300">
         <v>23807</v>
       </c>
       <c r="F300">
         <v>2011</v>
       </c>
       <c r="G300" t="s">
         <v>1035</v>
       </c>
       <c r="H300">
         <v>2.88</v>
       </c>
       <c r="I300"/>
     </row>
     <row r="301" spans="1:9">
       <c r="A301" t="s">
         <v>1036</v>
       </c>
       <c r="B301" t="s">
         <v>700</v>
       </c>
@@ -11834,51 +11834,51 @@
       <c r="B306" t="s">
         <v>1048</v>
       </c>
       <c r="C306" t="s">
         <v>1054</v>
       </c>
       <c r="D306"/>
       <c r="E306">
         <v>43497</v>
       </c>
       <c r="F306">
         <v>2011</v>
       </c>
       <c r="G306"/>
       <c r="H306"/>
       <c r="I306"/>
     </row>
     <row r="307" spans="1:9">
       <c r="A307" t="s">
         <v>1055</v>
       </c>
       <c r="B307" t="s">
         <v>1031</v>
       </c>
       <c r="C307" t="s">
-        <v>751</v>
+        <v>754</v>
       </c>
       <c r="D307">
         <v>36</v>
       </c>
       <c r="E307">
         <v>1380</v>
       </c>
       <c r="F307">
         <v>2011</v>
       </c>
       <c r="G307" t="s">
         <v>1056</v>
       </c>
       <c r="H307">
         <v>3.4</v>
       </c>
       <c r="I307">
         <v>2.52</v>
       </c>
     </row>
     <row r="308" spans="1:9">
       <c r="A308" t="s">
         <v>1057</v>
       </c>
       <c r="B308" t="s">
@@ -11892,51 +11892,51 @@
       </c>
       <c r="E308">
         <v>955</v>
       </c>
       <c r="F308">
         <v>2011</v>
       </c>
       <c r="G308" t="s">
         <v>1059</v>
       </c>
       <c r="H308">
         <v>2.1</v>
       </c>
       <c r="I308">
         <v>1.46</v>
       </c>
     </row>
     <row r="309" spans="1:9">
       <c r="A309" t="s">
         <v>1060</v>
       </c>
       <c r="B309" t="s">
         <v>1031</v>
       </c>
       <c r="C309" t="s">
-        <v>751</v>
+        <v>754</v>
       </c>
       <c r="D309">
         <v>36</v>
       </c>
       <c r="E309">
         <v>1170</v>
       </c>
       <c r="F309">
         <v>2011</v>
       </c>
       <c r="G309" t="s">
         <v>1061</v>
       </c>
       <c r="H309">
         <v>3.4</v>
       </c>
       <c r="I309">
         <v>2.52</v>
       </c>
     </row>
     <row r="310" spans="1:9">
       <c r="A310" t="s">
         <v>1062</v>
       </c>
       <c r="B310" t="s">
@@ -12005,112 +12005,112 @@
       </c>
       <c r="D312">
         <v>5</v>
       </c>
       <c r="E312" t="s">
         <v>1070</v>
       </c>
       <c r="F312">
         <v>2010</v>
       </c>
       <c r="G312" t="s">
         <v>1071</v>
       </c>
       <c r="H312">
         <v>9.31</v>
       </c>
       <c r="I312">
         <v>5.85</v>
       </c>
     </row>
     <row r="313" spans="1:9">
       <c r="A313" t="s">
         <v>1072</v>
       </c>
       <c r="B313" t="s">
+        <v>195</v>
+      </c>
+      <c r="C313" t="s">
+        <v>54</v>
+      </c>
+      <c r="D313">
+        <v>96</v>
+      </c>
+      <c r="E313" t="s">
         <v>1073</v>
-      </c>
-[...7 lines deleted...]
-        <v>233905</v>
       </c>
       <c r="F313">
         <v>2010</v>
       </c>
       <c r="G313" t="s">
         <v>1074</v>
       </c>
       <c r="H313">
-        <v>7.62</v>
+        <v>3.84</v>
       </c>
       <c r="I313">
-        <v>6.45</v>
+        <v>2.92</v>
       </c>
     </row>
     <row r="314" spans="1:9">
       <c r="A314" t="s">
         <v>1075</v>
       </c>
       <c r="B314" t="s">
-        <v>195</v>
+        <v>1076</v>
       </c>
       <c r="C314" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="D314">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>1076</v>
+        <v>105</v>
+      </c>
+      <c r="E314">
+        <v>233905</v>
       </c>
       <c r="F314">
         <v>2010</v>
       </c>
       <c r="G314" t="s">
         <v>1077</v>
       </c>
       <c r="H314">
-        <v>3.84</v>
+        <v>7.62</v>
       </c>
       <c r="I314">
-        <v>2.92</v>
+        <v>6.45</v>
       </c>
     </row>
     <row r="315" spans="1:9">
       <c r="A315" t="s">
         <v>1078</v>
       </c>
       <c r="B315" t="s">
         <v>1031</v>
       </c>
       <c r="C315" t="s">
-        <v>751</v>
+        <v>754</v>
       </c>
       <c r="D315">
         <v>35</v>
       </c>
       <c r="E315">
         <v>3712</v>
       </c>
       <c r="F315">
         <v>2010</v>
       </c>
       <c r="G315" t="s">
         <v>1079</v>
       </c>
       <c r="H315">
         <v>3.32</v>
       </c>
       <c r="I315">
         <v>2.64</v>
       </c>
     </row>
     <row r="316" spans="1:9">
       <c r="A316" t="s">
         <v>1080</v>
       </c>
       <c r="B316" t="s">
@@ -12122,78 +12122,78 @@
       <c r="D316">
         <v>82</v>
       </c>
       <c r="E316">
         <v>155128</v>
       </c>
       <c r="F316">
         <v>2010</v>
       </c>
       <c r="G316" t="s">
         <v>1081</v>
       </c>
       <c r="H316">
         <v>3.77</v>
       </c>
       <c r="I316"/>
     </row>
     <row r="317" spans="1:9">
       <c r="A317" t="s">
         <v>1082</v>
       </c>
       <c r="B317" t="s">
         <v>1031</v>
       </c>
       <c r="C317" t="s">
-        <v>755</v>
+        <v>751</v>
       </c>
       <c r="D317">
         <v>82</v>
       </c>
       <c r="E317">
         <v>43818</v>
       </c>
       <c r="F317">
         <v>2010</v>
       </c>
       <c r="G317" t="s">
         <v>1083</v>
       </c>
       <c r="H317">
         <v>2.86</v>
       </c>
       <c r="I317"/>
     </row>
     <row r="318" spans="1:9">
       <c r="A318" t="s">
         <v>1084</v>
       </c>
       <c r="B318" t="s">
         <v>1031</v>
       </c>
       <c r="C318" t="s">
-        <v>751</v>
+        <v>754</v>
       </c>
       <c r="D318">
         <v>35</v>
       </c>
       <c r="E318">
         <v>3213</v>
       </c>
       <c r="F318">
         <v>2010</v>
       </c>
       <c r="G318" t="s">
         <v>1085</v>
       </c>
       <c r="H318">
         <v>3.32</v>
       </c>
       <c r="I318">
         <v>2.64</v>
       </c>
     </row>
     <row r="319" spans="1:9">
       <c r="A319" t="s">
         <v>1086</v>
       </c>
       <c r="B319" t="s">
@@ -12233,112 +12233,112 @@
       </c>
       <c r="D320">
         <v>97</v>
       </c>
       <c r="E320">
         <v>21106</v>
       </c>
       <c r="F320">
         <v>2010</v>
       </c>
       <c r="G320" t="s">
         <v>1090</v>
       </c>
       <c r="H320">
         <v>3.84</v>
       </c>
       <c r="I320">
         <v>2.92</v>
       </c>
     </row>
     <row r="321" spans="1:9">
       <c r="A321" t="s">
         <v>1091</v>
       </c>
       <c r="B321" t="s">
-        <v>195</v>
+        <v>1031</v>
       </c>
       <c r="C321" t="s">
-        <v>1044</v>
+        <v>29</v>
       </c>
       <c r="D321">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>43509</v>
+        <v>8</v>
+      </c>
+      <c r="E321" t="s">
+        <v>1092</v>
       </c>
       <c r="F321">
         <v>2010</v>
       </c>
       <c r="G321" t="s">
-        <v>1092</v>
+        <v>1093</v>
       </c>
       <c r="H321">
-        <v>1.9</v>
+        <v>2.13</v>
       </c>
       <c r="I321">
-        <v>1.02</v>
+        <v>1.55</v>
       </c>
     </row>
     <row r="322" spans="1:9">
       <c r="A322" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
       <c r="B322" t="s">
-        <v>1031</v>
+        <v>195</v>
       </c>
       <c r="C322" t="s">
-        <v>29</v>
+        <v>1044</v>
       </c>
       <c r="D322">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>1094</v>
+        <v>4</v>
+      </c>
+      <c r="E322">
+        <v>43509</v>
       </c>
       <c r="F322">
         <v>2010</v>
       </c>
       <c r="G322" t="s">
         <v>1095</v>
       </c>
       <c r="H322">
-        <v>2.13</v>
+        <v>1.9</v>
       </c>
       <c r="I322">
-        <v>1.55</v>
+        <v>1.02</v>
       </c>
     </row>
     <row r="323" spans="1:9">
       <c r="A323" t="s">
         <v>1096</v>
       </c>
       <c r="B323" t="s">
         <v>1031</v>
       </c>
       <c r="C323" t="s">
-        <v>751</v>
+        <v>754</v>
       </c>
       <c r="D323">
         <v>35</v>
       </c>
       <c r="E323">
         <v>1371</v>
       </c>
       <c r="F323">
         <v>2010</v>
       </c>
       <c r="G323" t="s">
         <v>1097</v>
       </c>
       <c r="H323">
         <v>3.32</v>
       </c>
       <c r="I323">
         <v>2.64</v>
       </c>
     </row>
     <row r="324" spans="1:9">
       <c r="A324" t="s">
         <v>1098</v>
       </c>
       <c r="B324" t="s">
@@ -12403,106 +12403,106 @@
       <c r="C326" t="s">
         <v>280</v>
       </c>
       <c r="D326">
         <v>81</v>
       </c>
       <c r="E326" t="s">
         <v>1104</v>
       </c>
       <c r="F326">
         <v>2010</v>
       </c>
       <c r="G326" t="s">
         <v>1105</v>
       </c>
       <c r="H326">
         <v>3.77</v>
       </c>
       <c r="I326"/>
     </row>
     <row r="327" spans="1:9">
       <c r="A327" t="s">
         <v>1106</v>
       </c>
       <c r="B327" t="s">
+        <v>1031</v>
+      </c>
+      <c r="C327" t="s">
+        <v>35</v>
+      </c>
+      <c r="D327">
+        <v>104</v>
+      </c>
+      <c r="E327" t="s">
         <v>1107</v>
-      </c>
-[...7 lines deleted...]
-        <v>1109</v>
       </c>
       <c r="F327">
         <v>2010</v>
       </c>
-      <c r="G327"/>
-[...1 lines deleted...]
-      <c r="I327"/>
+      <c r="G327" t="s">
+        <v>1108</v>
+      </c>
+      <c r="H327">
+        <v>7.62</v>
+      </c>
+      <c r="I327">
+        <v>6.45</v>
+      </c>
     </row>
     <row r="328" spans="1:9">
       <c r="A328" t="s">
+        <v>1109</v>
+      </c>
+      <c r="B328" t="s">
         <v>1110</v>
       </c>
-      <c r="B328" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C328" t="s">
-        <v>35</v>
+        <v>1111</v>
       </c>
       <c r="D328">
-        <v>104</v>
+        <v>2</v>
       </c>
       <c r="E328" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="F328">
         <v>2010</v>
       </c>
-      <c r="G328" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G328"/>
+      <c r="H328"/>
+      <c r="I328"/>
     </row>
     <row r="329" spans="1:9">
       <c r="A329" t="s">
         <v>1113</v>
       </c>
       <c r="B329" t="s">
         <v>1114</v>
       </c>
       <c r="C329" t="s">
-        <v>1108</v>
+        <v>1111</v>
       </c>
       <c r="D329">
         <v>2</v>
       </c>
       <c r="E329" t="s">
         <v>1115</v>
       </c>
       <c r="F329">
         <v>2010</v>
       </c>
       <c r="G329"/>
       <c r="H329"/>
       <c r="I329"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>