--- v0 (2025-10-06)
+++ v1 (2025-10-26)
@@ -113,75 +113,75 @@
   <si>
     <t>Ionically Gated Small-Molecule OPV: Interfacial Doping of Charge Collector and Transport Layer</t>
   </si>
   <si>
     <t>Danila S. Saranin, Abolfazl Mahmudpur, Pavel Voroshilov, Anvar Zakhidov</t>
   </si>
   <si>
     <t>ACS Applied Materials &amp; Interfaces</t>
   </si>
   <si>
     <t>10.1021/acsami.0c17865</t>
   </si>
   <si>
     <t>Giant Enhancement of Radiative Recombination in Perovskite Light-Emitting Diodes with Plasmonic Core-Shell Nanoparticles</t>
   </si>
   <si>
     <t>Mikhail Masharin, Aleksander Berestennikov, Daniele Barettin, Pavel Voroshilov, Konstantin Ladutenko, Aldo Di Carlo, Sergey Makarov</t>
   </si>
   <si>
     <t>Nanomaterials</t>
   </si>
   <si>
     <t>10.3390/nano11010045</t>
   </si>
   <si>
+    <t>Numerical study of purcell effect enhancement for CsPbBr3 perovskite cubic particle</t>
+  </si>
+  <si>
+    <t>Pavel Tonkaev, Pavel Voroshilov, Sergey Makarov</t>
+  </si>
+  <si>
+    <t>AIP Conference Proceedings</t>
+  </si>
+  <si>
+    <t>020128</t>
+  </si>
+  <si>
+    <t>10.1063/5.0031764</t>
+  </si>
+  <si>
     <t>Improvement of methylammonium lead iodide based perovskite solar cells by phosphorus doped silicon nanoparticles</t>
   </si>
   <si>
     <t>Aleksandra Furasova, Pavel Voroshilov, Sergey Makarov, Anvar Zakhidov, Aldo Di Carlo</t>
   </si>
   <si>
-    <t>AIP Conference Proceedings</t>
-[...1 lines deleted...]
-  <si>
     <t>020034</t>
   </si>
   <si>
     <t>10.1063/5.0031779</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1063/5.0031764</t>
   </si>
   <si>
     <t>Laser-printed hollow nanostructures for nonlinear plasmonics</t>
   </si>
   <si>
     <t>Artem Cherepakhin, Dmitrii V. Pavlov, Ivan Shishkin, Pavel Voroshilov, Sergey Makarov, Aleksandr A. Kuchmizhak</t>
   </si>
   <si>
     <t>Applied Physics Letters</t>
   </si>
   <si>
     <t>041108</t>
   </si>
   <si>
     <t>10.1063/5.0016173</t>
   </si>
   <si>
     <t>Stimulated Raman scattering from Mie-resonant subwavelength nanoparticles</t>
   </si>
   <si>
     <t>Georgiy Zograf, Daniil Ryabov, Pavel Voroshilov, Pavel Tonkaev, Dmitry Permyakov, Yuri Kivshar, Sergey Makarov</t>
   </si>
   <si>
     <t>Nano Letters</t>
   </si>