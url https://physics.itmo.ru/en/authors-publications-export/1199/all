--- v0 (2025-10-10)
+++ v1 (2025-11-02)
@@ -12,79 +12,94 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1409">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1414">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>Anisotropy in a wire medium due to the rectangularity of a unit cell</t>
+  </si>
+  <si>
+    <t>Denis Sakhno, Pavel Belov</t>
+  </si>
+  <si>
+    <t>2025 Nineteenth International Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
+  </si>
+  <si>
+    <t>X-293-X-295</t>
+  </si>
+  <si>
+    <t>10.1109/metamaterials65622.2025.11174180</t>
+  </si>
+  <si>
     <t>Search for dark-matter axions beyond the quantum limit: The cosmological axion Sarov haloscope proposal</t>
   </si>
   <si>
     <t>Andrey L. Pankratov, Pavel Belov, Eduard E. Boos, Alexander S. Chepurnov, Alexander V. Chiginev, Alexander V. Derbin, Ilia S. Drachnev, Lev V. Dudko, Dmitry S. Gorbunov, Maxim Gorlach, Vadim V. Ivanov, Leonid V. Kravchuk, Maxim V. Libanov, Michael M. Merkin, Valentina N. Muratova, Alexander E. Pukhov, Dmitry V. Salnikov, Petr S. Satunin, Dmitrii A. Semenov, Alexander M. Sergeev, Maksim I. Starostin, Igor I. Tkachev, Sergey V. Troitsky, Maxim V. Trushin, Evgenii V. Unzhakov, Maxim M. Vyalkov, Arkady A. Yukhimchuk</t>
   </si>
   <si>
     <t>Physical Review D</t>
   </si>
   <si>
     <t>10.1103/rq2s-5f18</t>
   </si>
   <si>
     <t>Design of a Room-Sized Volumetric Resonator for Wireless Power Transfer with Enhanced Safety</t>
   </si>
   <si>
     <t>Aigerim Jandaliyeva, Nikita Mikhailov, Alena Shchelokova, Pavel Belov</t>
   </si>
   <si>
     <t>2025 IEEE Wireless Power Technology Conference and Expo (WPTCE)</t>
   </si>
   <si>
     <t>1-4</t>
   </si>
   <si>
     <t>10.1109/wptce62521.2025.11062152</t>
@@ -1055,71 +1070,71 @@
   <si>
     <t>10.1109/PIERS.2017.8262394</t>
   </si>
   <si>
     <t>Metasurface-based wireless coils for magnetic resonance imaging</t>
   </si>
   <si>
     <t>Alena Shchelokova, Alexey Slobozhanyuk, Stanislav Glybovski, Mikhail Zubkov, Ekaterina Brui, Irina Melchakova, Pavel Belov</t>
   </si>
   <si>
     <t>2017 IEEE Int. Conf. on Microwaves, Antennas, Communications and Electronic Systems (COMCAS)</t>
   </si>
   <si>
     <t>10.1109/COMCAS.2017.8244854</t>
   </si>
   <si>
     <t>Far-field probing of leaky topological states in all-dielectric metasurfaces</t>
   </si>
   <si>
     <t>Maxim Gorlach, Dmitry Zhirihin, Alexey Slobozhanyuk, Pavel Belov</t>
   </si>
   <si>
     <t>10.1038/s41467-018-03330-9</t>
   </si>
   <si>
+    <t>Wireless power transfer through multipole coupling in dielectric resonators</t>
+  </si>
+  <si>
+    <t>Mingzhao Song, Pavel Belov, Polina Kapitanova</t>
+  </si>
+  <si>
+    <t>10.1109/piers.2017.8262011</t>
+  </si>
+  <si>
     <t>Volumetric Wireless Coil Based on Periodically Coupled Split-Loop Resonators for Clinical Wrist Imaging</t>
   </si>
   <si>
     <t>Alena Shchelokova, Stanislav Glybovski, Mikhail Zubkov, Ekaterina Brui, Alexandr Kozachenko, Irina Melchakova, Pavel Belov</t>
   </si>
   <si>
     <t>1726-1737</t>
   </si>
   <si>
     <t>10.1002/mrm.27140</t>
   </si>
   <si>
-    <t>Wireless power transfer through multipole coupling in dielectric resonators</t>
-[...7 lines deleted...]
-  <si>
     <t>Nonlocal homogenization of coated wire medium</t>
   </si>
   <si>
     <t>Andrey Bogdanov, Maxim Gorlach, Mingzhao Song, Alexey Slobozhanyuk, Pavel Belov</t>
   </si>
   <si>
     <t>10.1109/piers.2017.8262260</t>
   </si>
   <si>
     <t>Hybrid nanocavity for molecular sensing</t>
   </si>
   <si>
     <t>Valentin Milichko, Kristina Frizyuk, Pavel Dmitriev, Dmitry Zuev, Georgiy Zograf, Sergey Makarov, Pavel Belov</t>
   </si>
   <si>
     <t>2017 IEEE International Conference on Microwaves, Antennas, Communications and Electronic Systems (COMCAS)</t>
   </si>
   <si>
     <t>10.1109/comcas.2017.8244858</t>
   </si>
   <si>
     <t>In vivo magnetic resonance imaging of human knee with metasurface</t>
   </si>
   <si>
     <t>Alena Shchelokova, Alexey Slobozhanyuk, Pavel Belov</t>
@@ -1499,75 +1514,75 @@
   <si>
     <t>Polina Kapitanova, Nikita Pavlov, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1038/s41598-017-00724-5</t>
   </si>
   <si>
     <t>Flexible and compact hybrid metasurfaces for enhanced ultra high field in vivo magnetic resonance imaging</t>
   </si>
   <si>
     <t>Alexey Slobozhanyuk, Pavel Belov</t>
   </si>
   <si>
     <t>10.1038/s41598-017-01932-9</t>
   </si>
   <si>
     <t>Wireless power transfer inspired by the modern trends in electromagnetics</t>
   </si>
   <si>
     <t>Applied Physics Reviews</t>
   </si>
   <si>
     <t>10.1063/1.4981396</t>
   </si>
   <si>
+    <t>High-Quality Laser Cavity based on All-Dielectric Metasurfaces</t>
+  </si>
+  <si>
+    <t>Sergey Makarov, Pavel Belov</t>
+  </si>
+  <si>
+    <t>18–23</t>
+  </si>
+  <si>
+    <t>10.1016/j.photonics.2017.02.003</t>
+  </si>
+  <si>
     <t>Fine-Tuning of the Magnetic Fano Resonance in Hybrid Oligomers via fs-Laser Induced Reshaping</t>
   </si>
   <si>
     <t>Sergey Lepeshov, Ivan Mukhin, Dmitry Zuev, Valentin Milichko, Pavel Belov</t>
   </si>
   <si>
     <t>4 (3)</t>
   </si>
   <si>
     <t>536–543</t>
   </si>
   <si>
     <t>10.1021/acsphotonics.6b00727</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1016/j.photonics.2017.02.003</t>
   </si>
   <si>
     <t>Experimental demonstration of a reconfigurable magnetic Fano resonance in hybrid oligomers</t>
   </si>
   <si>
     <t>Sergey Lepeshov, Dmitry Zuev, Valentin Milichko, Pavel Belov, Ivan Mukhin</t>
   </si>
   <si>
     <t>10.1109/DD.2017.8168025</t>
   </si>
   <si>
     <t>Dielectric Yagi-Uda nanoantennas driven by electron-hole plasma photoexcitation</t>
   </si>
   <si>
     <t>Sergey Li, Sergey Lepeshov, Roman Savelev, Dmitry Baranov, Pavel Belov</t>
   </si>
   <si>
     <t>10.1088/1742-6596/917/6/062054</t>
   </si>
   <si>
     <t>Optimization of Nanoantenna-Enhanced Terahertz Emission from Photoconductive Antennas</t>
   </si>
   <si>
     <t>10.1088/1742-6596/917/6/062060</t>
   </si>
@@ -4586,51 +4601,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I400"/>
+  <dimension ref="A1:I401"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="203.95" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="617.992" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="131.968" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.998" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -4644,10532 +4659,10555 @@
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
-      <c r="D2">
-[...2 lines deleted...]
-      <c r="E2"/>
+      <c r="D2"/>
+      <c r="E2" t="s">
+        <v>12</v>
+      </c>
       <c r="F2">
         <v>2025</v>
       </c>
       <c r="G2" t="s">
-        <v>12</v>
-[...6 lines deleted...]
-      </c>
+        <v>13</v>
+      </c>
+      <c r="H2"/>
+      <c r="I2"/>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B3" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-      <c r="E3" t="s">
         <v>16</v>
       </c>
+      <c r="D3">
+        <v>112</v>
+      </c>
+      <c r="E3"/>
       <c r="F3">
         <v>2025</v>
       </c>
       <c r="G3" t="s">
         <v>17</v>
       </c>
-      <c r="H3"/>
-      <c r="I3"/>
+      <c r="H3">
+        <v>5.3</v>
+      </c>
+      <c r="I3">
+        <v>1.89</v>
+      </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
         <v>19</v>
       </c>
       <c r="C4" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="D4"/>
       <c r="E4" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="F4">
         <v>2025</v>
       </c>
       <c r="G4" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="H4"/>
       <c r="I4"/>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
+        <v>23</v>
+      </c>
+      <c r="B5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5"/>
+      <c r="E5" t="s">
         <v>21</v>
       </c>
-      <c r="B5" t="s">
-[...8 lines deleted...]
-      <c r="E5"/>
       <c r="F5">
         <v>2025</v>
       </c>
       <c r="G5" t="s">
-        <v>24</v>
-[...6 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="H5"/>
+      <c r="I5"/>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C6" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="D6"/>
+        <v>28</v>
+      </c>
+      <c r="D6">
+        <v>16</v>
+      </c>
       <c r="E6"/>
       <c r="F6">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="H6">
-        <v>5.0</v>
+        <v>14.92</v>
       </c>
       <c r="I6">
-        <v>1.88</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B7" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C7" t="s">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="D7"/>
       <c r="E7"/>
       <c r="F7">
         <v>2024</v>
       </c>
       <c r="G7" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="H7">
-        <v>4.04</v>
+        <v>5.0</v>
       </c>
       <c r="I7">
-        <v>1.78</v>
+        <v>1.88</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B8" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C8" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-      <c r="E8" t="s">
         <v>36</v>
       </c>
+      <c r="D8">
+        <v>110</v>
+      </c>
+      <c r="E8"/>
       <c r="F8">
         <v>2024</v>
       </c>
       <c r="G8" t="s">
         <v>37</v>
       </c>
-      <c r="H8"/>
-      <c r="I8"/>
+      <c r="H8">
+        <v>4.04</v>
+      </c>
+      <c r="I8">
+        <v>1.78</v>
+      </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>38</v>
       </c>
       <c r="B9" t="s">
         <v>39</v>
       </c>
       <c r="C9" t="s">
-        <v>31</v>
-[...4 lines deleted...]
-      <c r="E9"/>
+        <v>40</v>
+      </c>
+      <c r="D9"/>
+      <c r="E9" t="s">
+        <v>41</v>
+      </c>
       <c r="F9">
         <v>2024</v>
       </c>
       <c r="G9" t="s">
-        <v>40</v>
-[...6 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="H9"/>
+      <c r="I9"/>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B10" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="C10" t="s">
-        <v>43</v>
-[...4 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="D10">
+        <v>110</v>
+      </c>
+      <c r="E10"/>
       <c r="F10">
         <v>2024</v>
       </c>
       <c r="G10" t="s">
         <v>45</v>
       </c>
-      <c r="H10"/>
-      <c r="I10"/>
+      <c r="H10">
+        <v>4.04</v>
+      </c>
+      <c r="I10">
+        <v>1.78</v>
+      </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>46</v>
       </c>
       <c r="B11" t="s">
         <v>47</v>
       </c>
       <c r="C11" t="s">
         <v>48</v>
       </c>
       <c r="D11"/>
-      <c r="E11"/>
+      <c r="E11" t="s">
+        <v>49</v>
+      </c>
       <c r="F11">
         <v>2024</v>
       </c>
       <c r="G11" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="H11"/>
       <c r="I11"/>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B12" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C12" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="D12"/>
       <c r="E12"/>
       <c r="F12">
         <v>2024</v>
       </c>
       <c r="G12" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="H12"/>
       <c r="I12"/>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
+        <v>55</v>
+      </c>
+      <c r="B13" t="s">
+        <v>56</v>
+      </c>
+      <c r="C13" t="s">
         <v>53</v>
-      </c>
-[...4 lines deleted...]
-        <v>48</v>
       </c>
       <c r="D13"/>
       <c r="E13"/>
       <c r="F13">
         <v>2024</v>
       </c>
       <c r="G13" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="H13"/>
       <c r="I13"/>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B14" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="C14" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="D14"/>
-      <c r="E14">
-[...1 lines deleted...]
-      </c>
+      <c r="E14"/>
       <c r="F14">
         <v>2024</v>
       </c>
       <c r="G14" t="s">
-        <v>59</v>
-[...6 lines deleted...]
-      </c>
+        <v>60</v>
+      </c>
+      <c r="H14"/>
+      <c r="I14"/>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B15" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C15" t="s">
-        <v>62</v>
-[...3 lines deleted...]
-      </c>
+        <v>63</v>
+      </c>
+      <c r="D15"/>
       <c r="E15">
-        <v>1158</v>
+        <v>130648</v>
       </c>
       <c r="F15">
         <v>2024</v>
       </c>
       <c r="G15" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H15">
-        <v>7.08</v>
+        <v>2.31</v>
       </c>
       <c r="I15">
-        <v>2.07</v>
+        <v>0.63</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B16" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C16" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-      <c r="E16"/>
+        <v>67</v>
+      </c>
+      <c r="D16">
+        <v>12</v>
+      </c>
+      <c r="E16">
+        <v>1158</v>
+      </c>
       <c r="F16">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G16" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-      <c r="I16"/>
+        <v>68</v>
+      </c>
+      <c r="H16">
+        <v>7.08</v>
+      </c>
+      <c r="I16">
+        <v>2.07</v>
+      </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B17" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C17" t="s">
-        <v>70</v>
-[...3 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="D17"/>
       <c r="E17"/>
       <c r="F17">
         <v>2023</v>
       </c>
       <c r="G17" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="H17"/>
       <c r="I17"/>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B18" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C18" t="s">
-        <v>27</v>
+        <v>75</v>
       </c>
       <c r="D18">
-        <v>20</v>
+        <v>2</v>
       </c>
       <c r="E18"/>
       <c r="F18">
         <v>2023</v>
       </c>
       <c r="G18" t="s">
-        <v>74</v>
-[...6 lines deleted...]
-      </c>
+        <v>76</v>
+      </c>
+      <c r="H18"/>
+      <c r="I18"/>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B19" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C19" t="s">
-        <v>77</v>
-[...1 lines deleted...]
-      <c r="D19"/>
+        <v>32</v>
+      </c>
+      <c r="D19">
+        <v>20</v>
+      </c>
       <c r="E19"/>
       <c r="F19">
         <v>2023</v>
       </c>
       <c r="G19" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-      <c r="I19"/>
+        <v>79</v>
+      </c>
+      <c r="H19">
+        <v>4.99</v>
+      </c>
+      <c r="I19">
+        <v>1.88</v>
+      </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B20" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C20" t="s">
-        <v>81</v>
-[...3 lines deleted...]
-      </c>
+        <v>82</v>
+      </c>
+      <c r="D20"/>
       <c r="E20"/>
       <c r="F20">
         <v>2023</v>
       </c>
       <c r="G20" t="s">
-        <v>82</v>
-[...6 lines deleted...]
-      </c>
+        <v>83</v>
+      </c>
+      <c r="H20"/>
+      <c r="I20"/>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B21" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C21" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D21">
-        <v>134</v>
+        <v>12</v>
       </c>
       <c r="E21"/>
       <c r="F21">
         <v>2023</v>
       </c>
       <c r="G21" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H21">
-        <v>2.55</v>
+        <v>17.46</v>
       </c>
       <c r="I21">
-        <v>0.7</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B22" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C22" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D22">
-        <v>55</v>
-[...3 lines deleted...]
-      </c>
+        <v>134</v>
+      </c>
+      <c r="E22"/>
       <c r="F22">
         <v>2023</v>
       </c>
       <c r="G22" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="H22">
-        <v>3.16</v>
+        <v>2.55</v>
       </c>
       <c r="I22">
-        <v>0.47</v>
+        <v>0.7</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B23" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C23" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="D23"/>
+        <v>94</v>
+      </c>
+      <c r="D23">
+        <v>55</v>
+      </c>
       <c r="E23">
-        <v>101147</v>
+        <v>101150</v>
       </c>
       <c r="F23">
         <v>2023</v>
       </c>
       <c r="G23" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="H23">
         <v>3.16</v>
       </c>
       <c r="I23">
         <v>0.47</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
+        <v>96</v>
+      </c>
+      <c r="B24" t="s">
+        <v>97</v>
+      </c>
+      <c r="C24" t="s">
         <v>94</v>
       </c>
-      <c r="B24" t="s">
-[...8 lines deleted...]
-      <c r="E24"/>
+      <c r="D24"/>
+      <c r="E24">
+        <v>101147</v>
+      </c>
       <c r="F24">
         <v>2023</v>
       </c>
       <c r="G24" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="H24">
-        <v>3.91</v>
+        <v>3.16</v>
       </c>
       <c r="I24">
-        <v>1.54</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B25" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="C25" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="D25">
         <v>107</v>
       </c>
       <c r="E25"/>
       <c r="F25">
         <v>2023</v>
       </c>
       <c r="G25" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="H25">
-        <v>5.41</v>
+        <v>3.91</v>
       </c>
       <c r="I25">
-        <v>1.68</v>
+        <v>1.54</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="B26" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="C26" t="s">
-        <v>89</v>
+        <v>16</v>
       </c>
       <c r="D26">
-        <v>53</v>
-[...3 lines deleted...]
-      </c>
+        <v>107</v>
+      </c>
+      <c r="E26"/>
       <c r="F26">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G26" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="H26">
-        <v>3.01</v>
+        <v>5.41</v>
       </c>
       <c r="I26">
-        <v>0.55</v>
+        <v>1.68</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="B27" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="C27" t="s">
-        <v>27</v>
+        <v>94</v>
       </c>
       <c r="D27">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="E27"/>
+        <v>53</v>
+      </c>
+      <c r="E27">
+        <v>101104</v>
+      </c>
       <c r="F27">
         <v>2022</v>
       </c>
       <c r="G27" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="H27">
-        <v>4.93</v>
+        <v>3.01</v>
       </c>
       <c r="I27">
-        <v>1.53</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B28" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="C28" t="s">
-        <v>108</v>
+        <v>32</v>
       </c>
       <c r="D28">
-        <v>86</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="E28"/>
       <c r="F28">
         <v>2022</v>
       </c>
       <c r="G28" t="s">
         <v>110</v>
       </c>
-      <c r="H28"/>
+      <c r="H28">
+        <v>4.93</v>
+      </c>
       <c r="I28">
-        <v>0.23</v>
+        <v>1.53</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
         <v>111</v>
       </c>
       <c r="B29" t="s">
         <v>112</v>
       </c>
       <c r="C29" t="s">
         <v>113</v>
       </c>
-      <c r="D29"/>
-      <c r="E29"/>
+      <c r="D29">
+        <v>86</v>
+      </c>
+      <c r="E29" t="s">
+        <v>114</v>
+      </c>
       <c r="F29">
         <v>2022</v>
       </c>
       <c r="G29" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="H29"/>
-      <c r="I29"/>
+      <c r="I29">
+        <v>0.23</v>
+      </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B30" t="s">
-        <v>88</v>
+        <v>117</v>
       </c>
       <c r="C30" t="s">
-        <v>116</v>
-[...6 lines deleted...]
-      </c>
+        <v>118</v>
+      </c>
+      <c r="D30"/>
+      <c r="E30"/>
       <c r="F30">
         <v>2022</v>
       </c>
       <c r="G30" t="s">
-        <v>117</v>
-[...6 lines deleted...]
-      </c>
+        <v>119</v>
+      </c>
+      <c r="H30"/>
+      <c r="I30"/>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="B31" t="s">
-        <v>112</v>
+        <v>93</v>
       </c>
       <c r="C31" t="s">
-        <v>31</v>
+        <v>121</v>
       </c>
       <c r="D31">
-        <v>106</v>
-[...1 lines deleted...]
-      <c r="E31"/>
+        <v>47</v>
+      </c>
+      <c r="E31">
+        <v>4451</v>
+      </c>
       <c r="F31">
         <v>2022</v>
       </c>
       <c r="G31" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="H31">
-        <v>3.91</v>
+        <v>3.56</v>
       </c>
       <c r="I31">
-        <v>1.54</v>
+        <v>1.26</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="B32" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="C32" t="s">
-        <v>116</v>
+        <v>36</v>
       </c>
       <c r="D32">
-        <v>47</v>
-[...3 lines deleted...]
-      </c>
+        <v>106</v>
+      </c>
+      <c r="E32"/>
       <c r="F32">
         <v>2022</v>
       </c>
       <c r="G32" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="H32">
-        <v>3.56</v>
+        <v>3.91</v>
       </c>
       <c r="I32">
-        <v>1.26</v>
+        <v>1.54</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="B33" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="C33" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="D33">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>126</v>
+        <v>47</v>
+      </c>
+      <c r="E33">
+        <v>3291</v>
       </c>
       <c r="F33">
         <v>2022</v>
       </c>
       <c r="G33" t="s">
         <v>127</v>
       </c>
       <c r="H33">
-        <v>4.82</v>
+        <v>3.56</v>
       </c>
       <c r="I33">
-        <v>2.13</v>
+        <v>1.26</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
         <v>128</v>
       </c>
       <c r="B34" t="s">
         <v>129</v>
       </c>
       <c r="C34" t="s">
-        <v>81</v>
+        <v>130</v>
       </c>
       <c r="D34">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="E34"/>
+        <v>70</v>
+      </c>
+      <c r="E34" t="s">
+        <v>131</v>
+      </c>
       <c r="F34">
         <v>2022</v>
       </c>
       <c r="G34" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="H34">
-        <v>17.46</v>
+        <v>4.82</v>
       </c>
       <c r="I34">
-        <v>5.5</v>
+        <v>2.13</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="B35" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="C35" t="s">
-        <v>125</v>
+        <v>86</v>
       </c>
       <c r="D35">
-        <v>70</v>
-[...3 lines deleted...]
-      </c>
+        <v>11</v>
+      </c>
+      <c r="E35"/>
       <c r="F35">
         <v>2022</v>
       </c>
       <c r="G35" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="H35">
-        <v>4.82</v>
+        <v>17.46</v>
       </c>
       <c r="I35">
-        <v>2.13</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B36" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C36" t="s">
-        <v>137</v>
+        <v>130</v>
       </c>
       <c r="D36">
-        <v>279</v>
-[...2 lines deleted...]
-        <v>108065</v>
+        <v>70</v>
+      </c>
+      <c r="E36" t="s">
+        <v>138</v>
       </c>
       <c r="F36">
         <v>2022</v>
       </c>
       <c r="G36" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="H36">
-        <v>2.47</v>
+        <v>4.82</v>
       </c>
       <c r="I36">
-        <v>0.81</v>
+        <v>2.13</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B37" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C37" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D37">
-        <v>2015</v>
-[...2 lines deleted...]
-        <v>142</v>
+        <v>279</v>
+      </c>
+      <c r="E37">
+        <v>108065</v>
       </c>
       <c r="F37">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G37" t="s">
         <v>143</v>
       </c>
       <c r="H37">
-        <v>0.55</v>
+        <v>2.47</v>
       </c>
       <c r="I37">
-        <v>0.21</v>
+        <v>0.81</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
         <v>144</v>
       </c>
       <c r="B38" t="s">
-        <v>88</v>
+        <v>145</v>
       </c>
       <c r="C38" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="D38">
         <v>2015</v>
       </c>
       <c r="E38" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="F38">
         <v>2021</v>
       </c>
       <c r="G38" t="s">
-        <v>146</v>
-[...1 lines deleted...]
-      <c r="H38"/>
+        <v>148</v>
+      </c>
+      <c r="H38">
+        <v>0.55</v>
+      </c>
       <c r="I38">
         <v>0.21</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="B39" t="s">
-        <v>148</v>
+        <v>93</v>
       </c>
       <c r="C39" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="D39">
         <v>2015</v>
       </c>
       <c r="E39" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="F39">
         <v>2021</v>
       </c>
       <c r="G39" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="H39"/>
       <c r="I39">
         <v>0.21</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B40" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C40" t="s">
-        <v>31</v>
+        <v>146</v>
       </c>
       <c r="D40">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="E40"/>
+        <v>2015</v>
+      </c>
+      <c r="E40" t="s">
+        <v>154</v>
+      </c>
       <c r="F40">
         <v>2021</v>
       </c>
       <c r="G40" t="s">
-        <v>153</v>
-[...3 lines deleted...]
-      </c>
+        <v>155</v>
+      </c>
+      <c r="H40"/>
       <c r="I40">
-        <v>1.54</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="B41" t="s">
-        <v>88</v>
+        <v>157</v>
       </c>
       <c r="C41" t="s">
-        <v>155</v>
-[...1 lines deleted...]
-      <c r="D41"/>
+        <v>36</v>
+      </c>
+      <c r="D41">
+        <v>104</v>
+      </c>
       <c r="E41"/>
       <c r="F41">
         <v>2021</v>
       </c>
       <c r="G41" t="s">
-        <v>156</v>
-[...2 lines deleted...]
-      <c r="I41"/>
+        <v>158</v>
+      </c>
+      <c r="H41">
+        <v>3.91</v>
+      </c>
+      <c r="I41">
+        <v>1.54</v>
+      </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="B42" t="s">
-        <v>158</v>
+        <v>93</v>
       </c>
       <c r="C42" t="s">
-        <v>159</v>
-[...4 lines deleted...]
-      <c r="E42" t="s">
         <v>160</v>
       </c>
+      <c r="D42"/>
+      <c r="E42"/>
       <c r="F42">
         <v>2021</v>
       </c>
       <c r="G42" t="s">
         <v>161</v>
       </c>
-      <c r="H42">
-[...4 lines deleted...]
-      </c>
+      <c r="H42"/>
+      <c r="I42"/>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
         <v>162</v>
       </c>
       <c r="B43" t="s">
-        <v>88</v>
+        <v>163</v>
       </c>
       <c r="C43" t="s">
-        <v>31</v>
+        <v>164</v>
       </c>
       <c r="D43">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="E43"/>
+        <v>4</v>
+      </c>
+      <c r="E43" t="s">
+        <v>165</v>
+      </c>
       <c r="F43">
         <v>2021</v>
       </c>
       <c r="G43" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="H43">
-        <v>3.91</v>
+        <v>33.26</v>
       </c>
       <c r="I43">
-        <v>1.54</v>
+        <v>8.3</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="B44" t="s">
-        <v>165</v>
+        <v>93</v>
       </c>
       <c r="C44" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="D44">
-        <v>16</v>
+        <v>104</v>
       </c>
       <c r="E44"/>
       <c r="F44">
         <v>2021</v>
       </c>
       <c r="G44" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="H44">
-        <v>4.93</v>
+        <v>3.91</v>
       </c>
       <c r="I44">
-        <v>1.53</v>
+        <v>1.54</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B45" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="C45" t="s">
-        <v>169</v>
+        <v>32</v>
       </c>
       <c r="D45">
-        <v>87</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E45"/>
       <c r="F45">
         <v>2021</v>
       </c>
       <c r="G45" t="s">
         <v>171</v>
       </c>
       <c r="H45">
-        <v>3.74</v>
+        <v>4.93</v>
       </c>
       <c r="I45">
-        <v>1.5</v>
+        <v>1.53</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
         <v>172</v>
       </c>
       <c r="B46" t="s">
         <v>173</v>
       </c>
       <c r="C46" t="s">
         <v>174</v>
       </c>
       <c r="D46">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>201101</v>
+        <v>87</v>
+      </c>
+      <c r="E46" t="s">
+        <v>175</v>
       </c>
       <c r="F46">
         <v>2021</v>
       </c>
       <c r="G46" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="H46">
-        <v>3.97</v>
+        <v>3.74</v>
       </c>
       <c r="I46">
-        <v>1.03</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B47" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C47" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="D47">
         <v>118</v>
       </c>
       <c r="E47">
-        <v>131601</v>
+        <v>201101</v>
       </c>
       <c r="F47">
         <v>2021</v>
       </c>
       <c r="G47" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="H47">
         <v>3.97</v>
       </c>
       <c r="I47">
         <v>1.03</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
+        <v>181</v>
+      </c>
+      <c r="B48" t="s">
+        <v>182</v>
+      </c>
+      <c r="C48" t="s">
         <v>179</v>
       </c>
-      <c r="B48" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D48">
-        <v>192</v>
-[...2 lines deleted...]
-        <v>182</v>
+        <v>118</v>
+      </c>
+      <c r="E48">
+        <v>131601</v>
       </c>
       <c r="F48">
         <v>2021</v>
       </c>
       <c r="G48" t="s">
         <v>183</v>
       </c>
-      <c r="H48"/>
-      <c r="I48"/>
+      <c r="H48">
+        <v>3.97</v>
+      </c>
+      <c r="I48">
+        <v>1.03</v>
+      </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="B49" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C49" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="D49">
-        <v>65</v>
+        <v>192</v>
       </c>
       <c r="E49" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="F49">
         <v>2021</v>
       </c>
       <c r="G49" t="s">
-        <v>187</v>
-[...6 lines deleted...]
-      </c>
+        <v>188</v>
+      </c>
+      <c r="H49"/>
+      <c r="I49"/>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="B50" t="s">
         <v>189</v>
       </c>
       <c r="C50" t="s">
-        <v>174</v>
+        <v>190</v>
       </c>
       <c r="D50">
-        <v>118</v>
+        <v>65</v>
       </c>
       <c r="E50" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="F50">
         <v>2021</v>
       </c>
       <c r="G50" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="H50">
-        <v>3.97</v>
+        <v>2.94</v>
       </c>
       <c r="I50">
-        <v>1.03</v>
+        <v>0.66</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B51" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C51" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="D51">
-        <v>117</v>
-[...2 lines deleted...]
-        <v>241105</v>
+        <v>118</v>
+      </c>
+      <c r="E51" t="s">
+        <v>195</v>
       </c>
       <c r="F51">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G51" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="H51">
-        <v>3.79</v>
+        <v>3.97</v>
       </c>
       <c r="I51">
-        <v>1.18</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B52" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="C52" t="s">
-        <v>197</v>
+        <v>179</v>
       </c>
       <c r="D52">
-        <v>2300</v>
-[...2 lines deleted...]
-        <v>198</v>
+        <v>117</v>
+      </c>
+      <c r="E52">
+        <v>241105</v>
       </c>
       <c r="F52">
         <v>2020</v>
       </c>
       <c r="G52" t="s">
         <v>199</v>
       </c>
-      <c r="H52"/>
+      <c r="H52">
+        <v>3.79</v>
+      </c>
       <c r="I52">
-        <v>0.19</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
         <v>200</v>
       </c>
       <c r="B53" t="s">
         <v>201</v>
       </c>
       <c r="C53" t="s">
         <v>202</v>
       </c>
       <c r="D53">
-        <v>532</v>
-[...2 lines deleted...]
-        <v>2000293</v>
+        <v>2300</v>
+      </c>
+      <c r="E53" t="s">
+        <v>203</v>
       </c>
       <c r="F53">
         <v>2020</v>
       </c>
       <c r="G53" t="s">
-        <v>203</v>
-[...3 lines deleted...]
-      </c>
+        <v>204</v>
+      </c>
+      <c r="H53"/>
       <c r="I53">
-        <v>1.01</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B54" t="s">
-        <v>196</v>
+        <v>206</v>
       </c>
       <c r="C54" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="D54">
-        <v>8</v>
+        <v>532</v>
       </c>
       <c r="E54">
-        <v>2001170</v>
+        <v>2000293</v>
       </c>
       <c r="F54">
         <v>2020</v>
       </c>
       <c r="G54" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="H54">
-        <v>9.93</v>
+        <v>2.99</v>
       </c>
       <c r="I54">
-        <v>2.89</v>
+        <v>1.01</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="B55" t="s">
-        <v>208</v>
+        <v>201</v>
       </c>
       <c r="C55" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D55">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="E55"/>
+        <v>8</v>
+      </c>
+      <c r="E55">
+        <v>2001170</v>
+      </c>
       <c r="F55">
         <v>2020</v>
       </c>
       <c r="G55" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="H55">
-        <v>4.04</v>
+        <v>9.93</v>
       </c>
       <c r="I55">
-        <v>1.28</v>
+        <v>2.89</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B56" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C56" t="s">
-        <v>174</v>
+        <v>214</v>
       </c>
       <c r="D56">
-        <v>117</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="E56"/>
       <c r="F56">
         <v>2020</v>
       </c>
       <c r="G56" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="H56">
-        <v>3.79</v>
+        <v>4.04</v>
       </c>
       <c r="I56">
-        <v>1.18</v>
+        <v>1.28</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B57" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C57" t="s">
-        <v>89</v>
+        <v>179</v>
       </c>
       <c r="D57">
-        <v>41</v>
-[...2 lines deleted...]
-        <v>100835</v>
+        <v>117</v>
+      </c>
+      <c r="E57" t="s">
+        <v>218</v>
       </c>
       <c r="F57">
         <v>2020</v>
       </c>
       <c r="G57" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="H57">
-        <v>2.45</v>
+        <v>3.79</v>
       </c>
       <c r="I57">
-        <v>0.58</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="B58" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C58" t="s">
-        <v>23</v>
+        <v>94</v>
       </c>
       <c r="D58">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E58">
-        <v>3840</v>
+        <v>100835</v>
       </c>
       <c r="F58">
         <v>2020</v>
       </c>
       <c r="G58" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="H58">
-        <v>14.92</v>
+        <v>2.45</v>
       </c>
       <c r="I58">
-        <v>5.56</v>
+        <v>0.58</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B59" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="C59" t="s">
-        <v>223</v>
+        <v>28</v>
       </c>
       <c r="D59">
-        <v>66</v>
-[...2 lines deleted...]
-        <v>224</v>
+        <v>11</v>
+      </c>
+      <c r="E59">
+        <v>3840</v>
       </c>
       <c r="F59">
         <v>2020</v>
       </c>
       <c r="G59" t="s">
         <v>225</v>
       </c>
       <c r="H59">
-        <v>11.78</v>
+        <v>14.92</v>
       </c>
       <c r="I59">
-        <v>1.98</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
         <v>226</v>
       </c>
       <c r="B60" t="s">
         <v>227</v>
       </c>
       <c r="C60" t="s">
-        <v>27</v>
+        <v>228</v>
       </c>
       <c r="D60">
-        <v>13</v>
+        <v>66</v>
       </c>
       <c r="E60" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="F60">
         <v>2020</v>
       </c>
       <c r="G60" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="H60">
-        <v>4.99</v>
+        <v>11.78</v>
       </c>
       <c r="I60">
-        <v>1.88</v>
+        <v>1.98</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B61" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C61" t="s">
-        <v>232</v>
+        <v>32</v>
       </c>
       <c r="D61">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="E61" t="s">
         <v>233</v>
       </c>
       <c r="F61">
         <v>2020</v>
       </c>
       <c r="G61" t="s">
         <v>234</v>
       </c>
       <c r="H61">
-        <v>7.53</v>
+        <v>4.99</v>
       </c>
       <c r="I61">
-        <v>2.74</v>
+        <v>1.88</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
         <v>235</v>
       </c>
       <c r="B62" t="s">
         <v>236</v>
       </c>
       <c r="C62" t="s">
-        <v>141</v>
+        <v>237</v>
       </c>
       <c r="D62">
-        <v>1461</v>
+        <v>7</v>
       </c>
       <c r="E62" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="F62">
         <v>2020</v>
       </c>
       <c r="G62" t="s">
-        <v>238</v>
-[...1 lines deleted...]
-      <c r="H62"/>
+        <v>239</v>
+      </c>
+      <c r="H62">
+        <v>7.53</v>
+      </c>
       <c r="I62">
-        <v>0.23</v>
+        <v>2.74</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B63" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C63" t="s">
-        <v>125</v>
+        <v>146</v>
       </c>
       <c r="D63">
-        <v>68</v>
+        <v>1461</v>
       </c>
       <c r="E63" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="F63">
         <v>2020</v>
       </c>
       <c r="G63" t="s">
-        <v>242</v>
-[...3 lines deleted...]
-      </c>
+        <v>243</v>
+      </c>
+      <c r="H63"/>
       <c r="I63">
-        <v>1.65</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B64" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C64" t="s">
-        <v>245</v>
-[...2 lines deleted...]
-      <c r="E64"/>
+        <v>130</v>
+      </c>
+      <c r="D64">
+        <v>68</v>
+      </c>
+      <c r="E64" t="s">
+        <v>246</v>
+      </c>
       <c r="F64">
         <v>2020</v>
       </c>
       <c r="G64" t="s">
-        <v>246</v>
-[...2 lines deleted...]
-      <c r="I64"/>
+        <v>247</v>
+      </c>
+      <c r="H64">
+        <v>4.39</v>
+      </c>
+      <c r="I64">
+        <v>1.65</v>
+      </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="B65" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C65" t="s">
-        <v>249</v>
-[...4 lines deleted...]
-      <c r="E65" t="s">
         <v>250</v>
       </c>
+      <c r="D65"/>
+      <c r="E65"/>
       <c r="F65">
         <v>2020</v>
       </c>
       <c r="G65" t="s">
         <v>251</v>
       </c>
-      <c r="H65">
-[...4 lines deleted...]
-      </c>
+      <c r="H65"/>
+      <c r="I65"/>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
         <v>252</v>
       </c>
       <c r="B66" t="s">
         <v>253</v>
       </c>
       <c r="C66" t="s">
-        <v>89</v>
+        <v>254</v>
       </c>
       <c r="D66">
-        <v>39</v>
-[...2 lines deleted...]
-        <v>100764</v>
+        <v>8</v>
+      </c>
+      <c r="E66" t="s">
+        <v>255</v>
       </c>
       <c r="F66">
         <v>2020</v>
       </c>
       <c r="G66" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="H66">
-        <v>2.45</v>
+        <v>3.37</v>
       </c>
       <c r="I66">
-        <v>0.58</v>
+        <v>0.59</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="B67" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="C67" t="s">
-        <v>257</v>
-[...2 lines deleted...]
-      <c r="E67"/>
+        <v>94</v>
+      </c>
+      <c r="D67">
+        <v>39</v>
+      </c>
+      <c r="E67">
+        <v>100764</v>
+      </c>
       <c r="F67">
         <v>2020</v>
       </c>
       <c r="G67" t="s">
-        <v>258</v>
-[...2 lines deleted...]
-      <c r="I67"/>
+        <v>259</v>
+      </c>
+      <c r="H67">
+        <v>2.45</v>
+      </c>
+      <c r="I67">
+        <v>0.58</v>
+      </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B68" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C68" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
       <c r="D68"/>
       <c r="E68"/>
       <c r="F68">
         <v>2020</v>
       </c>
       <c r="G68" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="H68"/>
       <c r="I68"/>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
+        <v>264</v>
+      </c>
+      <c r="B69" t="s">
+        <v>265</v>
+      </c>
+      <c r="C69" t="s">
         <v>262</v>
       </c>
-      <c r="B69" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="D69"/>
+      <c r="E69"/>
       <c r="F69">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G69" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="H69"/>
-      <c r="I69">
-[...1 lines deleted...]
-      </c>
+      <c r="I69"/>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="B70" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C70" t="s">
-        <v>31</v>
+        <v>146</v>
       </c>
       <c r="D70">
-        <v>100</v>
-[...2 lines deleted...]
-        <v>205136</v>
+        <v>1410</v>
+      </c>
+      <c r="E70" t="s">
+        <v>269</v>
       </c>
       <c r="F70">
         <v>2019</v>
       </c>
       <c r="G70" t="s">
-        <v>268</v>
-[...3 lines deleted...]
-      </c>
+        <v>270</v>
+      </c>
+      <c r="H70"/>
       <c r="I70">
-        <v>1.81</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="B71" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="C71" t="s">
-        <v>271</v>
-[...2 lines deleted...]
-      <c r="E71"/>
+        <v>36</v>
+      </c>
+      <c r="D71">
+        <v>100</v>
+      </c>
+      <c r="E71">
+        <v>205136</v>
+      </c>
       <c r="F71">
         <v>2019</v>
       </c>
       <c r="G71" t="s">
-        <v>272</v>
-[...2 lines deleted...]
-      <c r="I71"/>
+        <v>273</v>
+      </c>
+      <c r="H71">
+        <v>3.58</v>
+      </c>
+      <c r="I71">
+        <v>1.81</v>
+      </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="B72" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="C72" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="D72"/>
       <c r="E72"/>
       <c r="F72">
         <v>2019</v>
       </c>
       <c r="G72" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="H72"/>
       <c r="I72"/>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="B73" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="C73" t="s">
-        <v>279</v>
-[...6 lines deleted...]
-      </c>
+        <v>280</v>
+      </c>
+      <c r="D73"/>
+      <c r="E73"/>
       <c r="F73">
         <v>2019</v>
       </c>
       <c r="G73" t="s">
-        <v>280</v>
-[...6 lines deleted...]
-      </c>
+        <v>281</v>
+      </c>
+      <c r="H73"/>
+      <c r="I73"/>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="B74" t="s">
-        <v>236</v>
+        <v>283</v>
       </c>
       <c r="C74" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="D74">
-        <v>122</v>
+        <v>257</v>
       </c>
       <c r="E74">
-        <v>193905</v>
+        <v>1900406</v>
       </c>
       <c r="F74">
         <v>2019</v>
       </c>
       <c r="G74" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="H74">
-        <v>8.39</v>
+        <v>1.45</v>
       </c>
       <c r="I74">
-        <v>3.59</v>
+        <v>0.52</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="B75" t="s">
-        <v>285</v>
+        <v>241</v>
       </c>
       <c r="C75" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="D75">
-        <v>31</v>
+        <v>122</v>
       </c>
       <c r="E75">
-        <v>1900912</v>
+        <v>193905</v>
       </c>
       <c r="F75">
         <v>2019</v>
       </c>
       <c r="G75" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="H75">
-        <v>27.4</v>
+        <v>8.39</v>
       </c>
       <c r="I75">
-        <v>10.57</v>
+        <v>3.59</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="B76" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C76" t="s">
-        <v>27</v>
+        <v>291</v>
       </c>
       <c r="D76">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>290</v>
+        <v>31</v>
+      </c>
+      <c r="E76">
+        <v>1900912</v>
       </c>
       <c r="F76">
         <v>2019</v>
       </c>
       <c r="G76" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="H76">
-        <v>4.19</v>
+        <v>27.4</v>
       </c>
       <c r="I76">
-        <v>1.87</v>
+        <v>10.57</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="B77" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="C77" t="s">
-        <v>185</v>
+        <v>32</v>
       </c>
       <c r="D77">
-        <v>61</v>
+        <v>11</v>
       </c>
       <c r="E77" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="F77">
         <v>2019</v>
       </c>
       <c r="G77" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="H77">
-        <v>2.82</v>
+        <v>4.19</v>
       </c>
       <c r="I77">
-        <v>0.92</v>
+        <v>1.87</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="B78" t="s">
-        <v>248</v>
+        <v>298</v>
       </c>
       <c r="C78" t="s">
-        <v>141</v>
+        <v>190</v>
       </c>
       <c r="D78">
-        <v>1092</v>
-[...2 lines deleted...]
-        <v>12083</v>
+        <v>61</v>
+      </c>
+      <c r="E78" t="s">
+        <v>299</v>
       </c>
       <c r="F78">
         <v>2019</v>
       </c>
       <c r="G78" t="s">
-        <v>297</v>
-[...1 lines deleted...]
-      <c r="H78"/>
+        <v>300</v>
+      </c>
+      <c r="H78">
+        <v>2.82</v>
+      </c>
       <c r="I78">
-        <v>0.22</v>
+        <v>0.92</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="B79" t="s">
-        <v>299</v>
+        <v>253</v>
       </c>
       <c r="C79" t="s">
-        <v>300</v>
+        <v>146</v>
       </c>
       <c r="D79">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>301</v>
+        <v>1092</v>
+      </c>
+      <c r="E79">
+        <v>12083</v>
       </c>
       <c r="F79">
         <v>2019</v>
       </c>
       <c r="G79" t="s">
         <v>302</v>
       </c>
       <c r="H79"/>
-      <c r="I79"/>
+      <c r="I79">
+        <v>0.22</v>
+      </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
         <v>303</v>
       </c>
       <c r="B80" t="s">
         <v>304</v>
       </c>
       <c r="C80" t="s">
-        <v>174</v>
+        <v>305</v>
       </c>
       <c r="D80">
-        <v>114</v>
-[...2 lines deleted...]
-        <v>31103</v>
+        <v>9</v>
+      </c>
+      <c r="E80" t="s">
+        <v>306</v>
       </c>
       <c r="F80">
         <v>2019</v>
       </c>
       <c r="G80" t="s">
-        <v>305</v>
-[...6 lines deleted...]
-      </c>
+        <v>307</v>
+      </c>
+      <c r="H80"/>
+      <c r="I80"/>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="B81" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="C81" t="s">
-        <v>308</v>
-[...2 lines deleted...]
-      <c r="E81"/>
+        <v>179</v>
+      </c>
+      <c r="D81">
+        <v>114</v>
+      </c>
+      <c r="E81">
+        <v>31103</v>
+      </c>
       <c r="F81">
         <v>2019</v>
       </c>
       <c r="G81" t="s">
-        <v>309</v>
-[...2 lines deleted...]
-      <c r="I81"/>
+        <v>310</v>
+      </c>
+      <c r="H81">
+        <v>3.6</v>
+      </c>
+      <c r="I81">
+        <v>1.34</v>
+      </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="B82" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="C82" t="s">
-        <v>185</v>
-[...6 lines deleted...]
-      </c>
+        <v>313</v>
+      </c>
+      <c r="D82"/>
+      <c r="E82"/>
       <c r="F82">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G82" t="s">
-        <v>313</v>
-[...6 lines deleted...]
-      </c>
+        <v>314</v>
+      </c>
+      <c r="H82"/>
+      <c r="I82"/>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="B83" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="C83" t="s">
-        <v>316</v>
-[...1 lines deleted...]
-      <c r="D83"/>
+        <v>190</v>
+      </c>
+      <c r="D83">
+        <v>62</v>
+      </c>
       <c r="E83" t="s">
         <v>317</v>
       </c>
       <c r="F83">
         <v>2018</v>
       </c>
       <c r="G83" t="s">
         <v>318</v>
       </c>
-      <c r="H83"/>
-      <c r="I83"/>
+      <c r="H83">
+        <v>3.09</v>
+      </c>
+      <c r="I83">
+        <v>0.73</v>
+      </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
         <v>319</v>
       </c>
       <c r="B84" t="s">
         <v>320</v>
       </c>
       <c r="C84" t="s">
-        <v>316</v>
+        <v>321</v>
       </c>
       <c r="D84"/>
-      <c r="E84"/>
+      <c r="E84" t="s">
+        <v>322</v>
+      </c>
       <c r="F84">
         <v>2018</v>
       </c>
       <c r="G84" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="H84"/>
       <c r="I84"/>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="B85" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="C85" t="s">
-        <v>141</v>
-[...6 lines deleted...]
-      </c>
+        <v>321</v>
+      </c>
+      <c r="D85"/>
+      <c r="E85"/>
       <c r="F85">
         <v>2018</v>
       </c>
       <c r="G85" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="H85"/>
-      <c r="I85">
-[...1 lines deleted...]
-      </c>
+      <c r="I85"/>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="B86" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="C86" t="s">
-        <v>31</v>
+        <v>146</v>
       </c>
       <c r="D86">
-        <v>98</v>
+        <v>1092</v>
       </c>
       <c r="E86">
-        <v>174302</v>
+        <v>12176</v>
       </c>
       <c r="F86">
         <v>2018</v>
       </c>
       <c r="G86" t="s">
-        <v>327</v>
-[...3 lines deleted...]
-      </c>
+        <v>329</v>
+      </c>
+      <c r="H86"/>
       <c r="I86">
-        <v>1.5</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="B87" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="C87" t="s">
-        <v>330</v>
+        <v>36</v>
       </c>
       <c r="D87">
-        <v>108</v>
-[...2 lines deleted...]
-        <v>301</v>
+        <v>98</v>
+      </c>
+      <c r="E87">
+        <v>174302</v>
       </c>
       <c r="F87">
         <v>2018</v>
       </c>
       <c r="G87" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="H87">
-        <v>1.41</v>
+        <v>3.74</v>
       </c>
       <c r="I87">
-        <v>0.5</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="B88" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="C88" t="s">
-        <v>334</v>
-[...3 lines deleted...]
-        <v>43525</v>
+        <v>335</v>
+      </c>
+      <c r="D88">
+        <v>108</v>
+      </c>
+      <c r="E88" t="s">
+        <v>306</v>
       </c>
       <c r="F88">
         <v>2018</v>
       </c>
       <c r="G88" t="s">
-        <v>335</v>
-[...2 lines deleted...]
-      <c r="I88"/>
+        <v>336</v>
+      </c>
+      <c r="H88">
+        <v>1.41</v>
+      </c>
+      <c r="I88">
+        <v>0.5</v>
+      </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="B89" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="C89" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="D89"/>
-      <c r="E89"/>
+      <c r="E89">
+        <v>43525</v>
+      </c>
       <c r="F89">
         <v>2018</v>
       </c>
       <c r="G89" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="H89"/>
       <c r="I89"/>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B90" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="C90" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="D90"/>
       <c r="E90"/>
       <c r="F90">
         <v>2018</v>
       </c>
       <c r="G90" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="H90"/>
       <c r="I90"/>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="B91" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="C91" t="s">
-        <v>23</v>
-[...6 lines deleted...]
-      </c>
+        <v>347</v>
+      </c>
+      <c r="D91"/>
+      <c r="E91"/>
       <c r="F91">
         <v>2018</v>
       </c>
       <c r="G91" t="s">
-        <v>346</v>
-[...6 lines deleted...]
-      </c>
+        <v>348</v>
+      </c>
+      <c r="H91"/>
+      <c r="I91"/>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="B92" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="C92" t="s">
-        <v>169</v>
+        <v>28</v>
       </c>
       <c r="D92">
-        <v>80</v>
-[...2 lines deleted...]
-        <v>349</v>
+        <v>9</v>
+      </c>
+      <c r="E92">
+        <v>909</v>
       </c>
       <c r="F92">
         <v>2018</v>
       </c>
       <c r="G92" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="H92">
-        <v>3.86</v>
+        <v>11.88</v>
       </c>
       <c r="I92">
-        <v>1.99</v>
+        <v>5.99</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="B93" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="C93" t="s">
-        <v>338</v>
+        <v>343</v>
       </c>
       <c r="D93"/>
       <c r="E93"/>
       <c r="F93">
         <v>2018</v>
       </c>
       <c r="G93" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="H93"/>
       <c r="I93"/>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="B94" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="C94" t="s">
-        <v>338</v>
-[...2 lines deleted...]
-      <c r="E94"/>
+        <v>174</v>
+      </c>
+      <c r="D94">
+        <v>80</v>
+      </c>
+      <c r="E94" t="s">
+        <v>357</v>
+      </c>
       <c r="F94">
         <v>2018</v>
       </c>
       <c r="G94" t="s">
-        <v>356</v>
-[...2 lines deleted...]
-      <c r="I94"/>
+        <v>358</v>
+      </c>
+      <c r="H94">
+        <v>3.86</v>
+      </c>
+      <c r="I94">
+        <v>1.99</v>
+      </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="B95" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="C95" t="s">
-        <v>359</v>
+        <v>343</v>
       </c>
       <c r="D95"/>
       <c r="E95"/>
       <c r="F95">
         <v>2018</v>
       </c>
       <c r="G95" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="H95"/>
       <c r="I95"/>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B96" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="C96" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="D96"/>
       <c r="E96"/>
       <c r="F96">
         <v>2018</v>
       </c>
       <c r="G96" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="H96"/>
       <c r="I96"/>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="B97" t="s">
-        <v>307</v>
+        <v>367</v>
       </c>
       <c r="C97" t="s">
-        <v>366</v>
-[...6 lines deleted...]
-      </c>
+        <v>368</v>
+      </c>
+      <c r="D97"/>
+      <c r="E97"/>
       <c r="F97">
         <v>2018</v>
       </c>
       <c r="G97" t="s">
-        <v>367</v>
-[...6 lines deleted...]
-      </c>
+        <v>369</v>
+      </c>
+      <c r="H97"/>
+      <c r="I97"/>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="B98" t="s">
-        <v>369</v>
+        <v>312</v>
       </c>
       <c r="C98" t="s">
-        <v>31</v>
+        <v>371</v>
       </c>
       <c r="D98">
-        <v>97</v>
+        <v>8</v>
       </c>
       <c r="E98">
-        <v>115119</v>
+        <v>9190</v>
       </c>
       <c r="F98">
         <v>2018</v>
       </c>
       <c r="G98" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="H98">
-        <v>3.74</v>
+        <v>4.01</v>
       </c>
       <c r="I98">
-        <v>1.5</v>
+        <v>1.41</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="B99" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="C99" t="s">
-        <v>373</v>
-[...2 lines deleted...]
-      <c r="E99"/>
+        <v>36</v>
+      </c>
+      <c r="D99">
+        <v>97</v>
+      </c>
+      <c r="E99">
+        <v>115119</v>
+      </c>
       <c r="F99">
         <v>2018</v>
       </c>
-      <c r="G99"/>
-[...1 lines deleted...]
-      <c r="I99"/>
+      <c r="G99" t="s">
+        <v>375</v>
+      </c>
+      <c r="H99">
+        <v>3.74</v>
+      </c>
+      <c r="I99">
+        <v>1.5</v>
+      </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="B100" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="C100" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="D100"/>
       <c r="E100"/>
       <c r="F100">
         <v>2018</v>
       </c>
-      <c r="G100" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G100"/>
       <c r="H100"/>
       <c r="I100"/>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="B101" t="s">
-        <v>293</v>
+        <v>380</v>
       </c>
       <c r="C101" t="s">
-        <v>366</v>
-[...6 lines deleted...]
-      </c>
+        <v>381</v>
+      </c>
+      <c r="D101"/>
+      <c r="E101"/>
       <c r="F101">
         <v>2018</v>
       </c>
       <c r="G101" t="s">
-        <v>379</v>
-[...6 lines deleted...]
-      </c>
+        <v>382</v>
+      </c>
+      <c r="H101"/>
+      <c r="I101"/>
     </row>
     <row r="102" spans="1:9">
       <c r="A102" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="B102" t="s">
-        <v>381</v>
+        <v>298</v>
       </c>
       <c r="C102" t="s">
-        <v>382</v>
-[...4 lines deleted...]
-      <c r="E102" t="s">
+        <v>371</v>
+      </c>
+      <c r="D102">
+        <v>8</v>
+      </c>
+      <c r="E102">
+        <v>6624</v>
+      </c>
+      <c r="F102">
+        <v>2018</v>
+      </c>
+      <c r="G102" t="s">
         <v>384</v>
       </c>
-      <c r="F102">
-[...4 lines deleted...]
-      </c>
       <c r="H102">
-        <v>12.08</v>
+        <v>4.01</v>
       </c>
       <c r="I102">
-        <v>7.45</v>
+        <v>1.41</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103" t="s">
+        <v>385</v>
+      </c>
+      <c r="B103" t="s">
         <v>386</v>
       </c>
-      <c r="B103" t="s">
+      <c r="C103" t="s">
         <v>387</v>
       </c>
-      <c r="C103" t="s">
+      <c r="D103" t="s">
         <v>388</v>
       </c>
-      <c r="D103"/>
-      <c r="E103"/>
+      <c r="E103" t="s">
+        <v>389</v>
+      </c>
       <c r="F103">
         <v>2017</v>
       </c>
       <c r="G103" t="s">
-        <v>389</v>
-[...2 lines deleted...]
-      <c r="I103"/>
+        <v>390</v>
+      </c>
+      <c r="H103">
+        <v>12.08</v>
+      </c>
+      <c r="I103">
+        <v>7.45</v>
+      </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="B104" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="C104" t="s">
-        <v>27</v>
-[...6 lines deleted...]
-      </c>
+        <v>393</v>
+      </c>
+      <c r="D104"/>
+      <c r="E104"/>
       <c r="F104">
         <v>2017</v>
       </c>
       <c r="G104" t="s">
-        <v>392</v>
-[...6 lines deleted...]
-      </c>
+        <v>394</v>
+      </c>
+      <c r="H104"/>
+      <c r="I104"/>
     </row>
     <row r="105" spans="1:9">
       <c r="A105" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="B105" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="C105" t="s">
-        <v>395</v>
-[...2 lines deleted...]
-      <c r="E105"/>
+        <v>32</v>
+      </c>
+      <c r="D105">
+        <v>9</v>
+      </c>
+      <c r="E105">
+        <v>14020</v>
+      </c>
       <c r="F105">
         <v>2017</v>
       </c>
       <c r="G105" t="s">
-        <v>396</v>
-[...2 lines deleted...]
-      <c r="I105"/>
+        <v>397</v>
+      </c>
+      <c r="H105">
+        <v>4.78</v>
+      </c>
+      <c r="I105">
+        <v>2.09</v>
+      </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="B106" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="C106" t="s">
-        <v>395</v>
+        <v>400</v>
       </c>
       <c r="D106"/>
-      <c r="E106" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E106"/>
       <c r="F106">
         <v>2017</v>
       </c>
       <c r="G106" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="H106"/>
       <c r="I106"/>
     </row>
     <row r="107" spans="1:9">
       <c r="A107" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="B107" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="C107" t="s">
-        <v>395</v>
+        <v>400</v>
       </c>
       <c r="D107"/>
       <c r="E107" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="F107">
         <v>2017</v>
       </c>
       <c r="G107" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="H107"/>
       <c r="I107"/>
     </row>
     <row r="108" spans="1:9">
       <c r="A108" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="B108" t="s">
-        <v>337</v>
+        <v>407</v>
       </c>
       <c r="C108" t="s">
-        <v>395</v>
+        <v>400</v>
       </c>
       <c r="D108"/>
-      <c r="E108"/>
+      <c r="E108" t="s">
+        <v>408</v>
+      </c>
       <c r="F108">
         <v>2017</v>
       </c>
       <c r="G108" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="H108"/>
       <c r="I108"/>
     </row>
     <row r="109" spans="1:9">
       <c r="A109" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="B109" t="s">
-        <v>408</v>
+        <v>342</v>
       </c>
       <c r="C109" t="s">
-        <v>409</v>
-[...6 lines deleted...]
-      </c>
+        <v>400</v>
+      </c>
+      <c r="D109"/>
+      <c r="E109"/>
       <c r="F109">
         <v>2017</v>
       </c>
       <c r="G109" t="s">
         <v>411</v>
       </c>
-      <c r="H109">
-[...4 lines deleted...]
-      </c>
+      <c r="H109"/>
+      <c r="I109"/>
     </row>
     <row r="110" spans="1:9">
       <c r="A110" t="s">
         <v>412</v>
       </c>
       <c r="B110" t="s">
         <v>413</v>
       </c>
       <c r="C110" t="s">
         <v>414</v>
       </c>
-      <c r="D110"/>
-      <c r="E110"/>
+      <c r="D110">
+        <v>12</v>
+      </c>
+      <c r="E110" t="s">
+        <v>415</v>
+      </c>
       <c r="F110">
         <v>2017</v>
       </c>
       <c r="G110" t="s">
-        <v>415</v>
-[...2 lines deleted...]
-      <c r="I110"/>
+        <v>416</v>
+      </c>
+      <c r="H110">
+        <v>8.53</v>
+      </c>
+      <c r="I110">
+        <v>4.23</v>
+      </c>
     </row>
     <row r="111" spans="1:9">
       <c r="A111" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="B111" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="C111" t="s">
-        <v>197</v>
-[...6 lines deleted...]
-      </c>
+        <v>419</v>
+      </c>
+      <c r="D111"/>
+      <c r="E111"/>
       <c r="F111">
         <v>2017</v>
       </c>
       <c r="G111" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="H111"/>
-      <c r="I111">
-[...1 lines deleted...]
-      </c>
+      <c r="I111"/>
     </row>
     <row r="112" spans="1:9">
       <c r="A112" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="B112" t="s">
-        <v>362</v>
+        <v>422</v>
       </c>
       <c r="C112" t="s">
-        <v>420</v>
+        <v>202</v>
       </c>
       <c r="D112">
-        <v>286</v>
-[...2 lines deleted...]
-        <v>421</v>
+        <v>1874</v>
+      </c>
+      <c r="E112">
+        <v>40034</v>
       </c>
       <c r="F112">
         <v>2017</v>
       </c>
       <c r="G112" t="s">
-        <v>422</v>
-[...3 lines deleted...]
-      </c>
+        <v>423</v>
+      </c>
+      <c r="H112"/>
       <c r="I112">
-        <v>1.18</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="113" spans="1:9">
       <c r="A113" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="B113" t="s">
-        <v>362</v>
+        <v>367</v>
       </c>
       <c r="C113" t="s">
-        <v>395</v>
-[...2 lines deleted...]
-      <c r="E113"/>
+        <v>425</v>
+      </c>
+      <c r="D113">
+        <v>286</v>
+      </c>
+      <c r="E113" t="s">
+        <v>426</v>
+      </c>
       <c r="F113">
         <v>2017</v>
       </c>
       <c r="G113" t="s">
-        <v>424</v>
-[...2 lines deleted...]
-      <c r="I113"/>
+        <v>427</v>
+      </c>
+      <c r="H113">
+        <v>2.59</v>
+      </c>
+      <c r="I113">
+        <v>1.18</v>
+      </c>
     </row>
     <row r="114" spans="1:9">
       <c r="A114" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="B114" t="s">
-        <v>391</v>
+        <v>367</v>
       </c>
       <c r="C114" t="s">
-        <v>197</v>
-[...6 lines deleted...]
-      </c>
+        <v>400</v>
+      </c>
+      <c r="D114"/>
+      <c r="E114"/>
       <c r="F114">
         <v>2017</v>
       </c>
       <c r="G114" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="H114"/>
-      <c r="I114">
-[...1 lines deleted...]
-      </c>
+      <c r="I114"/>
     </row>
     <row r="115" spans="1:9">
       <c r="A115" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="B115" t="s">
-        <v>428</v>
+        <v>396</v>
       </c>
       <c r="C115" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="D115">
         <v>1874</v>
       </c>
       <c r="E115">
-        <v>40059</v>
+        <v>30033</v>
       </c>
       <c r="F115">
         <v>2017</v>
       </c>
       <c r="G115" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="H115"/>
       <c r="I115">
         <v>0.17</v>
       </c>
     </row>
     <row r="116" spans="1:9">
       <c r="A116" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="B116" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="C116" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="D116">
         <v>1874</v>
       </c>
       <c r="E116">
-        <v>40058</v>
+        <v>40059</v>
       </c>
       <c r="F116">
         <v>2017</v>
       </c>
       <c r="G116" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="H116"/>
       <c r="I116">
         <v>0.17</v>
       </c>
     </row>
     <row r="117" spans="1:9">
       <c r="A117" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="B117" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="C117" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="D117">
         <v>1874</v>
       </c>
       <c r="E117">
-        <v>40005</v>
+        <v>40058</v>
       </c>
       <c r="F117">
         <v>2017</v>
       </c>
       <c r="G117" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="H117"/>
       <c r="I117">
         <v>0.17</v>
       </c>
     </row>
     <row r="118" spans="1:9">
       <c r="A118" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="B118" t="s">
-        <v>352</v>
+        <v>439</v>
       </c>
       <c r="C118" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="D118">
         <v>1874</v>
       </c>
       <c r="E118">
-        <v>30037</v>
+        <v>40005</v>
       </c>
       <c r="F118">
         <v>2017</v>
       </c>
       <c r="G118" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="H118"/>
       <c r="I118">
         <v>0.17</v>
       </c>
     </row>
     <row r="119" spans="1:9">
       <c r="A119" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="B119" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="C119" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="D119"/>
+        <v>202</v>
+      </c>
+      <c r="D119">
+        <v>1874</v>
+      </c>
       <c r="E119">
-        <v>43525</v>
+        <v>30037</v>
       </c>
       <c r="F119">
         <v>2017</v>
       </c>
       <c r="G119" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="H119"/>
-      <c r="I119"/>
+      <c r="I119">
+        <v>0.17</v>
+      </c>
     </row>
     <row r="120" spans="1:9">
       <c r="A120" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="B120" t="s">
-        <v>442</v>
+        <v>353</v>
       </c>
       <c r="C120" t="s">
-        <v>197</v>
-[...3 lines deleted...]
-      </c>
+        <v>444</v>
+      </c>
+      <c r="D120"/>
       <c r="E120">
-        <v>30011</v>
+        <v>43525</v>
       </c>
       <c r="F120">
         <v>2017</v>
       </c>
       <c r="G120" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="H120"/>
-      <c r="I120">
-[...1 lines deleted...]
-      </c>
+      <c r="I120"/>
     </row>
     <row r="121" spans="1:9">
       <c r="A121" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="B121" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C121" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="D121">
         <v>1874</v>
       </c>
       <c r="E121">
-        <v>20007</v>
+        <v>30011</v>
       </c>
       <c r="F121">
         <v>2017</v>
       </c>
       <c r="G121" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="H121"/>
       <c r="I121">
         <v>0.17</v>
       </c>
     </row>
     <row r="122" spans="1:9">
       <c r="A122" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="B122" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="C122" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="D122">
         <v>1874</v>
       </c>
       <c r="E122">
-        <v>30014</v>
+        <v>20007</v>
       </c>
       <c r="F122">
         <v>2017</v>
       </c>
       <c r="G122" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="H122"/>
       <c r="I122">
         <v>0.17</v>
       </c>
     </row>
     <row r="123" spans="1:9">
       <c r="A123" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B123" t="s">
-        <v>394</v>
+        <v>453</v>
       </c>
       <c r="C123" t="s">
-        <v>451</v>
+        <v>202</v>
       </c>
       <c r="D123">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>452</v>
+        <v>1874</v>
+      </c>
+      <c r="E123">
+        <v>30014</v>
       </c>
       <c r="F123">
         <v>2017</v>
       </c>
       <c r="G123" t="s">
-        <v>453</v>
-[...3 lines deleted...]
-      </c>
+        <v>454</v>
+      </c>
+      <c r="H123"/>
       <c r="I123">
-        <v>1.05</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="124" spans="1:9">
       <c r="A124" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="B124" t="s">
-        <v>455</v>
+        <v>399</v>
       </c>
       <c r="C124" t="s">
-        <v>31</v>
+        <v>456</v>
       </c>
       <c r="D124">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>35146</v>
+        <v>16</v>
+      </c>
+      <c r="E124" t="s">
+        <v>457</v>
       </c>
       <c r="F124">
         <v>2017</v>
       </c>
       <c r="G124" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="H124">
-        <v>3.81</v>
+        <v>3.45</v>
       </c>
       <c r="I124">
-        <v>2.34</v>
+        <v>1.05</v>
       </c>
     </row>
     <row r="125" spans="1:9">
       <c r="A125" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="B125" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="C125" t="s">
-        <v>459</v>
-[...3 lines deleted...]
-        <v>460</v>
+        <v>36</v>
+      </c>
+      <c r="D125">
+        <v>96</v>
+      </c>
+      <c r="E125">
+        <v>35146</v>
       </c>
       <c r="F125">
         <v>2017</v>
       </c>
       <c r="G125" t="s">
         <v>461</v>
       </c>
-      <c r="H125"/>
-      <c r="I125"/>
+      <c r="H125">
+        <v>3.81</v>
+      </c>
+      <c r="I125">
+        <v>2.34</v>
+      </c>
     </row>
     <row r="126" spans="1:9">
       <c r="A126" t="s">
         <v>462</v>
       </c>
       <c r="B126" t="s">
-        <v>352</v>
+        <v>463</v>
       </c>
       <c r="C126" t="s">
-        <v>459</v>
+        <v>464</v>
       </c>
       <c r="D126"/>
       <c r="E126" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="F126">
         <v>2017</v>
       </c>
       <c r="G126" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="H126"/>
       <c r="I126"/>
     </row>
     <row r="127" spans="1:9">
       <c r="A127" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="B127" t="s">
-        <v>466</v>
+        <v>353</v>
       </c>
       <c r="C127" t="s">
-        <v>125</v>
-[...3 lines deleted...]
-      </c>
+        <v>464</v>
+      </c>
+      <c r="D127"/>
       <c r="E127" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="F127">
         <v>2017</v>
       </c>
       <c r="G127" t="s">
-        <v>468</v>
-[...6 lines deleted...]
-      </c>
+        <v>469</v>
+      </c>
+      <c r="H127"/>
+      <c r="I127"/>
     </row>
     <row r="128" spans="1:9">
       <c r="A128" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="B128" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="C128" t="s">
-        <v>471</v>
-[...1 lines deleted...]
-      <c r="D128"/>
+        <v>130</v>
+      </c>
+      <c r="D128">
+        <v>65</v>
+      </c>
       <c r="E128" t="s">
         <v>472</v>
       </c>
       <c r="F128">
         <v>2017</v>
       </c>
       <c r="G128" t="s">
         <v>473</v>
       </c>
-      <c r="H128"/>
-      <c r="I128"/>
+      <c r="H128">
+        <v>4.13</v>
+      </c>
+      <c r="I128">
+        <v>1.31</v>
+      </c>
     </row>
     <row r="129" spans="1:9">
       <c r="A129" t="s">
         <v>474</v>
       </c>
       <c r="B129" t="s">
         <v>475</v>
       </c>
       <c r="C129" t="s">
-        <v>382</v>
-[...3 lines deleted...]
-      </c>
+        <v>476</v>
+      </c>
+      <c r="D129"/>
       <c r="E129" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="F129">
         <v>2017</v>
       </c>
       <c r="G129" t="s">
-        <v>477</v>
-[...6 lines deleted...]
-      </c>
+        <v>478</v>
+      </c>
+      <c r="H129"/>
+      <c r="I129"/>
     </row>
     <row r="130" spans="1:9">
       <c r="A130" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="B130" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="C130" t="s">
-        <v>31</v>
+        <v>387</v>
       </c>
       <c r="D130">
-        <v>95</v>
-[...2 lines deleted...]
-        <v>165119</v>
+        <v>17</v>
+      </c>
+      <c r="E130" t="s">
+        <v>481</v>
       </c>
       <c r="F130">
         <v>2017</v>
       </c>
       <c r="G130" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="H130">
-        <v>3.81</v>
+        <v>12.08</v>
       </c>
       <c r="I130">
-        <v>2.34</v>
+        <v>7.45</v>
       </c>
     </row>
     <row r="131" spans="1:9">
       <c r="A131" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="B131" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="C131" t="s">
-        <v>483</v>
+        <v>36</v>
       </c>
       <c r="D131">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>484</v>
+        <v>95</v>
+      </c>
+      <c r="E131">
+        <v>165119</v>
       </c>
       <c r="F131">
         <v>2017</v>
       </c>
       <c r="G131" t="s">
         <v>485</v>
       </c>
       <c r="H131">
-        <v>1.84</v>
+        <v>3.81</v>
       </c>
       <c r="I131">
-        <v>0.85</v>
+        <v>2.34</v>
       </c>
     </row>
     <row r="132" spans="1:9">
       <c r="A132" t="s">
         <v>486</v>
       </c>
       <c r="B132" t="s">
         <v>487</v>
       </c>
       <c r="C132" t="s">
-        <v>366</v>
+        <v>488</v>
       </c>
       <c r="D132">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>731</v>
+        <v>34</v>
+      </c>
+      <c r="E132" t="s">
+        <v>489</v>
       </c>
       <c r="F132">
         <v>2017</v>
       </c>
       <c r="G132" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="H132">
-        <v>4.12</v>
+        <v>1.84</v>
       </c>
       <c r="I132">
-        <v>1.53</v>
+        <v>0.85</v>
       </c>
     </row>
     <row r="133" spans="1:9">
       <c r="A133" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="B133" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="C133" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
       <c r="D133">
         <v>7</v>
       </c>
       <c r="E133">
-        <v>1678</v>
+        <v>731</v>
       </c>
       <c r="F133">
         <v>2017</v>
       </c>
       <c r="G133" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="H133">
         <v>4.12</v>
       </c>
       <c r="I133">
         <v>1.53</v>
       </c>
     </row>
     <row r="134" spans="1:9">
       <c r="A134" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="B134" t="s">
-        <v>352</v>
+        <v>495</v>
       </c>
       <c r="C134" t="s">
-        <v>493</v>
+        <v>371</v>
       </c>
       <c r="D134">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="E134">
-        <v>21102</v>
+        <v>1678</v>
       </c>
       <c r="F134">
         <v>2017</v>
       </c>
       <c r="G134" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="H134">
-        <v>12.89</v>
+        <v>4.12</v>
       </c>
       <c r="I134">
-        <v>4.16</v>
+        <v>1.53</v>
       </c>
     </row>
     <row r="135" spans="1:9">
       <c r="A135" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="B135" t="s">
-        <v>496</v>
+        <v>353</v>
       </c>
       <c r="C135" t="s">
-        <v>232</v>
-[...4 lines deleted...]
-      <c r="E135" t="s">
         <v>498</v>
+      </c>
+      <c r="D135">
+        <v>4</v>
+      </c>
+      <c r="E135">
+        <v>21102</v>
       </c>
       <c r="F135">
         <v>2017</v>
       </c>
       <c r="G135" t="s">
         <v>499</v>
       </c>
       <c r="H135">
-        <v>6.88</v>
+        <v>12.89</v>
       </c>
       <c r="I135">
-        <v>3.38</v>
+        <v>4.16</v>
       </c>
     </row>
     <row r="136" spans="1:9">
       <c r="A136" t="s">
         <v>500</v>
       </c>
       <c r="B136" t="s">
         <v>501</v>
       </c>
       <c r="C136" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="D136">
         <v>24</v>
       </c>
       <c r="E136" t="s">
         <v>502</v>
       </c>
       <c r="F136">
         <v>2017</v>
       </c>
       <c r="G136" t="s">
         <v>503</v>
       </c>
       <c r="H136">
         <v>1.71</v>
       </c>
       <c r="I136">
         <v>0.54</v>
       </c>
     </row>
     <row r="137" spans="1:9">
       <c r="A137" t="s">
         <v>504</v>
       </c>
       <c r="B137" t="s">
         <v>505</v>
       </c>
       <c r="C137" t="s">
-        <v>388</v>
-[...2 lines deleted...]
-      <c r="E137"/>
+        <v>237</v>
+      </c>
+      <c r="D137" t="s">
+        <v>506</v>
+      </c>
+      <c r="E137" t="s">
+        <v>507</v>
+      </c>
       <c r="F137">
         <v>2017</v>
       </c>
       <c r="G137" t="s">
-        <v>506</v>
-[...2 lines deleted...]
-      <c r="I137"/>
+        <v>508</v>
+      </c>
+      <c r="H137">
+        <v>6.88</v>
+      </c>
+      <c r="I137">
+        <v>3.38</v>
+      </c>
     </row>
     <row r="138" spans="1:9">
       <c r="A138" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="B138" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="C138" t="s">
-        <v>141</v>
-[...6 lines deleted...]
-      </c>
+        <v>393</v>
+      </c>
+      <c r="D138"/>
+      <c r="E138"/>
       <c r="F138">
         <v>2017</v>
       </c>
       <c r="G138" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="H138"/>
-      <c r="I138">
-[...1 lines deleted...]
-      </c>
+      <c r="I138"/>
     </row>
     <row r="139" spans="1:9">
       <c r="A139" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="B139" t="s">
-        <v>293</v>
+        <v>513</v>
       </c>
       <c r="C139" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="D139">
         <v>917</v>
       </c>
       <c r="E139">
-        <v>62060</v>
+        <v>62054</v>
       </c>
       <c r="F139">
         <v>2017</v>
       </c>
       <c r="G139" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="H139"/>
       <c r="I139">
         <v>0.24</v>
       </c>
     </row>
     <row r="140" spans="1:9">
       <c r="A140" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="B140" t="s">
-        <v>513</v>
+        <v>298</v>
       </c>
       <c r="C140" t="s">
-        <v>286</v>
+        <v>146</v>
       </c>
       <c r="D140">
-        <v>1606034</v>
+        <v>917</v>
       </c>
       <c r="E140">
-        <v>43709</v>
+        <v>62060</v>
       </c>
       <c r="F140">
         <v>2017</v>
       </c>
       <c r="G140" t="s">
-        <v>514</v>
-[...3 lines deleted...]
-      </c>
+        <v>516</v>
+      </c>
+      <c r="H140"/>
       <c r="I140">
-        <v>10.58</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="A141" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="B141" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="C141" t="s">
-        <v>517</v>
-[...2 lines deleted...]
-      <c r="E141"/>
+        <v>291</v>
+      </c>
+      <c r="D141">
+        <v>1606034</v>
+      </c>
+      <c r="E141">
+        <v>43709</v>
+      </c>
       <c r="F141">
         <v>2017</v>
       </c>
       <c r="G141" t="s">
-        <v>518</v>
-[...2 lines deleted...]
-      <c r="I141"/>
+        <v>519</v>
+      </c>
+      <c r="H141">
+        <v>21.95</v>
+      </c>
+      <c r="I141">
+        <v>10.58</v>
+      </c>
     </row>
     <row r="142" spans="1:9">
       <c r="A142" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="B142" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="C142" t="s">
-        <v>451</v>
-[...6 lines deleted...]
-      </c>
+        <v>522</v>
+      </c>
+      <c r="D142"/>
+      <c r="E142"/>
       <c r="F142">
         <v>2017</v>
       </c>
       <c r="G142" t="s">
-        <v>522</v>
-[...6 lines deleted...]
-      </c>
+        <v>523</v>
+      </c>
+      <c r="H142"/>
+      <c r="I142"/>
     </row>
     <row r="143" spans="1:9">
       <c r="A143" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="B143" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="C143" t="s">
-        <v>232</v>
+        <v>456</v>
       </c>
       <c r="D143">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>2899</v>
+        <v>16</v>
+      </c>
+      <c r="E143" t="s">
+        <v>526</v>
       </c>
       <c r="F143">
         <v>2017</v>
       </c>
       <c r="G143" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="H143">
-        <v>6.88</v>
+        <v>3.45</v>
       </c>
       <c r="I143">
-        <v>3.38</v>
+        <v>1.05</v>
       </c>
     </row>
     <row r="144" spans="1:9">
       <c r="A144" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="B144" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="C144" t="s">
-        <v>528</v>
-[...2 lines deleted...]
-      <c r="E144"/>
+        <v>237</v>
+      </c>
+      <c r="D144">
+        <v>4</v>
+      </c>
+      <c r="E144">
+        <v>2899</v>
+      </c>
       <c r="F144">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G144" t="s">
-        <v>529</v>
-[...2 lines deleted...]
-      <c r="I144"/>
+        <v>530</v>
+      </c>
+      <c r="H144">
+        <v>6.88</v>
+      </c>
+      <c r="I144">
+        <v>3.38</v>
+      </c>
     </row>
     <row r="145" spans="1:9">
       <c r="A145" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="B145" t="s">
-        <v>352</v>
+        <v>532</v>
       </c>
       <c r="C145" t="s">
-        <v>174</v>
-[...6 lines deleted...]
-      </c>
+        <v>533</v>
+      </c>
+      <c r="D145"/>
+      <c r="E145"/>
       <c r="F145">
         <v>2016</v>
       </c>
       <c r="G145" t="s">
-        <v>531</v>
-[...6 lines deleted...]
-      </c>
+        <v>534</v>
+      </c>
+      <c r="H145"/>
+      <c r="I145"/>
     </row>
     <row r="146" spans="1:9">
       <c r="A146" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
       <c r="B146" t="s">
-        <v>533</v>
+        <v>353</v>
       </c>
       <c r="C146" t="s">
-        <v>202</v>
+        <v>179</v>
       </c>
       <c r="D146">
-        <v>529</v>
+        <v>109</v>
       </c>
       <c r="E146">
-        <v>43647</v>
+        <v>223902</v>
       </c>
       <c r="F146">
         <v>2016</v>
       </c>
       <c r="G146" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="H146">
-        <v>3.04</v>
+        <v>3.41</v>
       </c>
       <c r="I146">
-        <v>1.47</v>
+        <v>1.67</v>
       </c>
     </row>
     <row r="147" spans="1:9">
       <c r="A147" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="B147" t="s">
-        <v>448</v>
+        <v>538</v>
       </c>
       <c r="C147" t="s">
-        <v>536</v>
-[...3 lines deleted...]
-        <v>537</v>
+        <v>207</v>
+      </c>
+      <c r="D147">
+        <v>529</v>
+      </c>
+      <c r="E147">
+        <v>43647</v>
       </c>
       <c r="F147">
         <v>2016</v>
       </c>
       <c r="G147" t="s">
-        <v>538</v>
-[...2 lines deleted...]
-      <c r="I147"/>
+        <v>539</v>
+      </c>
+      <c r="H147">
+        <v>3.04</v>
+      </c>
+      <c r="I147">
+        <v>1.47</v>
+      </c>
     </row>
     <row r="148" spans="1:9">
       <c r="A148" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="B148" t="s">
-        <v>501</v>
+        <v>453</v>
       </c>
       <c r="C148" t="s">
-        <v>536</v>
+        <v>541</v>
       </c>
       <c r="D148"/>
       <c r="E148" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="F148">
         <v>2016</v>
       </c>
-      <c r="G148"/>
+      <c r="G148" t="s">
+        <v>543</v>
+      </c>
       <c r="H148"/>
       <c r="I148"/>
     </row>
     <row r="149" spans="1:9">
       <c r="A149" t="s">
+        <v>544</v>
+      </c>
+      <c r="B149" t="s">
+        <v>501</v>
+      </c>
+      <c r="C149" t="s">
         <v>541</v>
-      </c>
-[...4 lines deleted...]
-        <v>542</v>
       </c>
       <c r="D149"/>
       <c r="E149" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="F149">
         <v>2016</v>
       </c>
-      <c r="G149" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G149"/>
       <c r="H149"/>
       <c r="I149"/>
     </row>
     <row r="150" spans="1:9">
       <c r="A150" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="B150" t="s">
-        <v>546</v>
+        <v>353</v>
       </c>
       <c r="C150" t="s">
-        <v>536</v>
+        <v>547</v>
       </c>
       <c r="D150"/>
       <c r="E150" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="F150">
         <v>2016</v>
       </c>
       <c r="G150" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="H150"/>
       <c r="I150"/>
     </row>
     <row r="151" spans="1:9">
       <c r="A151" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="B151" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="C151" t="s">
-        <v>536</v>
+        <v>541</v>
       </c>
       <c r="D151"/>
       <c r="E151" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="F151">
         <v>2016</v>
       </c>
       <c r="G151" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="H151"/>
       <c r="I151"/>
     </row>
     <row r="152" spans="1:9">
       <c r="A152" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="B152" t="s">
-        <v>466</v>
+        <v>555</v>
       </c>
       <c r="C152" t="s">
-        <v>554</v>
+        <v>541</v>
       </c>
       <c r="D152"/>
       <c r="E152" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="F152">
         <v>2016</v>
       </c>
       <c r="G152" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="H152"/>
       <c r="I152"/>
     </row>
     <row r="153" spans="1:9">
       <c r="A153" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="B153" t="s">
-        <v>558</v>
+        <v>471</v>
       </c>
       <c r="C153" t="s">
-        <v>554</v>
+        <v>559</v>
       </c>
       <c r="D153"/>
       <c r="E153" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="F153">
         <v>2016</v>
       </c>
       <c r="G153" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="H153"/>
       <c r="I153"/>
     </row>
     <row r="154" spans="1:9">
       <c r="A154" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="B154" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="C154" t="s">
-        <v>554</v>
+        <v>559</v>
       </c>
       <c r="D154"/>
       <c r="E154" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="F154">
         <v>2016</v>
       </c>
       <c r="G154" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="H154"/>
       <c r="I154"/>
     </row>
     <row r="155" spans="1:9">
       <c r="A155" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="B155" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="C155" t="s">
-        <v>536</v>
+        <v>559</v>
       </c>
       <c r="D155"/>
       <c r="E155" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="F155">
         <v>2016</v>
       </c>
       <c r="G155" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="H155"/>
       <c r="I155"/>
     </row>
     <row r="156" spans="1:9">
       <c r="A156" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="B156" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="C156" t="s">
-        <v>554</v>
+        <v>541</v>
       </c>
       <c r="D156"/>
       <c r="E156" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="F156">
         <v>2016</v>
       </c>
       <c r="G156" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="H156"/>
       <c r="I156"/>
     </row>
     <row r="157" spans="1:9">
       <c r="A157" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="B157" t="s">
-        <v>516</v>
+        <v>575</v>
       </c>
       <c r="C157" t="s">
-        <v>554</v>
+        <v>559</v>
       </c>
       <c r="D157"/>
       <c r="E157" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="F157">
         <v>2016</v>
       </c>
       <c r="G157" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="H157"/>
       <c r="I157"/>
     </row>
     <row r="158" spans="1:9">
       <c r="A158" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="B158" t="s">
-        <v>577</v>
+        <v>521</v>
       </c>
       <c r="C158" t="s">
-        <v>554</v>
+        <v>559</v>
       </c>
       <c r="D158"/>
       <c r="E158" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="F158">
         <v>2016</v>
       </c>
       <c r="G158" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="H158"/>
       <c r="I158"/>
     </row>
     <row r="159" spans="1:9">
       <c r="A159" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="B159" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="C159" t="s">
-        <v>554</v>
+        <v>559</v>
       </c>
       <c r="D159"/>
       <c r="E159" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="F159">
         <v>2016</v>
       </c>
       <c r="G159" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="H159"/>
       <c r="I159"/>
     </row>
     <row r="160" spans="1:9">
       <c r="A160" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="B160" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="C160" t="s">
-        <v>554</v>
+        <v>559</v>
       </c>
       <c r="D160"/>
       <c r="E160" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="F160">
         <v>2016</v>
       </c>
       <c r="G160" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="H160"/>
       <c r="I160"/>
     </row>
     <row r="161" spans="1:9">
       <c r="A161" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="B161" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="C161" t="s">
-        <v>554</v>
+        <v>559</v>
       </c>
       <c r="D161"/>
       <c r="E161" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="F161">
         <v>2016</v>
       </c>
       <c r="G161" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="H161"/>
       <c r="I161"/>
     </row>
     <row r="162" spans="1:9">
       <c r="A162" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="B162" t="s">
-        <v>293</v>
+        <v>594</v>
       </c>
       <c r="C162" t="s">
-        <v>409</v>
-[...5 lines deleted...]
-        <v>1600199</v>
+        <v>559</v>
+      </c>
+      <c r="D162"/>
+      <c r="E162" t="s">
+        <v>595</v>
       </c>
       <c r="F162">
         <v>2016</v>
       </c>
       <c r="G162" t="s">
-        <v>593</v>
-[...6 lines deleted...]
-      </c>
+        <v>596</v>
+      </c>
+      <c r="H162"/>
+      <c r="I162"/>
     </row>
     <row r="163" spans="1:9">
       <c r="A163" t="s">
-        <v>594</v>
+        <v>597</v>
       </c>
       <c r="B163" t="s">
-        <v>595</v>
+        <v>298</v>
       </c>
       <c r="C163" t="s">
-        <v>596</v>
-[...2 lines deleted...]
-      <c r="E163"/>
+        <v>414</v>
+      </c>
+      <c r="D163">
+        <v>11</v>
+      </c>
+      <c r="E163">
+        <v>1600199</v>
+      </c>
       <c r="F163">
         <v>2016</v>
       </c>
       <c r="G163" t="s">
-        <v>597</v>
-[...2 lines deleted...]
-      <c r="I163"/>
+        <v>598</v>
+      </c>
+      <c r="H163">
+        <v>8.43</v>
+      </c>
+      <c r="I163">
+        <v>4.01</v>
+      </c>
     </row>
     <row r="164" spans="1:9">
       <c r="A164" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="B164" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="C164" t="s">
-        <v>542</v>
+        <v>601</v>
       </c>
       <c r="D164"/>
-      <c r="E164" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E164"/>
       <c r="F164">
         <v>2016</v>
       </c>
       <c r="G164" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="H164"/>
       <c r="I164"/>
     </row>
     <row r="165" spans="1:9">
       <c r="A165" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="B165" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="C165" t="s">
-        <v>542</v>
+        <v>547</v>
       </c>
       <c r="D165"/>
       <c r="E165" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="F165">
         <v>2016</v>
       </c>
       <c r="G165" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="H165"/>
       <c r="I165"/>
     </row>
     <row r="166" spans="1:9">
       <c r="A166" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="B166" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="C166" t="s">
-        <v>542</v>
+        <v>547</v>
       </c>
       <c r="D166"/>
       <c r="E166" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="F166">
         <v>2016</v>
       </c>
       <c r="G166" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="H166"/>
       <c r="I166"/>
     </row>
     <row r="167" spans="1:9">
       <c r="A167" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="B167" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="C167" t="s">
-        <v>366</v>
-[...5 lines deleted...]
-        <v>35516</v>
+        <v>547</v>
+      </c>
+      <c r="D167"/>
+      <c r="E167" t="s">
+        <v>613</v>
       </c>
       <c r="F167">
         <v>2016</v>
       </c>
       <c r="G167" t="s">
-        <v>612</v>
-[...6 lines deleted...]
-      </c>
+        <v>614</v>
+      </c>
+      <c r="H167"/>
+      <c r="I167"/>
     </row>
     <row r="168" spans="1:9">
       <c r="A168" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="B168" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="C168" t="s">
-        <v>615</v>
+        <v>371</v>
       </c>
       <c r="D168">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>616</v>
+        <v>6</v>
+      </c>
+      <c r="E168">
+        <v>35516</v>
       </c>
       <c r="F168">
         <v>2016</v>
       </c>
       <c r="G168" t="s">
         <v>617</v>
       </c>
       <c r="H168">
-        <v>2.58</v>
+        <v>4.26</v>
       </c>
       <c r="I168">
-        <v>1.15</v>
+        <v>1.69</v>
       </c>
     </row>
     <row r="169" spans="1:9">
       <c r="A169" t="s">
         <v>618</v>
       </c>
       <c r="B169" t="s">
-        <v>501</v>
+        <v>619</v>
       </c>
       <c r="C169" t="s">
-        <v>409</v>
+        <v>620</v>
       </c>
       <c r="D169">
         <v>10</v>
       </c>
       <c r="E169" t="s">
-        <v>619</v>
+        <v>621</v>
       </c>
       <c r="F169">
         <v>2016</v>
       </c>
       <c r="G169" t="s">
-        <v>620</v>
+        <v>622</v>
       </c>
       <c r="H169">
-        <v>8.43</v>
+        <v>2.58</v>
       </c>
       <c r="I169">
-        <v>4.01</v>
+        <v>1.15</v>
       </c>
     </row>
     <row r="170" spans="1:9">
       <c r="A170" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="B170" t="s">
-        <v>622</v>
+        <v>501</v>
       </c>
       <c r="C170" t="s">
-        <v>141</v>
+        <v>414</v>
       </c>
       <c r="D170">
-        <v>741</v>
-[...2 lines deleted...]
-        <v>12112</v>
+        <v>10</v>
+      </c>
+      <c r="E170" t="s">
+        <v>624</v>
       </c>
       <c r="F170">
         <v>2016</v>
       </c>
       <c r="G170" t="s">
-        <v>623</v>
-[...1 lines deleted...]
-      <c r="H170"/>
+        <v>625</v>
+      </c>
+      <c r="H170">
+        <v>8.43</v>
+      </c>
       <c r="I170">
-        <v>0.25</v>
+        <v>4.01</v>
       </c>
     </row>
     <row r="171" spans="1:9">
       <c r="A171" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="B171" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="C171" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="D171">
         <v>741</v>
       </c>
       <c r="E171">
-        <v>12119</v>
+        <v>12112</v>
       </c>
       <c r="F171">
         <v>2016</v>
       </c>
       <c r="G171" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="H171"/>
       <c r="I171">
         <v>0.25</v>
       </c>
     </row>
     <row r="172" spans="1:9">
       <c r="A172" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="B172" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
       <c r="C172" t="s">
-        <v>629</v>
-[...2 lines deleted...]
-      <c r="E172"/>
+        <v>146</v>
+      </c>
+      <c r="D172">
+        <v>741</v>
+      </c>
+      <c r="E172">
+        <v>12119</v>
+      </c>
       <c r="F172">
         <v>2016</v>
       </c>
       <c r="G172" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="H172"/>
-      <c r="I172"/>
+      <c r="I172">
+        <v>0.25</v>
+      </c>
     </row>
     <row r="173" spans="1:9">
       <c r="A173" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="B173" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="C173" t="s">
-        <v>633</v>
-[...4 lines deleted...]
-      <c r="E173" t="s">
         <v>634</v>
       </c>
+      <c r="D173"/>
+      <c r="E173"/>
       <c r="F173">
         <v>2016</v>
       </c>
       <c r="G173" t="s">
         <v>635</v>
       </c>
-      <c r="H173">
-[...4 lines deleted...]
-      </c>
+      <c r="H173"/>
+      <c r="I173"/>
     </row>
     <row r="174" spans="1:9">
       <c r="A174" t="s">
         <v>636</v>
       </c>
       <c r="B174" t="s">
         <v>637</v>
       </c>
       <c r="C174" t="s">
         <v>638</v>
       </c>
       <c r="D174">
-        <v>33</v>
+        <v>8</v>
       </c>
       <c r="E174" t="s">
         <v>639</v>
       </c>
       <c r="F174">
         <v>2016</v>
       </c>
       <c r="G174" t="s">
         <v>640</v>
       </c>
       <c r="H174">
-        <v>1.46</v>
+        <v>7.37</v>
       </c>
       <c r="I174">
-        <v>0.92</v>
+        <v>2.79</v>
       </c>
     </row>
     <row r="175" spans="1:9">
       <c r="A175" t="s">
         <v>641</v>
       </c>
       <c r="B175" t="s">
-        <v>417</v>
+        <v>642</v>
       </c>
       <c r="C175" t="s">
-        <v>642</v>
-[...1 lines deleted...]
-      <c r="D175"/>
+        <v>643</v>
+      </c>
+      <c r="D175">
+        <v>33</v>
+      </c>
       <c r="E175" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="F175">
         <v>2016</v>
       </c>
       <c r="G175" t="s">
-        <v>644</v>
-[...2 lines deleted...]
-      <c r="I175"/>
+        <v>645</v>
+      </c>
+      <c r="H175">
+        <v>1.46</v>
+      </c>
+      <c r="I175">
+        <v>0.92</v>
+      </c>
     </row>
     <row r="176" spans="1:9">
       <c r="A176" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="B176" t="s">
-        <v>646</v>
+        <v>422</v>
       </c>
       <c r="C176" t="s">
-        <v>185</v>
-[...3 lines deleted...]
-      </c>
+        <v>647</v>
+      </c>
+      <c r="D176"/>
       <c r="E176" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="F176">
         <v>2016</v>
       </c>
       <c r="G176" t="s">
-        <v>648</v>
-[...6 lines deleted...]
-      </c>
+        <v>649</v>
+      </c>
+      <c r="H176"/>
+      <c r="I176"/>
     </row>
     <row r="177" spans="1:9">
       <c r="A177" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="B177" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="C177" t="s">
-        <v>651</v>
+        <v>190</v>
       </c>
       <c r="D177">
-        <v>58</v>
+        <v>186</v>
       </c>
       <c r="E177" t="s">
         <v>652</v>
       </c>
       <c r="F177">
         <v>2016</v>
       </c>
       <c r="G177" t="s">
         <v>653</v>
       </c>
       <c r="H177">
-        <v>0.86</v>
+        <v>2.3</v>
       </c>
       <c r="I177">
-        <v>0.43</v>
+        <v>0.85</v>
       </c>
     </row>
     <row r="178" spans="1:9">
       <c r="A178" t="s">
         <v>654</v>
       </c>
       <c r="B178" t="s">
         <v>655</v>
       </c>
       <c r="C178" t="s">
-        <v>232</v>
+        <v>656</v>
       </c>
       <c r="D178">
-        <v>3</v>
+        <v>58</v>
       </c>
       <c r="E178" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="F178">
         <v>2016</v>
       </c>
       <c r="G178" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="H178">
-        <v>6.76</v>
+        <v>0.86</v>
       </c>
       <c r="I178">
-        <v>3.47</v>
+        <v>0.43</v>
       </c>
     </row>
     <row r="179" spans="1:9">
       <c r="A179" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="B179" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="C179" t="s">
-        <v>141</v>
+        <v>237</v>
       </c>
       <c r="D179">
-        <v>741</v>
-[...2 lines deleted...]
-        <v>12152</v>
+        <v>3</v>
+      </c>
+      <c r="E179" t="s">
+        <v>661</v>
       </c>
       <c r="F179">
         <v>2016</v>
       </c>
       <c r="G179" t="s">
-        <v>660</v>
-[...1 lines deleted...]
-      <c r="H179"/>
+        <v>662</v>
+      </c>
+      <c r="H179">
+        <v>6.76</v>
+      </c>
       <c r="I179">
-        <v>0.25</v>
+        <v>3.47</v>
       </c>
     </row>
     <row r="180" spans="1:9">
       <c r="A180" t="s">
-        <v>661</v>
+        <v>663</v>
       </c>
       <c r="B180" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="C180" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="D180">
         <v>741</v>
       </c>
       <c r="E180">
-        <v>12140</v>
+        <v>12152</v>
       </c>
       <c r="F180">
         <v>2016</v>
       </c>
       <c r="G180" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
       <c r="H180"/>
       <c r="I180">
         <v>0.25</v>
       </c>
     </row>
     <row r="181" spans="1:9">
       <c r="A181" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
       <c r="B181" t="s">
-        <v>417</v>
+        <v>667</v>
       </c>
       <c r="C181" t="s">
-        <v>174</v>
+        <v>146</v>
       </c>
       <c r="D181">
-        <v>109</v>
+        <v>741</v>
       </c>
       <c r="E181">
-        <v>11901</v>
+        <v>12140</v>
       </c>
       <c r="F181">
         <v>2016</v>
       </c>
       <c r="G181" t="s">
-        <v>665</v>
-[...3 lines deleted...]
-      </c>
+        <v>668</v>
+      </c>
+      <c r="H181"/>
       <c r="I181">
-        <v>1.67</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="182" spans="1:9">
       <c r="A182" t="s">
-        <v>666</v>
+        <v>669</v>
       </c>
       <c r="B182" t="s">
-        <v>667</v>
+        <v>422</v>
       </c>
       <c r="C182" t="s">
-        <v>197</v>
+        <v>179</v>
       </c>
       <c r="D182">
-        <v>1748</v>
+        <v>109</v>
       </c>
       <c r="E182">
-        <v>30001</v>
+        <v>11901</v>
       </c>
       <c r="F182">
         <v>2016</v>
       </c>
       <c r="G182" t="s">
-        <v>668</v>
-[...1 lines deleted...]
-      <c r="H182"/>
+        <v>670</v>
+      </c>
+      <c r="H182">
+        <v>3.41</v>
+      </c>
       <c r="I182">
-        <v>0.18</v>
+        <v>1.67</v>
       </c>
     </row>
     <row r="183" spans="1:9">
       <c r="A183" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
       <c r="B183" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="C183" t="s">
-        <v>671</v>
-[...2 lines deleted...]
-      <c r="E183"/>
+        <v>202</v>
+      </c>
+      <c r="D183">
+        <v>1748</v>
+      </c>
+      <c r="E183">
+        <v>30001</v>
+      </c>
       <c r="F183">
         <v>2016</v>
       </c>
       <c r="G183" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="H183"/>
       <c r="I183">
-        <v>0.1</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="184" spans="1:9">
       <c r="A184" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="B184" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="C184" t="s">
-        <v>174</v>
-[...6 lines deleted...]
-      </c>
+        <v>676</v>
+      </c>
+      <c r="D184"/>
+      <c r="E184"/>
       <c r="F184">
         <v>2016</v>
       </c>
       <c r="G184" t="s">
-        <v>675</v>
-[...3 lines deleted...]
-      </c>
+        <v>677</v>
+      </c>
+      <c r="H184"/>
       <c r="I184">
-        <v>1.67</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="185" spans="1:9">
       <c r="A185" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
       <c r="B185" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
       <c r="C185" t="s">
-        <v>31</v>
+        <v>179</v>
       </c>
       <c r="D185">
-        <v>93</v>
+        <v>108</v>
       </c>
       <c r="E185">
-        <v>201115</v>
+        <v>221903</v>
       </c>
       <c r="F185">
         <v>2016</v>
       </c>
       <c r="G185" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
       <c r="H185">
-        <v>3.84</v>
-[...1 lines deleted...]
-      <c r="I185"/>
+        <v>3.41</v>
+      </c>
+      <c r="I185">
+        <v>1.67</v>
+      </c>
     </row>
     <row r="186" spans="1:9">
       <c r="A186" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="B186" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="C186" t="s">
-        <v>174</v>
+        <v>36</v>
       </c>
       <c r="D186">
-        <v>108</v>
+        <v>93</v>
       </c>
       <c r="E186">
-        <v>211105</v>
+        <v>201115</v>
       </c>
       <c r="F186">
         <v>2016</v>
       </c>
       <c r="G186" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="H186">
-        <v>3.41</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.84</v>
+      </c>
+      <c r="I186"/>
     </row>
     <row r="187" spans="1:9">
       <c r="A187" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
       <c r="B187" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="C187" t="s">
-        <v>684</v>
+        <v>179</v>
       </c>
       <c r="D187">
-        <v>634</v>
+        <v>108</v>
       </c>
       <c r="E187">
-        <v>26299</v>
+        <v>211105</v>
       </c>
       <c r="F187">
         <v>2016</v>
       </c>
       <c r="G187" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="H187">
-        <v>16.24</v>
+        <v>3.41</v>
       </c>
       <c r="I187">
-        <v>8.05</v>
+        <v>1.67</v>
       </c>
     </row>
     <row r="188" spans="1:9">
       <c r="A188" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="B188" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="C188" t="s">
-        <v>31</v>
+        <v>689</v>
       </c>
       <c r="D188">
-        <v>93</v>
+        <v>634</v>
       </c>
       <c r="E188">
-        <v>165125</v>
+        <v>26299</v>
       </c>
       <c r="F188">
         <v>2016</v>
       </c>
       <c r="G188" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
       <c r="H188">
-        <v>3.84</v>
-[...1 lines deleted...]
-      <c r="I188"/>
+        <v>16.24</v>
+      </c>
+      <c r="I188">
+        <v>8.05</v>
+      </c>
     </row>
     <row r="189" spans="1:9">
       <c r="A189" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="B189" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
       <c r="C189" t="s">
-        <v>691</v>
+        <v>36</v>
       </c>
       <c r="D189">
-        <v>9885</v>
-[...2 lines deleted...]
-        <v>692</v>
+        <v>93</v>
+      </c>
+      <c r="E189">
+        <v>165125</v>
       </c>
       <c r="F189">
         <v>2016</v>
       </c>
       <c r="G189" t="s">
         <v>693</v>
       </c>
-      <c r="H189"/>
-[...2 lines deleted...]
-      </c>
+      <c r="H189">
+        <v>3.84</v>
+      </c>
+      <c r="I189"/>
     </row>
     <row r="190" spans="1:9">
       <c r="A190" t="s">
         <v>694</v>
       </c>
       <c r="B190" t="s">
-        <v>690</v>
+        <v>695</v>
       </c>
       <c r="C190" t="s">
-        <v>691</v>
+        <v>696</v>
       </c>
       <c r="D190">
         <v>9885</v>
       </c>
-      <c r="E190">
-        <v>988515</v>
+      <c r="E190" t="s">
+        <v>697</v>
       </c>
       <c r="F190">
         <v>2016</v>
       </c>
       <c r="G190" t="s">
-        <v>695</v>
+        <v>698</v>
       </c>
       <c r="H190"/>
       <c r="I190">
         <v>0.24</v>
       </c>
     </row>
     <row r="191" spans="1:9">
       <c r="A191" t="s">
+        <v>699</v>
+      </c>
+      <c r="B191" t="s">
+        <v>695</v>
+      </c>
+      <c r="C191" t="s">
         <v>696</v>
       </c>
-      <c r="B191" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D191">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>698</v>
+        <v>9885</v>
+      </c>
+      <c r="E191">
+        <v>988515</v>
       </c>
       <c r="F191">
         <v>2016</v>
       </c>
       <c r="G191" t="s">
-        <v>699</v>
-[...3 lines deleted...]
-      </c>
+        <v>700</v>
+      </c>
+      <c r="H191"/>
       <c r="I191">
-        <v>2.79</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="192" spans="1:9">
       <c r="A192" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="B192" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="C192" t="s">
-        <v>702</v>
+        <v>638</v>
       </c>
       <c r="D192">
-        <v>93</v>
-[...2 lines deleted...]
-        <v>33855</v>
+        <v>8</v>
+      </c>
+      <c r="E192" t="s">
+        <v>703</v>
       </c>
       <c r="F192">
         <v>2016</v>
       </c>
       <c r="G192" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="H192">
-        <v>2.93</v>
-[...1 lines deleted...]
-      <c r="I192"/>
+        <v>7.37</v>
+      </c>
+      <c r="I192">
+        <v>2.79</v>
+      </c>
     </row>
     <row r="193" spans="1:9">
       <c r="A193" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="B193" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="C193" t="s">
-        <v>141</v>
+        <v>707</v>
       </c>
       <c r="D193">
-        <v>690</v>
+        <v>93</v>
       </c>
       <c r="E193">
-        <v>12034</v>
+        <v>33855</v>
       </c>
       <c r="F193">
         <v>2016</v>
       </c>
       <c r="G193" t="s">
-        <v>706</v>
-[...4 lines deleted...]
-      </c>
+        <v>708</v>
+      </c>
+      <c r="H193">
+        <v>2.93</v>
+      </c>
+      <c r="I193"/>
     </row>
     <row r="194" spans="1:9">
       <c r="A194" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="B194" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
       <c r="C194" t="s">
-        <v>709</v>
+        <v>146</v>
       </c>
       <c r="D194">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>710</v>
+        <v>690</v>
+      </c>
+      <c r="E194">
+        <v>12034</v>
       </c>
       <c r="F194">
         <v>2016</v>
       </c>
       <c r="G194" t="s">
         <v>711</v>
       </c>
-      <c r="H194">
-[...1 lines deleted...]
-      </c>
+      <c r="H194"/>
       <c r="I194">
-        <v>0.94</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="195" spans="1:9">
       <c r="A195" t="s">
         <v>712</v>
       </c>
       <c r="B195" t="s">
         <v>713</v>
       </c>
       <c r="C195" t="s">
-        <v>141</v>
+        <v>714</v>
       </c>
       <c r="D195">
-        <v>690</v>
-[...2 lines deleted...]
-        <v>12020</v>
+        <v>13</v>
+      </c>
+      <c r="E195" t="s">
+        <v>715</v>
       </c>
       <c r="F195">
         <v>2016</v>
       </c>
       <c r="G195" t="s">
-        <v>714</v>
-[...1 lines deleted...]
-      <c r="H195"/>
+        <v>716</v>
+      </c>
+      <c r="H195">
+        <v>2.54</v>
+      </c>
       <c r="I195">
-        <v>0.25</v>
+        <v>0.94</v>
       </c>
     </row>
     <row r="196" spans="1:9">
       <c r="A196" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="B196" t="s">
-        <v>716</v>
+        <v>718</v>
       </c>
       <c r="C196" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="D196">
         <v>690</v>
       </c>
       <c r="E196">
-        <v>12021</v>
+        <v>12020</v>
       </c>
       <c r="F196">
         <v>2016</v>
       </c>
       <c r="G196" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="H196"/>
       <c r="I196">
         <v>0.25</v>
       </c>
     </row>
     <row r="197" spans="1:9">
       <c r="A197" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
       <c r="B197" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="C197" t="s">
-        <v>286</v>
+        <v>146</v>
       </c>
       <c r="D197">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>720</v>
+        <v>690</v>
+      </c>
+      <c r="E197">
+        <v>12021</v>
       </c>
       <c r="F197">
         <v>2016</v>
       </c>
       <c r="G197" t="s">
-        <v>721</v>
-[...3 lines deleted...]
-      </c>
+        <v>722</v>
+      </c>
+      <c r="H197"/>
       <c r="I197">
-        <v>9.18</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="198" spans="1:9">
       <c r="A198" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="B198" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="C198" t="s">
-        <v>366</v>
+        <v>291</v>
       </c>
       <c r="D198">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>22136</v>
+        <v>28</v>
+      </c>
+      <c r="E198" t="s">
+        <v>725</v>
       </c>
       <c r="F198">
         <v>2016</v>
       </c>
       <c r="G198" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
       <c r="H198">
-        <v>4.26</v>
+        <v>19.79</v>
       </c>
       <c r="I198">
-        <v>1.69</v>
+        <v>9.18</v>
       </c>
     </row>
     <row r="199" spans="1:9">
       <c r="A199" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
       <c r="B199" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="C199" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
       <c r="D199">
         <v>6</v>
       </c>
       <c r="E199">
-        <v>22546</v>
+        <v>22136</v>
       </c>
       <c r="F199">
         <v>2016</v>
       </c>
       <c r="G199" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="H199">
         <v>4.26</v>
       </c>
       <c r="I199">
         <v>1.69</v>
       </c>
     </row>
     <row r="200" spans="1:9">
       <c r="A200" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="B200" t="s">
-        <v>729</v>
+        <v>731</v>
       </c>
       <c r="C200" t="s">
-        <v>116</v>
+        <v>371</v>
       </c>
       <c r="D200">
-        <v>41</v>
-[...2 lines deleted...]
-        <v>730</v>
+        <v>6</v>
+      </c>
+      <c r="E200">
+        <v>22546</v>
       </c>
       <c r="F200">
         <v>2016</v>
       </c>
       <c r="G200" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="H200">
-        <v>3.42</v>
+        <v>4.26</v>
       </c>
       <c r="I200">
-        <v>1.77</v>
+        <v>1.69</v>
       </c>
     </row>
     <row r="201" spans="1:9">
       <c r="A201" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="B201" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="C201" t="s">
-        <v>174</v>
+        <v>121</v>
       </c>
       <c r="D201">
-        <v>108</v>
-[...2 lines deleted...]
-        <v>23902</v>
+        <v>41</v>
+      </c>
+      <c r="E201" t="s">
+        <v>735</v>
       </c>
       <c r="F201">
         <v>2016</v>
       </c>
       <c r="G201" t="s">
-        <v>734</v>
+        <v>736</v>
       </c>
       <c r="H201">
-        <v>3.41</v>
+        <v>3.42</v>
       </c>
       <c r="I201">
-        <v>1.67</v>
+        <v>1.77</v>
       </c>
     </row>
     <row r="202" spans="1:9">
       <c r="A202" t="s">
-        <v>735</v>
+        <v>737</v>
       </c>
       <c r="B202" t="s">
-        <v>736</v>
+        <v>738</v>
       </c>
       <c r="C202" t="s">
-        <v>286</v>
+        <v>179</v>
       </c>
       <c r="D202">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>737</v>
+        <v>108</v>
+      </c>
+      <c r="E202">
+        <v>23902</v>
       </c>
       <c r="F202">
         <v>2016</v>
       </c>
       <c r="G202" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="H202">
-        <v>19.79</v>
+        <v>3.41</v>
       </c>
       <c r="I202">
-        <v>9.18</v>
+        <v>1.67</v>
       </c>
     </row>
     <row r="203" spans="1:9">
       <c r="A203" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="B203" t="s">
-        <v>716</v>
+        <v>741</v>
       </c>
       <c r="C203" t="s">
-        <v>633</v>
+        <v>291</v>
       </c>
       <c r="D203">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="E203" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="F203">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G203" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
       <c r="H203">
-        <v>7.76</v>
+        <v>19.79</v>
       </c>
       <c r="I203">
-        <v>2.77</v>
+        <v>9.18</v>
       </c>
     </row>
     <row r="204" spans="1:9">
       <c r="A204" t="s">
-        <v>742</v>
+        <v>744</v>
       </c>
       <c r="B204" t="s">
-        <v>743</v>
+        <v>721</v>
       </c>
       <c r="C204" t="s">
-        <v>744</v>
-[...1 lines deleted...]
-      <c r="D204"/>
+        <v>638</v>
+      </c>
+      <c r="D204">
+        <v>8</v>
+      </c>
       <c r="E204" t="s">
         <v>745</v>
       </c>
       <c r="F204">
         <v>2015</v>
       </c>
       <c r="G204" t="s">
         <v>746</v>
       </c>
-      <c r="H204"/>
-      <c r="I204"/>
+      <c r="H204">
+        <v>7.76</v>
+      </c>
+      <c r="I204">
+        <v>2.77</v>
+      </c>
     </row>
     <row r="205" spans="1:9">
       <c r="A205" t="s">
         <v>747</v>
       </c>
       <c r="B205" t="s">
         <v>748</v>
       </c>
       <c r="C205" t="s">
-        <v>31</v>
-[...5 lines deleted...]
-        <v>245413</v>
+        <v>749</v>
+      </c>
+      <c r="D205"/>
+      <c r="E205" t="s">
+        <v>750</v>
       </c>
       <c r="F205">
         <v>2015</v>
       </c>
       <c r="G205" t="s">
-        <v>749</v>
-[...3 lines deleted...]
-      </c>
+        <v>751</v>
+      </c>
+      <c r="H205"/>
       <c r="I205"/>
     </row>
     <row r="206" spans="1:9">
       <c r="A206" t="s">
-        <v>750</v>
+        <v>752</v>
       </c>
       <c r="B206" t="s">
-        <v>751</v>
+        <v>753</v>
       </c>
       <c r="C206" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D206">
         <v>92</v>
       </c>
       <c r="E206">
-        <v>214436</v>
+        <v>245413</v>
       </c>
       <c r="F206">
         <v>2015</v>
       </c>
       <c r="G206" t="s">
-        <v>752</v>
+        <v>754</v>
       </c>
       <c r="H206">
         <v>3.72</v>
       </c>
       <c r="I206"/>
     </row>
     <row r="207" spans="1:9">
       <c r="A207" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="B207" t="s">
-        <v>754</v>
+        <v>756</v>
       </c>
       <c r="C207" t="s">
-        <v>409</v>
+        <v>36</v>
       </c>
       <c r="D207">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>755</v>
+        <v>92</v>
+      </c>
+      <c r="E207">
+        <v>214436</v>
       </c>
       <c r="F207">
         <v>2015</v>
       </c>
       <c r="G207" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="H207">
-        <v>7.49</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.72</v>
+      </c>
+      <c r="I207"/>
     </row>
     <row r="208" spans="1:9">
       <c r="A208" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="B208" t="s">
-        <v>690</v>
+        <v>759</v>
       </c>
       <c r="C208" t="s">
-        <v>23</v>
+        <v>414</v>
       </c>
       <c r="D208">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>10102</v>
+        <v>10</v>
+      </c>
+      <c r="E208" t="s">
+        <v>760</v>
       </c>
       <c r="F208">
         <v>2015</v>
       </c>
       <c r="G208" t="s">
-        <v>758</v>
+        <v>761</v>
       </c>
       <c r="H208">
-        <v>11.33</v>
+        <v>7.49</v>
       </c>
       <c r="I208">
-        <v>6.29</v>
+        <v>4.21</v>
       </c>
     </row>
     <row r="209" spans="1:9">
       <c r="A209" t="s">
-        <v>759</v>
+        <v>762</v>
       </c>
       <c r="B209" t="s">
-        <v>760</v>
+        <v>695</v>
       </c>
       <c r="C209" t="s">
-        <v>761</v>
+        <v>28</v>
       </c>
       <c r="D209">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>762</v>
+        <v>6</v>
+      </c>
+      <c r="E209">
+        <v>10102</v>
       </c>
       <c r="F209">
         <v>2015</v>
       </c>
       <c r="G209" t="s">
         <v>763</v>
       </c>
       <c r="H209">
-        <v>3.15</v>
+        <v>11.33</v>
       </c>
       <c r="I209">
-        <v>1.91</v>
+        <v>6.29</v>
       </c>
     </row>
     <row r="210" spans="1:9">
       <c r="A210" t="s">
         <v>764</v>
       </c>
       <c r="B210" t="s">
         <v>765</v>
       </c>
       <c r="C210" t="s">
         <v>766</v>
       </c>
-      <c r="D210"/>
-      <c r="E210"/>
+      <c r="D210">
+        <v>23</v>
+      </c>
+      <c r="E210" t="s">
+        <v>767</v>
+      </c>
       <c r="F210">
         <v>2015</v>
       </c>
-      <c r="G210"/>
-[...1 lines deleted...]
-      <c r="I210"/>
+      <c r="G210" t="s">
+        <v>768</v>
+      </c>
+      <c r="H210">
+        <v>3.15</v>
+      </c>
+      <c r="I210">
+        <v>1.91</v>
+      </c>
     </row>
     <row r="211" spans="1:9">
       <c r="A211" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
       <c r="B211" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="C211" t="s">
-        <v>766</v>
+        <v>771</v>
       </c>
       <c r="D211"/>
       <c r="E211"/>
       <c r="F211">
         <v>2015</v>
       </c>
-      <c r="G211" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G211"/>
       <c r="H211"/>
       <c r="I211"/>
     </row>
     <row r="212" spans="1:9">
       <c r="A212" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="B212" t="s">
+        <v>773</v>
+      </c>
+      <c r="C212" t="s">
         <v>771</v>
-      </c>
-[...1 lines deleted...]
-        <v>766</v>
       </c>
       <c r="D212"/>
       <c r="E212"/>
       <c r="F212">
         <v>2015</v>
       </c>
       <c r="G212" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
       <c r="H212"/>
       <c r="I212"/>
     </row>
     <row r="213" spans="1:9">
       <c r="A213" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
       <c r="B213" t="s">
-        <v>490</v>
+        <v>776</v>
       </c>
       <c r="C213" t="s">
-        <v>766</v>
+        <v>771</v>
       </c>
       <c r="D213"/>
       <c r="E213"/>
       <c r="F213">
         <v>2015</v>
       </c>
       <c r="G213" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="H213"/>
       <c r="I213"/>
     </row>
     <row r="214" spans="1:9">
       <c r="A214" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="B214" t="s">
-        <v>776</v>
+        <v>495</v>
       </c>
       <c r="C214" t="s">
-        <v>766</v>
+        <v>771</v>
       </c>
       <c r="D214"/>
       <c r="E214"/>
       <c r="F214">
         <v>2015</v>
       </c>
       <c r="G214" t="s">
-        <v>777</v>
+        <v>779</v>
       </c>
       <c r="H214"/>
       <c r="I214"/>
     </row>
     <row r="215" spans="1:9">
       <c r="A215" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
       <c r="B215" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="C215" t="s">
-        <v>766</v>
+        <v>771</v>
       </c>
       <c r="D215"/>
       <c r="E215"/>
       <c r="F215">
         <v>2015</v>
       </c>
       <c r="G215" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
       <c r="H215"/>
       <c r="I215"/>
     </row>
     <row r="216" spans="1:9">
       <c r="A216" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
       <c r="B216" t="s">
-        <v>782</v>
+        <v>784</v>
       </c>
       <c r="C216" t="s">
-        <v>766</v>
+        <v>771</v>
       </c>
       <c r="D216"/>
       <c r="E216"/>
       <c r="F216">
         <v>2015</v>
       </c>
       <c r="G216" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="H216"/>
       <c r="I216"/>
     </row>
     <row r="217" spans="1:9">
       <c r="A217" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
       <c r="B217" t="s">
-        <v>785</v>
+        <v>787</v>
       </c>
       <c r="C217" t="s">
-        <v>766</v>
+        <v>771</v>
       </c>
       <c r="D217"/>
       <c r="E217"/>
       <c r="F217">
         <v>2015</v>
       </c>
       <c r="G217" t="s">
-        <v>786</v>
+        <v>788</v>
       </c>
       <c r="H217"/>
       <c r="I217"/>
     </row>
     <row r="218" spans="1:9">
       <c r="A218" t="s">
-        <v>787</v>
+        <v>789</v>
       </c>
       <c r="B218" t="s">
-        <v>788</v>
+        <v>790</v>
       </c>
       <c r="C218" t="s">
-        <v>789</v>
+        <v>771</v>
       </c>
       <c r="D218"/>
       <c r="E218"/>
       <c r="F218">
         <v>2015</v>
       </c>
       <c r="G218" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="H218"/>
       <c r="I218"/>
     </row>
     <row r="219" spans="1:9">
       <c r="A219" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="B219" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="C219" t="s">
-        <v>789</v>
+        <v>794</v>
       </c>
       <c r="D219"/>
       <c r="E219"/>
       <c r="F219">
         <v>2015</v>
       </c>
       <c r="G219" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
       <c r="H219"/>
       <c r="I219"/>
     </row>
     <row r="220" spans="1:9">
       <c r="A220" t="s">
+        <v>796</v>
+      </c>
+      <c r="B220" t="s">
+        <v>797</v>
+      </c>
+      <c r="C220" t="s">
         <v>794</v>
       </c>
-      <c r="B220" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D220"/>
-      <c r="E220" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E220"/>
       <c r="F220">
         <v>2015</v>
       </c>
       <c r="G220" t="s">
         <v>798</v>
       </c>
       <c r="H220"/>
       <c r="I220"/>
     </row>
     <row r="221" spans="1:9">
       <c r="A221" t="s">
         <v>799</v>
       </c>
       <c r="B221" t="s">
         <v>800</v>
       </c>
       <c r="C221" t="s">
-        <v>633</v>
-[...3 lines deleted...]
-      </c>
+        <v>801</v>
+      </c>
+      <c r="D221"/>
       <c r="E221" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="F221">
         <v>2015</v>
       </c>
       <c r="G221" t="s">
-        <v>802</v>
-[...6 lines deleted...]
-      </c>
+        <v>803</v>
+      </c>
+      <c r="H221"/>
+      <c r="I221"/>
     </row>
     <row r="222" spans="1:9">
       <c r="A222" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="B222" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="C222" t="s">
-        <v>174</v>
+        <v>638</v>
       </c>
       <c r="D222">
-        <v>107</v>
-[...2 lines deleted...]
-        <v>171101</v>
+        <v>7</v>
+      </c>
+      <c r="E222" t="s">
+        <v>806</v>
       </c>
       <c r="F222">
         <v>2015</v>
       </c>
       <c r="G222" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="H222">
-        <v>3.14</v>
+        <v>7.76</v>
       </c>
       <c r="I222">
-        <v>1.5</v>
+        <v>2.77</v>
       </c>
     </row>
     <row r="223" spans="1:9">
       <c r="A223" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="B223" t="s">
-        <v>807</v>
+        <v>809</v>
       </c>
       <c r="C223" t="s">
-        <v>31</v>
+        <v>179</v>
       </c>
       <c r="D223">
-        <v>92</v>
+        <v>107</v>
       </c>
       <c r="E223">
-        <v>155415</v>
+        <v>171101</v>
       </c>
       <c r="F223">
         <v>2015</v>
       </c>
       <c r="G223" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="H223">
-        <v>3.72</v>
-[...1 lines deleted...]
-      <c r="I223"/>
+        <v>3.14</v>
+      </c>
+      <c r="I223">
+        <v>1.5</v>
+      </c>
     </row>
     <row r="224" spans="1:9">
       <c r="A224" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
       <c r="B224" t="s">
-        <v>810</v>
+        <v>812</v>
       </c>
       <c r="C224" t="s">
-        <v>811</v>
+        <v>36</v>
       </c>
       <c r="D224">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>812</v>
+        <v>92</v>
+      </c>
+      <c r="E224">
+        <v>155415</v>
       </c>
       <c r="F224">
         <v>2015</v>
       </c>
       <c r="G224" t="s">
         <v>813</v>
       </c>
-      <c r="H224"/>
+      <c r="H224">
+        <v>3.72</v>
+      </c>
       <c r="I224"/>
     </row>
     <row r="225" spans="1:9">
       <c r="A225" t="s">
         <v>814</v>
       </c>
       <c r="B225" t="s">
         <v>815</v>
       </c>
       <c r="C225" t="s">
         <v>816</v>
       </c>
-      <c r="D225"/>
+      <c r="D225">
+        <v>28</v>
+      </c>
       <c r="E225" t="s">
         <v>817</v>
       </c>
       <c r="F225">
         <v>2015</v>
       </c>
       <c r="G225" t="s">
         <v>818</v>
       </c>
       <c r="H225"/>
       <c r="I225"/>
     </row>
     <row r="226" spans="1:9">
       <c r="A226" t="s">
         <v>819</v>
       </c>
       <c r="B226" t="s">
         <v>820</v>
       </c>
       <c r="C226" t="s">
         <v>821</v>
       </c>
-      <c r="D226">
-[...1 lines deleted...]
-      </c>
+      <c r="D226"/>
       <c r="E226" t="s">
         <v>822</v>
       </c>
       <c r="F226">
         <v>2015</v>
       </c>
       <c r="G226" t="s">
         <v>823</v>
       </c>
-      <c r="H226">
-[...4 lines deleted...]
-      </c>
+      <c r="H226"/>
+      <c r="I226"/>
     </row>
     <row r="227" spans="1:9">
       <c r="A227" t="s">
         <v>824</v>
       </c>
       <c r="B227" t="s">
         <v>825</v>
       </c>
       <c r="C227" t="s">
-        <v>125</v>
+        <v>826</v>
       </c>
       <c r="D227">
-        <v>63</v>
+        <v>119</v>
       </c>
       <c r="E227" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="F227">
         <v>2015</v>
       </c>
       <c r="G227" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="H227">
-        <v>2.05</v>
+        <v>0.64</v>
       </c>
       <c r="I227">
-        <v>1.74</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="228" spans="1:9">
       <c r="A228" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="B228" t="s">
-        <v>748</v>
+        <v>830</v>
       </c>
       <c r="C228" t="s">
-        <v>744</v>
-[...1 lines deleted...]
-      <c r="D228"/>
+        <v>130</v>
+      </c>
+      <c r="D228">
+        <v>63</v>
+      </c>
       <c r="E228" t="s">
-        <v>829</v>
+        <v>831</v>
       </c>
       <c r="F228">
         <v>2015</v>
       </c>
       <c r="G228" t="s">
-        <v>830</v>
-[...2 lines deleted...]
-      <c r="I228"/>
+        <v>832</v>
+      </c>
+      <c r="H228">
+        <v>2.05</v>
+      </c>
+      <c r="I228">
+        <v>1.74</v>
+      </c>
     </row>
     <row r="229" spans="1:9">
       <c r="A229" t="s">
-        <v>831</v>
+        <v>833</v>
       </c>
       <c r="B229" t="s">
-        <v>760</v>
+        <v>753</v>
       </c>
       <c r="C229" t="s">
-        <v>282</v>
-[...5 lines deleted...]
-        <v>119701</v>
+        <v>749</v>
+      </c>
+      <c r="D229"/>
+      <c r="E229" t="s">
+        <v>834</v>
       </c>
       <c r="F229">
         <v>2015</v>
       </c>
       <c r="G229" t="s">
-        <v>832</v>
-[...6 lines deleted...]
-      </c>
+        <v>835</v>
+      </c>
+      <c r="H229"/>
+      <c r="I229"/>
     </row>
     <row r="230" spans="1:9">
       <c r="A230" t="s">
-        <v>833</v>
+        <v>836</v>
       </c>
       <c r="B230" t="s">
-        <v>834</v>
+        <v>765</v>
       </c>
       <c r="C230" t="s">
-        <v>366</v>
+        <v>287</v>
       </c>
       <c r="D230">
-        <v>5</v>
+        <v>115</v>
       </c>
       <c r="E230">
-        <v>12956</v>
+        <v>119701</v>
       </c>
       <c r="F230">
         <v>2015</v>
       </c>
       <c r="G230" t="s">
-        <v>835</v>
+        <v>837</v>
       </c>
       <c r="H230">
-        <v>5.23</v>
+        <v>7.65</v>
       </c>
       <c r="I230">
-        <v>2.03</v>
+        <v>4.66</v>
       </c>
     </row>
     <row r="231" spans="1:9">
       <c r="A231" t="s">
-        <v>836</v>
+        <v>838</v>
       </c>
       <c r="B231" t="s">
-        <v>837</v>
+        <v>839</v>
       </c>
       <c r="C231" t="s">
-        <v>382</v>
+        <v>371</v>
       </c>
       <c r="D231">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>838</v>
+        <v>5</v>
+      </c>
+      <c r="E231">
+        <v>12956</v>
       </c>
       <c r="F231">
         <v>2015</v>
       </c>
       <c r="G231" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="H231">
-        <v>13.78</v>
+        <v>5.23</v>
       </c>
       <c r="I231">
-        <v>8.36</v>
+        <v>2.03</v>
       </c>
     </row>
     <row r="232" spans="1:9">
       <c r="A232" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="B232" t="s">
-        <v>448</v>
+        <v>842</v>
       </c>
       <c r="C232" t="s">
-        <v>31</v>
+        <v>387</v>
       </c>
       <c r="D232">
-        <v>92</v>
-[...2 lines deleted...]
-        <v>85107</v>
+        <v>15</v>
+      </c>
+      <c r="E232" t="s">
+        <v>843</v>
       </c>
       <c r="F232">
         <v>2015</v>
       </c>
       <c r="G232" t="s">
-        <v>841</v>
+        <v>844</v>
       </c>
       <c r="H232">
-        <v>3.72</v>
-[...1 lines deleted...]
-      <c r="I232"/>
+        <v>13.78</v>
+      </c>
+      <c r="I232">
+        <v>8.36</v>
+      </c>
     </row>
     <row r="233" spans="1:9">
       <c r="A233" t="s">
-        <v>842</v>
+        <v>845</v>
       </c>
       <c r="B233" t="s">
-        <v>843</v>
+        <v>453</v>
       </c>
       <c r="C233" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D233">
         <v>92</v>
       </c>
-      <c r="E233" t="s">
-        <v>844</v>
+      <c r="E233">
+        <v>85107</v>
       </c>
       <c r="F233">
         <v>2015</v>
       </c>
       <c r="G233" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="H233">
         <v>3.72</v>
       </c>
       <c r="I233"/>
     </row>
     <row r="234" spans="1:9">
       <c r="A234" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="B234" t="s">
-        <v>765</v>
+        <v>848</v>
       </c>
       <c r="C234" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D234">
         <v>92</v>
       </c>
-      <c r="E234">
-        <v>45127</v>
+      <c r="E234" t="s">
+        <v>849</v>
       </c>
       <c r="F234">
         <v>2015</v>
       </c>
       <c r="G234" t="s">
-        <v>847</v>
+        <v>850</v>
       </c>
       <c r="H234">
         <v>3.72</v>
       </c>
       <c r="I234"/>
     </row>
     <row r="235" spans="1:9">
       <c r="A235" t="s">
-        <v>848</v>
+        <v>851</v>
       </c>
       <c r="B235" t="s">
-        <v>455</v>
+        <v>770</v>
       </c>
       <c r="C235" t="s">
-        <v>849</v>
-[...2 lines deleted...]
-      <c r="E235"/>
+        <v>36</v>
+      </c>
+      <c r="D235">
+        <v>92</v>
+      </c>
+      <c r="E235">
+        <v>45127</v>
+      </c>
       <c r="F235">
         <v>2015</v>
       </c>
-      <c r="G235"/>
-      <c r="H235"/>
+      <c r="G235" t="s">
+        <v>852</v>
+      </c>
+      <c r="H235">
+        <v>3.72</v>
+      </c>
       <c r="I235"/>
     </row>
     <row r="236" spans="1:9">
       <c r="A236" t="s">
-        <v>850</v>
+        <v>853</v>
       </c>
       <c r="B236" t="s">
-        <v>448</v>
+        <v>460</v>
       </c>
       <c r="C236" t="s">
-        <v>851</v>
+        <v>854</v>
       </c>
       <c r="D236"/>
-      <c r="E236" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E236"/>
       <c r="F236">
         <v>2015</v>
       </c>
       <c r="G236"/>
       <c r="H236"/>
       <c r="I236"/>
     </row>
     <row r="237" spans="1:9">
       <c r="A237" t="s">
-        <v>853</v>
+        <v>855</v>
       </c>
       <c r="B237" t="s">
-        <v>854</v>
+        <v>453</v>
       </c>
       <c r="C237" t="s">
-        <v>851</v>
+        <v>856</v>
       </c>
       <c r="D237"/>
       <c r="E237" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
       <c r="F237">
         <v>2015</v>
       </c>
       <c r="G237"/>
       <c r="H237"/>
       <c r="I237"/>
     </row>
     <row r="238" spans="1:9">
       <c r="A238" t="s">
+        <v>858</v>
+      </c>
+      <c r="B238" t="s">
+        <v>859</v>
+      </c>
+      <c r="C238" t="s">
         <v>856</v>
-      </c>
-[...4 lines deleted...]
-        <v>851</v>
       </c>
       <c r="D238"/>
       <c r="E238" t="s">
-        <v>857</v>
+        <v>860</v>
       </c>
       <c r="F238">
         <v>2015</v>
       </c>
       <c r="G238"/>
       <c r="H238"/>
       <c r="I238"/>
     </row>
     <row r="239" spans="1:9">
       <c r="A239" t="s">
-        <v>858</v>
+        <v>861</v>
       </c>
       <c r="B239" t="s">
-        <v>670</v>
+        <v>784</v>
       </c>
       <c r="C239" t="s">
-        <v>702</v>
-[...5 lines deleted...]
-        <v>63830</v>
+        <v>856</v>
+      </c>
+      <c r="D239"/>
+      <c r="E239" t="s">
+        <v>862</v>
       </c>
       <c r="F239">
         <v>2015</v>
       </c>
-      <c r="G239" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G239"/>
+      <c r="H239"/>
       <c r="I239"/>
     </row>
     <row r="240" spans="1:9">
       <c r="A240" t="s">
-        <v>860</v>
+        <v>863</v>
       </c>
       <c r="B240" t="s">
-        <v>861</v>
+        <v>675</v>
       </c>
       <c r="C240" t="s">
-        <v>409</v>
+        <v>707</v>
       </c>
       <c r="D240">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>862</v>
+        <v>91</v>
+      </c>
+      <c r="E240">
+        <v>63830</v>
       </c>
       <c r="F240">
         <v>2015</v>
       </c>
       <c r="G240" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="H240">
-        <v>7.49</v>
-[...3 lines deleted...]
-      </c>
+        <v>2.77</v>
+      </c>
+      <c r="I240"/>
     </row>
     <row r="241" spans="1:9">
       <c r="A241" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="B241" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="C241" t="s">
-        <v>31</v>
+        <v>414</v>
       </c>
       <c r="D241">
-        <v>91</v>
-[...2 lines deleted...]
-        <v>205126</v>
+        <v>9</v>
+      </c>
+      <c r="E241" t="s">
+        <v>867</v>
       </c>
       <c r="F241">
         <v>2015</v>
       </c>
       <c r="G241" t="s">
-        <v>866</v>
+        <v>868</v>
       </c>
       <c r="H241">
-        <v>3.72</v>
-[...1 lines deleted...]
-      <c r="I241"/>
+        <v>7.49</v>
+      </c>
+      <c r="I241">
+        <v>4.21</v>
+      </c>
     </row>
     <row r="242" spans="1:9">
       <c r="A242" t="s">
-        <v>867</v>
+        <v>869</v>
       </c>
       <c r="B242" t="s">
-        <v>743</v>
+        <v>870</v>
       </c>
       <c r="C242" t="s">
-        <v>85</v>
+        <v>36</v>
       </c>
       <c r="D242">
-        <v>117</v>
+        <v>91</v>
       </c>
       <c r="E242">
-        <v>203101</v>
+        <v>205126</v>
       </c>
       <c r="F242">
         <v>2015</v>
       </c>
       <c r="G242" t="s">
-        <v>868</v>
+        <v>871</v>
       </c>
       <c r="H242">
-        <v>2.1</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.72</v>
+      </c>
+      <c r="I242"/>
     </row>
     <row r="243" spans="1:9">
       <c r="A243" t="s">
-        <v>869</v>
+        <v>872</v>
       </c>
       <c r="B243" t="s">
-        <v>870</v>
+        <v>748</v>
       </c>
       <c r="C243" t="s">
-        <v>691</v>
+        <v>90</v>
       </c>
       <c r="D243">
-        <v>9502</v>
+        <v>117</v>
       </c>
       <c r="E243">
-        <v>950203</v>
+        <v>203101</v>
       </c>
       <c r="F243">
         <v>2015</v>
       </c>
       <c r="G243" t="s">
-        <v>871</v>
-[...1 lines deleted...]
-      <c r="H243"/>
+        <v>873</v>
+      </c>
+      <c r="H243">
+        <v>2.1</v>
+      </c>
       <c r="I243">
-        <v>0.25</v>
+        <v>0.82</v>
       </c>
     </row>
     <row r="244" spans="1:9">
       <c r="A244" t="s">
-        <v>872</v>
+        <v>874</v>
       </c>
       <c r="B244" t="s">
-        <v>873</v>
+        <v>875</v>
       </c>
       <c r="C244" t="s">
-        <v>282</v>
+        <v>696</v>
       </c>
       <c r="D244">
-        <v>114</v>
+        <v>9502</v>
       </c>
       <c r="E244">
-        <v>185501</v>
+        <v>950203</v>
       </c>
       <c r="F244">
         <v>2015</v>
       </c>
       <c r="G244" t="s">
-        <v>874</v>
-[...3 lines deleted...]
-      </c>
+        <v>876</v>
+      </c>
+      <c r="H244"/>
       <c r="I244">
-        <v>4.66</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="245" spans="1:9">
       <c r="A245" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="B245" t="s">
-        <v>876</v>
+        <v>878</v>
       </c>
       <c r="C245" t="s">
-        <v>174</v>
+        <v>287</v>
       </c>
       <c r="D245">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="E245">
-        <v>171913</v>
+        <v>185501</v>
       </c>
       <c r="F245">
         <v>2015</v>
       </c>
       <c r="G245" t="s">
-        <v>877</v>
+        <v>879</v>
       </c>
       <c r="H245">
-        <v>3.14</v>
+        <v>7.65</v>
       </c>
       <c r="I245">
-        <v>1.5</v>
+        <v>4.66</v>
       </c>
     </row>
     <row r="246" spans="1:9">
       <c r="A246" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
       <c r="B246" t="s">
-        <v>776</v>
+        <v>881</v>
       </c>
       <c r="C246" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="D246">
         <v>106</v>
       </c>
       <c r="E246">
-        <v>171110</v>
+        <v>171913</v>
       </c>
       <c r="F246">
         <v>2015</v>
       </c>
       <c r="G246" t="s">
-        <v>879</v>
+        <v>882</v>
       </c>
       <c r="H246">
         <v>3.14</v>
       </c>
       <c r="I246">
         <v>1.5</v>
       </c>
     </row>
     <row r="247" spans="1:9">
       <c r="A247" t="s">
-        <v>880</v>
+        <v>883</v>
       </c>
       <c r="B247" t="s">
-        <v>881</v>
+        <v>781</v>
       </c>
       <c r="C247" t="s">
-        <v>31</v>
+        <v>179</v>
       </c>
       <c r="D247">
-        <v>91</v>
+        <v>106</v>
       </c>
       <c r="E247">
-        <v>125426</v>
+        <v>171110</v>
       </c>
       <c r="F247">
         <v>2015</v>
       </c>
       <c r="G247" t="s">
-        <v>882</v>
+        <v>884</v>
       </c>
       <c r="H247">
-        <v>3.72</v>
+        <v>3.14</v>
       </c>
       <c r="I247">
-        <v>2.76</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="248" spans="1:9">
       <c r="A248" t="s">
-        <v>883</v>
+        <v>885</v>
       </c>
       <c r="B248" t="s">
-        <v>884</v>
+        <v>886</v>
       </c>
       <c r="C248" t="s">
-        <v>366</v>
+        <v>36</v>
       </c>
       <c r="D248">
-        <v>5</v>
+        <v>91</v>
       </c>
       <c r="E248">
-        <v>8774</v>
+        <v>125426</v>
       </c>
       <c r="F248">
         <v>2015</v>
       </c>
       <c r="G248" t="s">
-        <v>885</v>
+        <v>887</v>
       </c>
       <c r="H248">
-        <v>5.23</v>
+        <v>3.72</v>
       </c>
       <c r="I248">
-        <v>2.03</v>
+        <v>2.76</v>
       </c>
     </row>
     <row r="249" spans="1:9">
       <c r="A249" t="s">
-        <v>886</v>
+        <v>888</v>
       </c>
       <c r="B249" t="s">
-        <v>887</v>
+        <v>889</v>
       </c>
       <c r="C249" t="s">
-        <v>282</v>
+        <v>371</v>
       </c>
       <c r="D249">
-        <v>114</v>
+        <v>5</v>
       </c>
       <c r="E249">
-        <v>123901</v>
+        <v>8774</v>
       </c>
       <c r="F249">
         <v>2015</v>
       </c>
       <c r="G249" t="s">
-        <v>888</v>
+        <v>890</v>
       </c>
       <c r="H249">
-        <v>7.65</v>
+        <v>5.23</v>
       </c>
       <c r="I249">
-        <v>4.66</v>
+        <v>2.03</v>
       </c>
     </row>
     <row r="250" spans="1:9">
       <c r="A250" t="s">
-        <v>889</v>
+        <v>891</v>
       </c>
       <c r="B250" t="s">
-        <v>890</v>
+        <v>892</v>
       </c>
       <c r="C250" t="s">
-        <v>185</v>
+        <v>287</v>
       </c>
       <c r="D250">
-        <v>185</v>
-[...2 lines deleted...]
-        <v>891</v>
+        <v>114</v>
+      </c>
+      <c r="E250">
+        <v>123901</v>
       </c>
       <c r="F250">
         <v>2015</v>
       </c>
       <c r="G250" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="H250">
-        <v>2.13</v>
+        <v>7.65</v>
       </c>
       <c r="I250">
-        <v>0.87</v>
+        <v>4.66</v>
       </c>
     </row>
     <row r="251" spans="1:9">
       <c r="A251" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="B251" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="C251" t="s">
-        <v>895</v>
+        <v>190</v>
       </c>
       <c r="D251">
-        <v>5</v>
+        <v>185</v>
       </c>
       <c r="E251" t="s">
         <v>896</v>
       </c>
       <c r="F251">
         <v>2015</v>
       </c>
       <c r="G251" t="s">
         <v>897</v>
       </c>
       <c r="H251">
-        <v>2.08</v>
+        <v>2.13</v>
       </c>
       <c r="I251">
-        <v>0.57</v>
+        <v>0.87</v>
       </c>
     </row>
     <row r="252" spans="1:9">
       <c r="A252" t="s">
         <v>898</v>
       </c>
       <c r="B252" t="s">
         <v>899</v>
       </c>
       <c r="C252" t="s">
-        <v>89</v>
+        <v>900</v>
       </c>
       <c r="D252">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="E252" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="F252">
         <v>2015</v>
       </c>
       <c r="G252" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="H252">
-        <v>1.47</v>
+        <v>2.08</v>
       </c>
       <c r="I252">
-        <v>0.74</v>
+        <v>0.57</v>
       </c>
     </row>
     <row r="253" spans="1:9">
       <c r="A253" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="B253" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="C253" t="s">
-        <v>31</v>
+        <v>94</v>
       </c>
       <c r="D253">
-        <v>92</v>
-[...2 lines deleted...]
-        <v>195127</v>
+        <v>13</v>
+      </c>
+      <c r="E253" t="s">
+        <v>905</v>
       </c>
       <c r="F253">
         <v>2015</v>
       </c>
       <c r="G253" t="s">
-        <v>904</v>
+        <v>906</v>
       </c>
       <c r="H253">
-        <v>3.72</v>
+        <v>1.47</v>
       </c>
       <c r="I253">
-        <v>2.76</v>
+        <v>0.74</v>
       </c>
     </row>
     <row r="254" spans="1:9">
       <c r="A254" t="s">
-        <v>905</v>
+        <v>907</v>
       </c>
       <c r="B254" t="s">
-        <v>906</v>
+        <v>908</v>
       </c>
       <c r="C254" t="s">
-        <v>907</v>
+        <v>36</v>
       </c>
       <c r="D254">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>908</v>
+        <v>92</v>
+      </c>
+      <c r="E254">
+        <v>195127</v>
       </c>
       <c r="F254">
-        <v>2014</v>
-[...3 lines deleted...]
-      <c r="I254"/>
+        <v>2015</v>
+      </c>
+      <c r="G254" t="s">
+        <v>909</v>
+      </c>
+      <c r="H254">
+        <v>3.72</v>
+      </c>
+      <c r="I254">
+        <v>2.76</v>
+      </c>
     </row>
     <row r="255" spans="1:9">
       <c r="A255" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="B255" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="C255" t="s">
-        <v>85</v>
+        <v>912</v>
       </c>
       <c r="D255">
-        <v>116</v>
-[...2 lines deleted...]
-        <v>184508</v>
+        <v>94</v>
+      </c>
+      <c r="E255" t="s">
+        <v>913</v>
       </c>
       <c r="F255">
         <v>2014</v>
       </c>
-      <c r="G255" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G255"/>
+      <c r="H255"/>
+      <c r="I255"/>
     </row>
     <row r="256" spans="1:9">
       <c r="A256" t="s">
-        <v>912</v>
+        <v>914</v>
       </c>
       <c r="B256" t="s">
-        <v>913</v>
+        <v>915</v>
       </c>
       <c r="C256" t="s">
-        <v>633</v>
+        <v>90</v>
       </c>
       <c r="D256">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>914</v>
+        <v>116</v>
+      </c>
+      <c r="E256">
+        <v>184508</v>
       </c>
       <c r="F256">
         <v>2014</v>
       </c>
       <c r="G256" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="H256">
-        <v>7.39</v>
+        <v>2.18</v>
       </c>
       <c r="I256">
-        <v>2.65</v>
+        <v>1.04</v>
       </c>
     </row>
     <row r="257" spans="1:9">
       <c r="A257" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="B257" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="C257" t="s">
-        <v>651</v>
+        <v>638</v>
       </c>
       <c r="D257">
-        <v>56</v>
+        <v>7</v>
       </c>
       <c r="E257" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="F257">
         <v>2014</v>
       </c>
       <c r="G257" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="H257">
-        <v>0.82</v>
+        <v>7.39</v>
       </c>
       <c r="I257">
-        <v>0.47</v>
+        <v>2.65</v>
       </c>
     </row>
     <row r="258" spans="1:9">
       <c r="A258" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="B258" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="C258" t="s">
-        <v>174</v>
+        <v>656</v>
       </c>
       <c r="D258">
-        <v>105</v>
-[...2 lines deleted...]
-        <v>191905</v>
+        <v>56</v>
+      </c>
+      <c r="E258" t="s">
+        <v>923</v>
       </c>
       <c r="F258">
         <v>2014</v>
       </c>
       <c r="G258" t="s">
-        <v>922</v>
+        <v>924</v>
       </c>
       <c r="H258">
-        <v>3.3</v>
+        <v>0.82</v>
       </c>
       <c r="I258">
-        <v>1.86</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="259" spans="1:9">
       <c r="A259" t="s">
-        <v>923</v>
+        <v>925</v>
       </c>
       <c r="B259" t="s">
-        <v>924</v>
+        <v>926</v>
       </c>
       <c r="C259" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="D259">
         <v>105</v>
       </c>
       <c r="E259">
-        <v>181116</v>
+        <v>191905</v>
       </c>
       <c r="F259">
         <v>2014</v>
       </c>
       <c r="G259" t="s">
-        <v>925</v>
+        <v>927</v>
       </c>
       <c r="H259">
         <v>3.3</v>
       </c>
       <c r="I259">
         <v>1.86</v>
       </c>
     </row>
     <row r="260" spans="1:9">
       <c r="A260" t="s">
-        <v>926</v>
+        <v>928</v>
       </c>
       <c r="B260" t="s">
-        <v>927</v>
+        <v>929</v>
       </c>
       <c r="C260" t="s">
-        <v>615</v>
+        <v>179</v>
       </c>
       <c r="D260">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>928</v>
+        <v>105</v>
+      </c>
+      <c r="E260">
+        <v>181116</v>
       </c>
       <c r="F260">
         <v>2014</v>
       </c>
       <c r="G260" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="H260">
-        <v>2.34</v>
+        <v>3.3</v>
       </c>
       <c r="I260">
-        <v>1.16</v>
+        <v>1.86</v>
       </c>
     </row>
     <row r="261" spans="1:9">
       <c r="A261" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="B261" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="C261" t="s">
-        <v>31</v>
+        <v>620</v>
       </c>
       <c r="D261">
-        <v>90</v>
-[...2 lines deleted...]
-        <v>115155</v>
+        <v>8</v>
+      </c>
+      <c r="E261" t="s">
+        <v>933</v>
       </c>
       <c r="F261">
         <v>2014</v>
       </c>
       <c r="G261" t="s">
-        <v>932</v>
+        <v>934</v>
       </c>
       <c r="H261">
-        <v>3.74</v>
+        <v>2.34</v>
       </c>
       <c r="I261">
-        <v>2.81</v>
+        <v>1.16</v>
       </c>
     </row>
     <row r="262" spans="1:9">
       <c r="A262" t="s">
-        <v>933</v>
+        <v>935</v>
       </c>
       <c r="B262" t="s">
-        <v>448</v>
+        <v>936</v>
       </c>
       <c r="C262" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D262">
         <v>90</v>
       </c>
       <c r="E262">
-        <v>115136</v>
+        <v>115155</v>
       </c>
       <c r="F262">
         <v>2014</v>
       </c>
       <c r="G262" t="s">
-        <v>934</v>
+        <v>937</v>
       </c>
       <c r="H262">
         <v>3.74</v>
       </c>
       <c r="I262">
         <v>2.81</v>
       </c>
     </row>
     <row r="263" spans="1:9">
       <c r="A263" t="s">
-        <v>935</v>
+        <v>938</v>
       </c>
       <c r="B263" t="s">
-        <v>936</v>
+        <v>453</v>
       </c>
       <c r="C263" t="s">
-        <v>895</v>
+        <v>36</v>
       </c>
       <c r="D263">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>937</v>
+        <v>90</v>
+      </c>
+      <c r="E263">
+        <v>115136</v>
       </c>
       <c r="F263">
         <v>2014</v>
       </c>
       <c r="G263" t="s">
-        <v>938</v>
-[...1 lines deleted...]
-      <c r="H263"/>
+        <v>939</v>
+      </c>
+      <c r="H263">
+        <v>3.74</v>
+      </c>
       <c r="I263">
-        <v>0.36</v>
+        <v>2.81</v>
       </c>
     </row>
     <row r="264" spans="1:9">
       <c r="A264" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="B264" t="s">
-        <v>760</v>
+        <v>941</v>
       </c>
       <c r="C264" t="s">
-        <v>940</v>
+        <v>900</v>
       </c>
       <c r="D264">
-        <v>53</v>
+        <v>4</v>
       </c>
       <c r="E264" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
       <c r="F264">
         <v>2014</v>
       </c>
       <c r="G264" t="s">
-        <v>942</v>
-[...3 lines deleted...]
-      </c>
+        <v>943</v>
+      </c>
+      <c r="H264"/>
       <c r="I264">
-        <v>1.05</v>
+        <v>0.36</v>
       </c>
     </row>
     <row r="265" spans="1:9">
       <c r="A265" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="B265" t="s">
-        <v>944</v>
+        <v>765</v>
       </c>
       <c r="C265" t="s">
-        <v>691</v>
+        <v>945</v>
       </c>
       <c r="D265">
-        <v>9163</v>
+        <v>53</v>
       </c>
       <c r="E265" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="F265">
         <v>2014</v>
       </c>
       <c r="G265" t="s">
-        <v>946</v>
-[...1 lines deleted...]
-      <c r="H265"/>
+        <v>947</v>
+      </c>
+      <c r="H265">
+        <v>1.78</v>
+      </c>
       <c r="I265">
-        <v>0.24</v>
+        <v>1.05</v>
       </c>
     </row>
     <row r="266" spans="1:9">
       <c r="A266" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="B266" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="C266" t="s">
-        <v>702</v>
+        <v>696</v>
       </c>
       <c r="D266">
-        <v>90</v>
-[...2 lines deleted...]
-        <v>23854</v>
+        <v>9163</v>
+      </c>
+      <c r="E266" t="s">
+        <v>950</v>
       </c>
       <c r="F266">
         <v>2014</v>
       </c>
       <c r="G266" t="s">
-        <v>949</v>
-[...3 lines deleted...]
-      </c>
+        <v>951</v>
+      </c>
+      <c r="H266"/>
       <c r="I266">
-        <v>2.31</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="267" spans="1:9">
       <c r="A267" t="s">
-        <v>950</v>
+        <v>952</v>
       </c>
       <c r="B267" t="s">
-        <v>951</v>
+        <v>953</v>
       </c>
       <c r="C267" t="s">
-        <v>952</v>
-[...3 lines deleted...]
-        <v>953</v>
+        <v>707</v>
+      </c>
+      <c r="D267">
+        <v>90</v>
+      </c>
+      <c r="E267">
+        <v>23854</v>
       </c>
       <c r="F267">
         <v>2014</v>
       </c>
       <c r="G267" t="s">
         <v>954</v>
       </c>
-      <c r="H267"/>
-      <c r="I267"/>
+      <c r="H267">
+        <v>2.81</v>
+      </c>
+      <c r="I267">
+        <v>2.31</v>
+      </c>
     </row>
     <row r="268" spans="1:9">
       <c r="A268" t="s">
         <v>955</v>
       </c>
       <c r="B268" t="s">
         <v>956</v>
       </c>
       <c r="C268" t="s">
-        <v>952</v>
+        <v>957</v>
       </c>
       <c r="D268"/>
       <c r="E268" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="F268">
         <v>2014</v>
       </c>
       <c r="G268" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="H268"/>
       <c r="I268"/>
     </row>
     <row r="269" spans="1:9">
       <c r="A269" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="B269" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="C269" t="s">
-        <v>952</v>
+        <v>957</v>
       </c>
       <c r="D269"/>
       <c r="E269" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="F269">
         <v>2014</v>
       </c>
       <c r="G269" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="H269"/>
       <c r="I269"/>
     </row>
     <row r="270" spans="1:9">
       <c r="A270" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="B270" t="s">
-        <v>490</v>
+        <v>965</v>
       </c>
       <c r="C270" t="s">
-        <v>952</v>
+        <v>957</v>
       </c>
       <c r="D270"/>
       <c r="E270" t="s">
-        <v>964</v>
+        <v>966</v>
       </c>
       <c r="F270">
         <v>2014</v>
       </c>
       <c r="G270" t="s">
-        <v>965</v>
+        <v>967</v>
       </c>
       <c r="H270"/>
       <c r="I270"/>
     </row>
     <row r="271" spans="1:9">
       <c r="A271" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="B271" t="s">
-        <v>956</v>
+        <v>495</v>
       </c>
       <c r="C271" t="s">
-        <v>952</v>
+        <v>957</v>
       </c>
       <c r="D271"/>
       <c r="E271" t="s">
-        <v>967</v>
+        <v>969</v>
       </c>
       <c r="F271">
         <v>2014</v>
       </c>
       <c r="G271" t="s">
-        <v>968</v>
+        <v>970</v>
       </c>
       <c r="H271"/>
       <c r="I271"/>
     </row>
     <row r="272" spans="1:9">
       <c r="A272" t="s">
-        <v>969</v>
+        <v>971</v>
       </c>
       <c r="B272" t="s">
-        <v>970</v>
+        <v>961</v>
       </c>
       <c r="C272" t="s">
-        <v>330</v>
-[...3 lines deleted...]
-      </c>
+        <v>957</v>
+      </c>
+      <c r="D272"/>
       <c r="E272" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
       <c r="F272">
         <v>2014</v>
       </c>
       <c r="G272" t="s">
-        <v>972</v>
-[...6 lines deleted...]
-      </c>
+        <v>973</v>
+      </c>
+      <c r="H272"/>
+      <c r="I272"/>
     </row>
     <row r="273" spans="1:9">
       <c r="A273" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="B273" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="C273" t="s">
-        <v>330</v>
+        <v>335</v>
       </c>
       <c r="D273">
         <v>99</v>
       </c>
       <c r="E273" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
       <c r="F273">
         <v>2014</v>
       </c>
       <c r="G273" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="H273">
         <v>1.36</v>
       </c>
       <c r="I273">
         <v>0.76</v>
       </c>
     </row>
     <row r="274" spans="1:9">
       <c r="A274" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="B274" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="C274" t="s">
-        <v>979</v>
+        <v>335</v>
       </c>
       <c r="D274">
-        <v>61</v>
+        <v>99</v>
       </c>
       <c r="E274" t="s">
         <v>980</v>
       </c>
       <c r="F274">
         <v>2014</v>
       </c>
       <c r="G274" t="s">
         <v>981</v>
       </c>
       <c r="H274">
-        <v>1.01</v>
+        <v>1.36</v>
       </c>
       <c r="I274">
-        <v>0.61</v>
+        <v>0.76</v>
       </c>
     </row>
     <row r="275" spans="1:9">
       <c r="A275" t="s">
         <v>982</v>
       </c>
       <c r="B275" t="s">
         <v>983</v>
       </c>
       <c r="C275" t="s">
         <v>984</v>
       </c>
       <c r="D275">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="E275" t="s">
         <v>985</v>
       </c>
       <c r="F275">
         <v>2014</v>
       </c>
-      <c r="G275"/>
+      <c r="G275" t="s">
+        <v>986</v>
+      </c>
       <c r="H275">
-        <v>0.78</v>
+        <v>1.01</v>
       </c>
       <c r="I275">
-        <v>0.58</v>
+        <v>0.61</v>
       </c>
     </row>
     <row r="276" spans="1:9">
       <c r="A276" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="B276" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="C276" t="s">
-        <v>702</v>
+        <v>989</v>
       </c>
       <c r="D276">
-        <v>90</v>
-[...2 lines deleted...]
-        <v>13812</v>
+        <v>56</v>
+      </c>
+      <c r="E276" t="s">
+        <v>990</v>
       </c>
       <c r="F276">
         <v>2014</v>
       </c>
-      <c r="G276" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G276"/>
       <c r="H276">
-        <v>2.81</v>
+        <v>0.78</v>
       </c>
       <c r="I276">
-        <v>2.31</v>
+        <v>0.58</v>
       </c>
     </row>
     <row r="277" spans="1:9">
       <c r="A277" t="s">
-        <v>989</v>
+        <v>991</v>
       </c>
       <c r="B277" t="s">
-        <v>990</v>
+        <v>992</v>
       </c>
       <c r="C277" t="s">
-        <v>31</v>
+        <v>707</v>
       </c>
       <c r="D277">
         <v>90</v>
       </c>
       <c r="E277">
-        <v>35106</v>
+        <v>13812</v>
       </c>
       <c r="F277">
         <v>2014</v>
       </c>
       <c r="G277" t="s">
-        <v>991</v>
+        <v>993</v>
       </c>
       <c r="H277">
-        <v>3.74</v>
+        <v>2.81</v>
       </c>
       <c r="I277">
-        <v>2.81</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="278" spans="1:9">
       <c r="A278" t="s">
-        <v>992</v>
+        <v>994</v>
       </c>
       <c r="B278" t="s">
-        <v>993</v>
+        <v>995</v>
       </c>
       <c r="C278" t="s">
-        <v>483</v>
+        <v>36</v>
       </c>
       <c r="D278">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>994</v>
+        <v>90</v>
+      </c>
+      <c r="E278">
+        <v>35106</v>
       </c>
       <c r="F278">
         <v>2014</v>
       </c>
       <c r="G278" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="H278">
-        <v>1.81</v>
+        <v>3.74</v>
       </c>
       <c r="I278">
-        <v>1.35</v>
+        <v>2.81</v>
       </c>
     </row>
     <row r="279" spans="1:9">
       <c r="A279" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="B279" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="C279" t="s">
+        <v>488</v>
+      </c>
+      <c r="D279">
         <v>31</v>
       </c>
-      <c r="D279">
-[...3 lines deleted...]
-        <v>245414</v>
+      <c r="E279" t="s">
+        <v>999</v>
       </c>
       <c r="F279">
         <v>2014</v>
       </c>
       <c r="G279" t="s">
-        <v>998</v>
+        <v>1000</v>
       </c>
       <c r="H279">
-        <v>3.74</v>
+        <v>1.81</v>
       </c>
       <c r="I279">
-        <v>2.81</v>
+        <v>1.35</v>
       </c>
     </row>
     <row r="280" spans="1:9">
       <c r="A280" t="s">
-        <v>999</v>
+        <v>1001</v>
       </c>
       <c r="B280" t="s">
-        <v>1000</v>
+        <v>1002</v>
       </c>
       <c r="C280" t="s">
-        <v>671</v>
-[...5 lines deleted...]
-        <v>1002</v>
+        <v>36</v>
+      </c>
+      <c r="D280">
+        <v>89</v>
+      </c>
+      <c r="E280">
+        <v>245414</v>
       </c>
       <c r="F280">
         <v>2014</v>
       </c>
       <c r="G280" t="s">
         <v>1003</v>
       </c>
-      <c r="H280"/>
+      <c r="H280">
+        <v>3.74</v>
+      </c>
       <c r="I280">
-        <v>0.1</v>
+        <v>2.81</v>
       </c>
     </row>
     <row r="281" spans="1:9">
       <c r="A281" t="s">
         <v>1004</v>
       </c>
       <c r="B281" t="s">
         <v>1005</v>
       </c>
       <c r="C281" t="s">
-        <v>671</v>
+        <v>676</v>
       </c>
       <c r="D281" t="s">
         <v>1006</v>
       </c>
       <c r="E281" t="s">
         <v>1007</v>
       </c>
       <c r="F281">
         <v>2014</v>
       </c>
       <c r="G281" t="s">
         <v>1008</v>
       </c>
       <c r="H281"/>
       <c r="I281">
         <v>0.1</v>
       </c>
     </row>
     <row r="282" spans="1:9">
       <c r="A282" t="s">
         <v>1009</v>
       </c>
       <c r="B282" t="s">
-        <v>779</v>
+        <v>1010</v>
       </c>
       <c r="C282" t="s">
-        <v>671</v>
+        <v>676</v>
       </c>
       <c r="D282" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="E282" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="F282">
         <v>2014</v>
       </c>
       <c r="G282" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="H282"/>
       <c r="I282">
         <v>0.1</v>
       </c>
     </row>
     <row r="283" spans="1:9">
       <c r="A283" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
       <c r="B283" t="s">
-        <v>1014</v>
+        <v>784</v>
       </c>
       <c r="C283" t="s">
+        <v>676</v>
+      </c>
+      <c r="D283" t="s">
         <v>1015</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="E283" t="s">
         <v>1016</v>
       </c>
       <c r="F283">
         <v>2014</v>
       </c>
       <c r="G283" t="s">
         <v>1017</v>
       </c>
-      <c r="H283">
-[...1 lines deleted...]
-      </c>
+      <c r="H283"/>
       <c r="I283">
-        <v>0.29</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="284" spans="1:9">
       <c r="A284" t="s">
         <v>1018</v>
       </c>
       <c r="B284" t="s">
-        <v>760</v>
+        <v>1019</v>
       </c>
       <c r="C284" t="s">
-        <v>1019</v>
-[...2 lines deleted...]
-      <c r="E284"/>
+        <v>1020</v>
+      </c>
+      <c r="D284">
+        <v>59</v>
+      </c>
+      <c r="E284" t="s">
+        <v>1021</v>
+      </c>
       <c r="F284">
         <v>2014</v>
       </c>
       <c r="G284" t="s">
-        <v>1020</v>
-[...2 lines deleted...]
-      <c r="I284"/>
+        <v>1022</v>
+      </c>
+      <c r="H284">
+        <v>0.39</v>
+      </c>
+      <c r="I284">
+        <v>0.29</v>
+      </c>
     </row>
     <row r="285" spans="1:9">
       <c r="A285" t="s">
-        <v>1021</v>
+        <v>1023</v>
       </c>
       <c r="B285" t="s">
-        <v>1022</v>
+        <v>765</v>
       </c>
       <c r="C285" t="s">
-        <v>1019</v>
+        <v>1024</v>
       </c>
       <c r="D285"/>
       <c r="E285"/>
       <c r="F285">
         <v>2014</v>
       </c>
       <c r="G285" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
       <c r="H285"/>
       <c r="I285"/>
     </row>
     <row r="286" spans="1:9">
       <c r="A286" t="s">
+        <v>1026</v>
+      </c>
+      <c r="B286" t="s">
+        <v>1027</v>
+      </c>
+      <c r="C286" t="s">
         <v>1024</v>
-      </c>
-[...4 lines deleted...]
-        <v>1019</v>
       </c>
       <c r="D286"/>
       <c r="E286"/>
       <c r="F286">
         <v>2014</v>
       </c>
       <c r="G286" t="s">
-        <v>1025</v>
+        <v>1028</v>
       </c>
       <c r="H286"/>
       <c r="I286"/>
     </row>
     <row r="287" spans="1:9">
       <c r="A287" t="s">
-        <v>1026</v>
+        <v>1029</v>
       </c>
       <c r="B287" t="s">
-        <v>490</v>
+        <v>995</v>
       </c>
       <c r="C287" t="s">
-        <v>1027</v>
-[...6 lines deleted...]
-      </c>
+        <v>1024</v>
+      </c>
+      <c r="D287"/>
+      <c r="E287"/>
       <c r="F287">
         <v>2014</v>
       </c>
-      <c r="G287"/>
+      <c r="G287" t="s">
+        <v>1030</v>
+      </c>
       <c r="H287"/>
       <c r="I287"/>
     </row>
     <row r="288" spans="1:9">
       <c r="A288" t="s">
-        <v>1029</v>
+        <v>1031</v>
       </c>
       <c r="B288" t="s">
-        <v>1030</v>
+        <v>495</v>
       </c>
       <c r="C288" t="s">
-        <v>761</v>
+        <v>1032</v>
       </c>
       <c r="D288">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="E288" t="s">
-        <v>1031</v>
+        <v>1033</v>
       </c>
       <c r="F288">
         <v>2014</v>
       </c>
-      <c r="G288" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G288"/>
+      <c r="H288"/>
+      <c r="I288"/>
     </row>
     <row r="289" spans="1:9">
       <c r="A289" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="B289" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="C289" t="s">
-        <v>174</v>
+        <v>766</v>
       </c>
       <c r="D289">
-        <v>104</v>
-[...2 lines deleted...]
-        <v>161105</v>
+        <v>22</v>
+      </c>
+      <c r="E289" t="s">
+        <v>1036</v>
       </c>
       <c r="F289">
         <v>2014</v>
       </c>
       <c r="G289" t="s">
-        <v>1035</v>
+        <v>1037</v>
       </c>
       <c r="H289">
-        <v>3.3</v>
+        <v>3.49</v>
       </c>
       <c r="I289">
-        <v>1.86</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="290" spans="1:9">
       <c r="A290" t="s">
-        <v>1036</v>
+        <v>1038</v>
       </c>
       <c r="B290" t="s">
-        <v>1037</v>
+        <v>1039</v>
       </c>
       <c r="C290" t="s">
-        <v>633</v>
+        <v>179</v>
       </c>
       <c r="D290">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>1038</v>
+        <v>104</v>
+      </c>
+      <c r="E290">
+        <v>161105</v>
       </c>
       <c r="F290">
         <v>2014</v>
       </c>
       <c r="G290" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
       <c r="H290">
-        <v>7.39</v>
+        <v>3.3</v>
       </c>
       <c r="I290">
-        <v>2.65</v>
+        <v>1.86</v>
       </c>
     </row>
     <row r="291" spans="1:9">
       <c r="A291" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="B291" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
       <c r="C291" t="s">
-        <v>1042</v>
+        <v>638</v>
       </c>
       <c r="D291">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>12008</v>
+        <v>6</v>
+      </c>
+      <c r="E291" t="s">
+        <v>1043</v>
       </c>
       <c r="F291">
         <v>2014</v>
       </c>
       <c r="G291" t="s">
-        <v>1043</v>
-[...1 lines deleted...]
-      <c r="H291"/>
+        <v>1044</v>
+      </c>
+      <c r="H291">
+        <v>7.39</v>
+      </c>
       <c r="I291">
-        <v>0.21</v>
+        <v>2.65</v>
       </c>
     </row>
     <row r="292" spans="1:9">
       <c r="A292" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
       <c r="B292" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
       <c r="C292" t="s">
-        <v>174</v>
+        <v>1047</v>
       </c>
       <c r="D292">
-        <v>104</v>
+        <v>67</v>
       </c>
       <c r="E292">
-        <v>133502</v>
+        <v>12008</v>
       </c>
       <c r="F292">
         <v>2014</v>
       </c>
       <c r="G292" t="s">
-        <v>1046</v>
-[...3 lines deleted...]
-      </c>
+        <v>1048</v>
+      </c>
+      <c r="H292"/>
       <c r="I292">
-        <v>1.86</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="293" spans="1:9">
       <c r="A293" t="s">
-        <v>1047</v>
+        <v>1049</v>
       </c>
       <c r="B293" t="s">
-        <v>1048</v>
+        <v>1050</v>
       </c>
       <c r="C293" t="s">
-        <v>89</v>
+        <v>179</v>
       </c>
       <c r="D293">
-        <v>12</v>
-[...2 lines deleted...]
-        <v>1049</v>
+        <v>104</v>
+      </c>
+      <c r="E293">
+        <v>133502</v>
       </c>
       <c r="F293">
         <v>2014</v>
       </c>
       <c r="G293" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
       <c r="H293">
-        <v>1.35</v>
+        <v>3.3</v>
       </c>
       <c r="I293">
-        <v>0.85</v>
+        <v>1.86</v>
       </c>
     </row>
     <row r="294" spans="1:9">
       <c r="A294" t="s">
-        <v>1051</v>
+        <v>1052</v>
       </c>
       <c r="B294" t="s">
-        <v>990</v>
+        <v>1053</v>
       </c>
       <c r="C294" t="s">
-        <v>702</v>
+        <v>94</v>
       </c>
       <c r="D294">
-        <v>89</v>
-[...2 lines deleted...]
-        <v>32508</v>
+        <v>12</v>
+      </c>
+      <c r="E294" t="s">
+        <v>1054</v>
       </c>
       <c r="F294">
         <v>2014</v>
       </c>
       <c r="G294" t="s">
-        <v>1052</v>
+        <v>1055</v>
       </c>
       <c r="H294">
-        <v>2.81</v>
-[...1 lines deleted...]
-      <c r="I294"/>
+        <v>1.35</v>
+      </c>
+      <c r="I294">
+        <v>0.85</v>
+      </c>
     </row>
     <row r="295" spans="1:9">
       <c r="A295" t="s">
-        <v>1053</v>
+        <v>1056</v>
       </c>
       <c r="B295" t="s">
-        <v>1054</v>
+        <v>995</v>
       </c>
       <c r="C295" t="s">
-        <v>907</v>
+        <v>707</v>
       </c>
       <c r="D295">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>1055</v>
+        <v>89</v>
+      </c>
+      <c r="E295">
+        <v>32508</v>
       </c>
       <c r="F295">
         <v>2014</v>
       </c>
-      <c r="G295"/>
-      <c r="H295"/>
+      <c r="G295" t="s">
+        <v>1057</v>
+      </c>
+      <c r="H295">
+        <v>2.81</v>
+      </c>
       <c r="I295"/>
     </row>
     <row r="296" spans="1:9">
       <c r="A296" t="s">
-        <v>1056</v>
+        <v>1058</v>
       </c>
       <c r="B296" t="s">
-        <v>1057</v>
+        <v>1059</v>
       </c>
       <c r="C296" t="s">
-        <v>23</v>
+        <v>912</v>
       </c>
       <c r="D296">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>3226</v>
+        <v>2</v>
+      </c>
+      <c r="E296" t="s">
+        <v>1060</v>
       </c>
       <c r="F296">
         <v>2014</v>
       </c>
-      <c r="G296" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G296"/>
+      <c r="H296"/>
+      <c r="I296"/>
     </row>
     <row r="297" spans="1:9">
       <c r="A297" t="s">
-        <v>1059</v>
+        <v>1061</v>
       </c>
       <c r="B297" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="C297" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="D297">
-        <v>89</v>
+        <v>5</v>
       </c>
       <c r="E297">
-        <v>35435</v>
+        <v>3226</v>
       </c>
       <c r="F297">
         <v>2014</v>
       </c>
       <c r="G297" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="H297">
-        <v>3.74</v>
-[...1 lines deleted...]
-      <c r="I297"/>
+        <v>11.47</v>
+      </c>
+      <c r="I297">
+        <v>6.41</v>
+      </c>
     </row>
     <row r="298" spans="1:9">
       <c r="A298" t="s">
-        <v>1062</v>
+        <v>1064</v>
       </c>
       <c r="B298" t="s">
-        <v>1063</v>
+        <v>1065</v>
       </c>
       <c r="C298" t="s">
-        <v>174</v>
+        <v>36</v>
       </c>
       <c r="D298">
-        <v>104</v>
+        <v>89</v>
       </c>
       <c r="E298">
-        <v>21104</v>
+        <v>35435</v>
       </c>
       <c r="F298">
         <v>2014</v>
       </c>
       <c r="G298" t="s">
-        <v>1064</v>
+        <v>1066</v>
       </c>
       <c r="H298">
-        <v>3.3</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.74</v>
+      </c>
+      <c r="I298"/>
     </row>
     <row r="299" spans="1:9">
       <c r="A299" t="s">
-        <v>1065</v>
+        <v>1067</v>
       </c>
       <c r="B299" t="s">
-        <v>1066</v>
+        <v>1068</v>
       </c>
       <c r="C299" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="D299">
         <v>104</v>
       </c>
       <c r="E299">
-        <v>14104</v>
+        <v>21104</v>
       </c>
       <c r="F299">
         <v>2014</v>
       </c>
       <c r="G299" t="s">
-        <v>1067</v>
+        <v>1069</v>
       </c>
       <c r="H299">
         <v>3.3</v>
       </c>
       <c r="I299">
         <v>1.86</v>
       </c>
     </row>
     <row r="300" spans="1:9">
       <c r="A300" t="s">
-        <v>1068</v>
+        <v>1070</v>
       </c>
       <c r="B300" t="s">
-        <v>1069</v>
+        <v>1071</v>
       </c>
       <c r="C300" t="s">
-        <v>907</v>
+        <v>179</v>
       </c>
       <c r="D300">
-        <v>1</v>
+        <v>104</v>
       </c>
       <c r="E300">
-        <v>43556</v>
+        <v>14104</v>
       </c>
       <c r="F300">
         <v>2014</v>
       </c>
-      <c r="G300"/>
-[...1 lines deleted...]
-      <c r="I300"/>
+      <c r="G300" t="s">
+        <v>1072</v>
+      </c>
+      <c r="H300">
+        <v>3.3</v>
+      </c>
+      <c r="I300">
+        <v>1.86</v>
+      </c>
     </row>
     <row r="301" spans="1:9">
       <c r="A301" t="s">
-        <v>1070</v>
+        <v>1073</v>
       </c>
       <c r="B301" t="s">
-        <v>1071</v>
+        <v>1074</v>
       </c>
       <c r="C301" t="s">
-        <v>1072</v>
+        <v>912</v>
       </c>
       <c r="D301">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>1073</v>
+        <v>1</v>
+      </c>
+      <c r="E301">
+        <v>43556</v>
       </c>
       <c r="F301">
-        <v>2013</v>
-[...9 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="G301"/>
+      <c r="H301"/>
+      <c r="I301"/>
     </row>
     <row r="302" spans="1:9">
       <c r="A302" t="s">
         <v>1075</v>
       </c>
       <c r="B302" t="s">
         <v>1076</v>
       </c>
       <c r="C302" t="s">
-        <v>31</v>
+        <v>1077</v>
       </c>
       <c r="D302">
-        <v>88</v>
-[...2 lines deleted...]
-        <v>195422</v>
+        <v>7</v>
+      </c>
+      <c r="E302" t="s">
+        <v>1078</v>
       </c>
       <c r="F302">
         <v>2013</v>
       </c>
       <c r="G302" t="s">
-        <v>1077</v>
+        <v>1079</v>
       </c>
       <c r="H302">
-        <v>3.66</v>
-[...1 lines deleted...]
-      <c r="I302"/>
+        <v>29.96</v>
+      </c>
+      <c r="I302">
+        <v>13.68</v>
+      </c>
     </row>
     <row r="303" spans="1:9">
       <c r="A303" t="s">
-        <v>1078</v>
+        <v>1080</v>
       </c>
       <c r="B303" t="s">
-        <v>1079</v>
+        <v>1081</v>
       </c>
       <c r="C303" t="s">
-        <v>174</v>
+        <v>36</v>
       </c>
       <c r="D303">
-        <v>103</v>
+        <v>88</v>
       </c>
       <c r="E303">
-        <v>211903</v>
+        <v>195422</v>
       </c>
       <c r="F303">
         <v>2013</v>
       </c>
       <c r="G303" t="s">
-        <v>1080</v>
+        <v>1082</v>
       </c>
       <c r="H303">
-        <v>3.52</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.66</v>
+      </c>
+      <c r="I303"/>
     </row>
     <row r="304" spans="1:9">
       <c r="A304" t="s">
-        <v>1081</v>
+        <v>1083</v>
       </c>
       <c r="B304" t="s">
-        <v>1082</v>
+        <v>1084</v>
       </c>
       <c r="C304" t="s">
-        <v>31</v>
+        <v>179</v>
       </c>
       <c r="D304">
-        <v>88</v>
-[...2 lines deleted...]
-        <v>1083</v>
+        <v>103</v>
+      </c>
+      <c r="E304">
+        <v>211903</v>
       </c>
       <c r="F304">
         <v>2013</v>
       </c>
       <c r="G304" t="s">
-        <v>1084</v>
+        <v>1085</v>
       </c>
       <c r="H304">
-        <v>3.66</v>
-[...1 lines deleted...]
-      <c r="I304"/>
+        <v>3.52</v>
+      </c>
+      <c r="I304">
+        <v>2.15</v>
+      </c>
     </row>
     <row r="305" spans="1:9">
       <c r="A305" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
       <c r="B305" t="s">
-        <v>779</v>
+        <v>1087</v>
       </c>
       <c r="C305" t="s">
-        <v>409</v>
+        <v>36</v>
       </c>
       <c r="D305">
-        <v>8</v>
+        <v>88</v>
       </c>
       <c r="E305" t="s">
-        <v>1086</v>
+        <v>1088</v>
       </c>
       <c r="F305">
         <v>2013</v>
       </c>
       <c r="G305" t="s">
-        <v>1087</v>
+        <v>1089</v>
       </c>
       <c r="H305">
-        <v>9.31</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.66</v>
+      </c>
+      <c r="I305"/>
     </row>
     <row r="306" spans="1:9">
       <c r="A306" t="s">
-        <v>1088</v>
+        <v>1090</v>
       </c>
       <c r="B306" t="s">
-        <v>1089</v>
+        <v>784</v>
       </c>
       <c r="C306" t="s">
-        <v>1090</v>
-[...3 lines deleted...]
-        <v>43556</v>
+        <v>414</v>
+      </c>
+      <c r="D306">
+        <v>8</v>
+      </c>
+      <c r="E306" t="s">
+        <v>1091</v>
       </c>
       <c r="F306">
         <v>2013</v>
       </c>
       <c r="G306" t="s">
-        <v>1091</v>
-[...2 lines deleted...]
-      <c r="I306"/>
+        <v>1092</v>
+      </c>
+      <c r="H306">
+        <v>9.31</v>
+      </c>
+      <c r="I306">
+        <v>5.13</v>
+      </c>
     </row>
     <row r="307" spans="1:9">
       <c r="A307" t="s">
-        <v>1092</v>
+        <v>1093</v>
       </c>
       <c r="B307" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
       <c r="C307" t="s">
-        <v>174</v>
-[...3 lines deleted...]
-      </c>
+        <v>1095</v>
+      </c>
+      <c r="D307"/>
       <c r="E307">
-        <v>161103</v>
+        <v>43556</v>
       </c>
       <c r="F307">
         <v>2013</v>
       </c>
       <c r="G307" t="s">
-        <v>1094</v>
-[...6 lines deleted...]
-      </c>
+        <v>1096</v>
+      </c>
+      <c r="H307"/>
+      <c r="I307"/>
     </row>
     <row r="308" spans="1:9">
       <c r="A308" t="s">
-        <v>1095</v>
+        <v>1097</v>
       </c>
       <c r="B308" t="s">
-        <v>1063</v>
+        <v>1098</v>
       </c>
       <c r="C308" t="s">
-        <v>1090</v>
-[...1 lines deleted...]
-      <c r="D308"/>
+        <v>179</v>
+      </c>
+      <c r="D308">
+        <v>103</v>
+      </c>
       <c r="E308">
-        <v>43525</v>
+        <v>161103</v>
       </c>
       <c r="F308">
         <v>2013</v>
       </c>
       <c r="G308" t="s">
-        <v>1096</v>
-[...2 lines deleted...]
-      <c r="I308"/>
+        <v>1099</v>
+      </c>
+      <c r="H308">
+        <v>3.52</v>
+      </c>
+      <c r="I308">
+        <v>2.15</v>
+      </c>
     </row>
     <row r="309" spans="1:9">
       <c r="A309" t="s">
-        <v>1097</v>
+        <v>1100</v>
       </c>
       <c r="B309" t="s">
-        <v>1098</v>
+        <v>1068</v>
       </c>
       <c r="C309" t="s">
-        <v>1099</v>
+        <v>1095</v>
       </c>
       <c r="D309"/>
-      <c r="E309" t="s">
-        <v>1100</v>
+      <c r="E309">
+        <v>43525</v>
       </c>
       <c r="F309">
         <v>2013</v>
       </c>
-      <c r="G309"/>
+      <c r="G309" t="s">
+        <v>1101</v>
+      </c>
       <c r="H309"/>
       <c r="I309"/>
     </row>
     <row r="310" spans="1:9">
       <c r="A310" t="s">
-        <v>1101</v>
+        <v>1102</v>
       </c>
       <c r="B310" t="s">
-        <v>1102</v>
+        <v>1103</v>
       </c>
       <c r="C310" t="s">
-        <v>1103</v>
+        <v>1104</v>
       </c>
       <c r="D310"/>
       <c r="E310" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
       <c r="F310">
         <v>2013</v>
       </c>
-      <c r="G310" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G310"/>
       <c r="H310"/>
       <c r="I310"/>
     </row>
     <row r="311" spans="1:9">
       <c r="A311" t="s">
         <v>1106</v>
       </c>
       <c r="B311" t="s">
-        <v>1037</v>
+        <v>1107</v>
       </c>
       <c r="C311" t="s">
-        <v>1103</v>
+        <v>1108</v>
       </c>
       <c r="D311"/>
       <c r="E311" t="s">
-        <v>1107</v>
+        <v>1109</v>
       </c>
       <c r="F311">
         <v>2013</v>
       </c>
       <c r="G311" t="s">
-        <v>1108</v>
+        <v>1110</v>
       </c>
       <c r="H311"/>
       <c r="I311"/>
     </row>
     <row r="312" spans="1:9">
       <c r="A312" t="s">
-        <v>1109</v>
+        <v>1111</v>
       </c>
       <c r="B312" t="s">
-        <v>779</v>
+        <v>1042</v>
       </c>
       <c r="C312" t="s">
-        <v>1103</v>
+        <v>1108</v>
       </c>
       <c r="D312"/>
       <c r="E312" t="s">
-        <v>1110</v>
+        <v>1112</v>
       </c>
       <c r="F312">
         <v>2013</v>
       </c>
       <c r="G312" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="H312"/>
       <c r="I312"/>
     </row>
     <row r="313" spans="1:9">
       <c r="A313" t="s">
-        <v>1112</v>
+        <v>1114</v>
       </c>
       <c r="B313" t="s">
-        <v>1113</v>
+        <v>784</v>
       </c>
       <c r="C313" t="s">
-        <v>1103</v>
+        <v>1108</v>
       </c>
       <c r="D313"/>
       <c r="E313" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
       <c r="F313">
         <v>2013</v>
       </c>
       <c r="G313" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
       <c r="H313"/>
       <c r="I313"/>
     </row>
     <row r="314" spans="1:9">
       <c r="A314" t="s">
-        <v>1116</v>
+        <v>1117</v>
       </c>
       <c r="B314" t="s">
-        <v>1089</v>
+        <v>1118</v>
       </c>
       <c r="C314" t="s">
-        <v>1103</v>
+        <v>1108</v>
       </c>
       <c r="D314"/>
       <c r="E314" t="s">
-        <v>1117</v>
+        <v>1119</v>
       </c>
       <c r="F314">
         <v>2013</v>
       </c>
       <c r="G314" t="s">
-        <v>1118</v>
+        <v>1120</v>
       </c>
       <c r="H314"/>
       <c r="I314"/>
     </row>
     <row r="315" spans="1:9">
       <c r="A315" t="s">
-        <v>1119</v>
+        <v>1121</v>
       </c>
       <c r="B315" t="s">
-        <v>1120</v>
+        <v>1094</v>
       </c>
       <c r="C315" t="s">
-        <v>1103</v>
+        <v>1108</v>
       </c>
       <c r="D315"/>
       <c r="E315" t="s">
-        <v>1121</v>
+        <v>1122</v>
       </c>
       <c r="F315">
         <v>2013</v>
       </c>
       <c r="G315" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
       <c r="H315"/>
       <c r="I315"/>
     </row>
     <row r="316" spans="1:9">
       <c r="A316" t="s">
-        <v>1123</v>
+        <v>1124</v>
       </c>
       <c r="B316" t="s">
-        <v>1124</v>
+        <v>1125</v>
       </c>
       <c r="C316" t="s">
-        <v>691</v>
-[...3 lines deleted...]
-      </c>
+        <v>1108</v>
+      </c>
+      <c r="D316"/>
       <c r="E316" t="s">
-        <v>1125</v>
+        <v>1126</v>
       </c>
       <c r="F316">
         <v>2013</v>
       </c>
       <c r="G316" t="s">
-        <v>1126</v>
+        <v>1127</v>
       </c>
       <c r="H316"/>
-      <c r="I316">
-[...1 lines deleted...]
-      </c>
+      <c r="I316"/>
     </row>
     <row r="317" spans="1:9">
       <c r="A317" t="s">
-        <v>1127</v>
+        <v>1128</v>
       </c>
       <c r="B317" t="s">
-        <v>1037</v>
+        <v>1129</v>
       </c>
       <c r="C317" t="s">
-        <v>691</v>
+        <v>696</v>
       </c>
       <c r="D317">
         <v>8806</v>
       </c>
       <c r="E317" t="s">
-        <v>1128</v>
+        <v>1130</v>
       </c>
       <c r="F317">
         <v>2013</v>
       </c>
       <c r="G317" t="s">
-        <v>1129</v>
+        <v>1131</v>
       </c>
       <c r="H317"/>
       <c r="I317">
         <v>0.25</v>
       </c>
     </row>
     <row r="318" spans="1:9">
       <c r="A318" t="s">
-        <v>1130</v>
+        <v>1132</v>
       </c>
       <c r="B318" t="s">
-        <v>951</v>
+        <v>1042</v>
       </c>
       <c r="C318" t="s">
-        <v>85</v>
+        <v>696</v>
       </c>
       <c r="D318">
-        <v>114</v>
+        <v>8806</v>
       </c>
       <c r="E318" t="s">
-        <v>1131</v>
+        <v>1133</v>
       </c>
       <c r="F318">
         <v>2013</v>
       </c>
       <c r="G318" t="s">
-        <v>1132</v>
-[...3 lines deleted...]
-      </c>
+        <v>1134</v>
+      </c>
+      <c r="H318"/>
       <c r="I318">
-        <v>1.16</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="319" spans="1:9">
       <c r="A319" t="s">
-        <v>1133</v>
+        <v>1135</v>
       </c>
       <c r="B319" t="s">
-        <v>1063</v>
+        <v>956</v>
       </c>
       <c r="C319" t="s">
-        <v>1134</v>
-[...3 lines deleted...]
-        <v>43525</v>
+        <v>90</v>
+      </c>
+      <c r="D319">
+        <v>114</v>
+      </c>
+      <c r="E319" t="s">
+        <v>1136</v>
       </c>
       <c r="F319">
         <v>2013</v>
       </c>
       <c r="G319" t="s">
-        <v>1135</v>
-[...2 lines deleted...]
-      <c r="I319"/>
+        <v>1137</v>
+      </c>
+      <c r="H319">
+        <v>2.19</v>
+      </c>
+      <c r="I319">
+        <v>1.16</v>
+      </c>
     </row>
     <row r="320" spans="1:9">
       <c r="A320" t="s">
-        <v>1136</v>
+        <v>1138</v>
       </c>
       <c r="B320" t="s">
-        <v>1089</v>
+        <v>1068</v>
       </c>
       <c r="C320" t="s">
-        <v>1134</v>
+        <v>1139</v>
       </c>
       <c r="D320"/>
       <c r="E320">
         <v>43525</v>
       </c>
       <c r="F320">
         <v>2013</v>
       </c>
       <c r="G320" t="s">
-        <v>1137</v>
+        <v>1140</v>
       </c>
       <c r="H320"/>
       <c r="I320"/>
     </row>
     <row r="321" spans="1:9">
       <c r="A321" t="s">
-        <v>1138</v>
+        <v>1141</v>
       </c>
       <c r="B321" t="s">
+        <v>1094</v>
+      </c>
+      <c r="C321" t="s">
         <v>1139</v>
       </c>
-      <c r="C321" t="s">
-[...6 lines deleted...]
-        <v>1140</v>
+      <c r="D321"/>
+      <c r="E321">
+        <v>43525</v>
       </c>
       <c r="F321">
         <v>2013</v>
       </c>
       <c r="G321" t="s">
-        <v>1141</v>
-[...6 lines deleted...]
-      </c>
+        <v>1142</v>
+      </c>
+      <c r="H321"/>
+      <c r="I321"/>
     </row>
     <row r="322" spans="1:9">
       <c r="A322" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
       <c r="B322" t="s">
-        <v>1124</v>
+        <v>1144</v>
       </c>
       <c r="C322" t="s">
-        <v>282</v>
+        <v>179</v>
       </c>
       <c r="D322">
-        <v>111</v>
+        <v>103</v>
       </c>
       <c r="E322" t="s">
-        <v>1143</v>
+        <v>1145</v>
       </c>
       <c r="F322">
         <v>2013</v>
       </c>
       <c r="G322" t="s">
-        <v>1144</v>
+        <v>1146</v>
       </c>
       <c r="H322">
-        <v>7.73</v>
+        <v>3.52</v>
       </c>
       <c r="I322">
-        <v>5.68</v>
+        <v>2.15</v>
       </c>
     </row>
     <row r="323" spans="1:9">
       <c r="A323" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="B323" t="s">
-        <v>1037</v>
+        <v>1129</v>
       </c>
       <c r="C323" t="s">
-        <v>1146</v>
-[...1 lines deleted...]
-      <c r="D323"/>
+        <v>287</v>
+      </c>
+      <c r="D323">
+        <v>111</v>
+      </c>
       <c r="E323" t="s">
-        <v>1147</v>
+        <v>1148</v>
       </c>
       <c r="F323">
         <v>2013</v>
       </c>
       <c r="G323" t="s">
-        <v>1148</v>
-[...2 lines deleted...]
-      <c r="I323"/>
+        <v>1149</v>
+      </c>
+      <c r="H323">
+        <v>7.73</v>
+      </c>
+      <c r="I323">
+        <v>5.68</v>
+      </c>
     </row>
     <row r="324" spans="1:9">
       <c r="A324" t="s">
-        <v>1149</v>
+        <v>1150</v>
       </c>
       <c r="B324" t="s">
-        <v>1150</v>
+        <v>1042</v>
       </c>
       <c r="C324" t="s">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>1151</v>
+      </c>
+      <c r="D324"/>
       <c r="E324" t="s">
-        <v>1151</v>
+        <v>1152</v>
       </c>
       <c r="F324">
         <v>2013</v>
       </c>
       <c r="G324" t="s">
-        <v>1152</v>
-[...3 lines deleted...]
-      </c>
+        <v>1153</v>
+      </c>
+      <c r="H324"/>
       <c r="I324"/>
     </row>
     <row r="325" spans="1:9">
       <c r="A325" t="s">
-        <v>1153</v>
+        <v>1154</v>
       </c>
       <c r="B325" t="s">
-        <v>1154</v>
+        <v>1155</v>
       </c>
       <c r="C325" t="s">
-        <v>1155</v>
-[...1 lines deleted...]
-      <c r="D325"/>
+        <v>36</v>
+      </c>
+      <c r="D325">
+        <v>87</v>
+      </c>
       <c r="E325" t="s">
         <v>1156</v>
       </c>
       <c r="F325">
         <v>2013</v>
       </c>
       <c r="G325" t="s">
         <v>1157</v>
       </c>
-      <c r="H325"/>
-[...2 lines deleted...]
-      </c>
+      <c r="H325">
+        <v>3.66</v>
+      </c>
+      <c r="I325"/>
     </row>
     <row r="326" spans="1:9">
       <c r="A326" t="s">
         <v>1158</v>
       </c>
       <c r="B326" t="s">
         <v>1159</v>
       </c>
       <c r="C326" t="s">
-        <v>1155</v>
+        <v>1160</v>
       </c>
       <c r="D326"/>
       <c r="E326" t="s">
-        <v>1160</v>
+        <v>1161</v>
       </c>
       <c r="F326">
         <v>2013</v>
       </c>
       <c r="G326" t="s">
-        <v>1161</v>
+        <v>1162</v>
       </c>
       <c r="H326"/>
       <c r="I326">
         <v>0.22</v>
       </c>
     </row>
     <row r="327" spans="1:9">
       <c r="A327" t="s">
-        <v>1162</v>
+        <v>1163</v>
       </c>
       <c r="B327" t="s">
-        <v>1163</v>
+        <v>1164</v>
       </c>
       <c r="C327" t="s">
-        <v>1155</v>
+        <v>1160</v>
       </c>
       <c r="D327"/>
       <c r="E327" t="s">
-        <v>1164</v>
+        <v>1165</v>
       </c>
       <c r="F327">
         <v>2013</v>
       </c>
       <c r="G327" t="s">
-        <v>1165</v>
+        <v>1166</v>
       </c>
       <c r="H327"/>
       <c r="I327">
         <v>0.22</v>
       </c>
     </row>
     <row r="328" spans="1:9">
       <c r="A328" t="s">
-        <v>1166</v>
+        <v>1167</v>
       </c>
       <c r="B328" t="s">
-        <v>1076</v>
+        <v>1168</v>
       </c>
       <c r="C328" t="s">
-        <v>330</v>
-[...3 lines deleted...]
-      </c>
+        <v>1160</v>
+      </c>
+      <c r="D328"/>
       <c r="E328" t="s">
-        <v>1167</v>
+        <v>1169</v>
       </c>
       <c r="F328">
         <v>2013</v>
       </c>
       <c r="G328" t="s">
-        <v>1168</v>
-[...3 lines deleted...]
-      </c>
+        <v>1170</v>
+      </c>
+      <c r="H328"/>
       <c r="I328">
-        <v>0.8</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="329" spans="1:9">
       <c r="A329" t="s">
-        <v>1169</v>
+        <v>1171</v>
       </c>
       <c r="B329" t="s">
-        <v>1170</v>
+        <v>1081</v>
       </c>
       <c r="C329" t="s">
-        <v>907</v>
+        <v>335</v>
       </c>
       <c r="D329">
-        <v>5</v>
+        <v>97</v>
       </c>
       <c r="E329" t="s">
-        <v>1171</v>
+        <v>1172</v>
       </c>
       <c r="F329">
         <v>2013</v>
       </c>
-      <c r="G329"/>
-[...1 lines deleted...]
-      <c r="I329"/>
+      <c r="G329" t="s">
+        <v>1173</v>
+      </c>
+      <c r="H329">
+        <v>1.36</v>
+      </c>
+      <c r="I329">
+        <v>0.8</v>
+      </c>
     </row>
     <row r="330" spans="1:9">
       <c r="A330" t="s">
-        <v>1172</v>
+        <v>1174</v>
       </c>
       <c r="B330" t="s">
-        <v>1173</v>
+        <v>1175</v>
       </c>
       <c r="C330" t="s">
-        <v>907</v>
+        <v>912</v>
       </c>
       <c r="D330">
         <v>5</v>
       </c>
       <c r="E330" t="s">
-        <v>1174</v>
+        <v>1176</v>
       </c>
       <c r="F330">
         <v>2013</v>
       </c>
       <c r="G330"/>
       <c r="H330"/>
       <c r="I330"/>
     </row>
     <row r="331" spans="1:9">
       <c r="A331" t="s">
-        <v>1175</v>
+        <v>1177</v>
       </c>
       <c r="B331" t="s">
-        <v>1113</v>
+        <v>1178</v>
       </c>
       <c r="C331" t="s">
-        <v>761</v>
+        <v>912</v>
       </c>
       <c r="D331">
-        <v>21</v>
+        <v>5</v>
       </c>
       <c r="E331" t="s">
-        <v>1176</v>
+        <v>1179</v>
       </c>
       <c r="F331">
         <v>2013</v>
       </c>
-      <c r="G331" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G331"/>
+      <c r="H331"/>
+      <c r="I331"/>
     </row>
     <row r="332" spans="1:9">
       <c r="A332" t="s">
-        <v>1178</v>
+        <v>1180</v>
       </c>
       <c r="B332" t="s">
-        <v>1179</v>
+        <v>1118</v>
       </c>
       <c r="C332" t="s">
-        <v>761</v>
+        <v>766</v>
       </c>
       <c r="D332">
         <v>21</v>
       </c>
       <c r="E332" t="s">
-        <v>1180</v>
+        <v>1181</v>
       </c>
       <c r="F332">
         <v>2013</v>
       </c>
       <c r="G332" t="s">
-        <v>1181</v>
+        <v>1182</v>
       </c>
       <c r="H332">
         <v>3.53</v>
       </c>
       <c r="I332">
         <v>2.34</v>
       </c>
     </row>
     <row r="333" spans="1:9">
       <c r="A333" t="s">
-        <v>1182</v>
+        <v>1183</v>
       </c>
       <c r="B333" t="s">
-        <v>1037</v>
+        <v>1184</v>
       </c>
       <c r="C333" t="s">
-        <v>185</v>
+        <v>766</v>
       </c>
       <c r="D333">
-        <v>56</v>
+        <v>21</v>
       </c>
       <c r="E333" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
       <c r="F333">
         <v>2013</v>
       </c>
       <c r="G333" t="s">
-        <v>1184</v>
+        <v>1186</v>
       </c>
       <c r="H333">
-        <v>1.91</v>
+        <v>3.53</v>
       </c>
       <c r="I333">
-        <v>0.86</v>
+        <v>2.34</v>
       </c>
     </row>
     <row r="334" spans="1:9">
       <c r="A334" t="s">
-        <v>1185</v>
+        <v>1187</v>
       </c>
       <c r="B334" t="s">
-        <v>760</v>
+        <v>1042</v>
       </c>
       <c r="C334" t="s">
-        <v>1186</v>
-[...2 lines deleted...]
-      <c r="E334"/>
+        <v>190</v>
+      </c>
+      <c r="D334">
+        <v>56</v>
+      </c>
+      <c r="E334" t="s">
+        <v>1188</v>
+      </c>
       <c r="F334">
         <v>2013</v>
       </c>
       <c r="G334" t="s">
-        <v>1187</v>
-[...2 lines deleted...]
-      <c r="I334"/>
+        <v>1189</v>
+      </c>
+      <c r="H334">
+        <v>1.91</v>
+      </c>
+      <c r="I334">
+        <v>0.86</v>
+      </c>
     </row>
     <row r="335" spans="1:9">
       <c r="A335" t="s">
-        <v>1188</v>
+        <v>1190</v>
       </c>
       <c r="B335" t="s">
-        <v>1189</v>
+        <v>765</v>
       </c>
       <c r="C335" t="s">
-        <v>286</v>
-[...6 lines deleted...]
-      </c>
+        <v>1191</v>
+      </c>
+      <c r="D335"/>
+      <c r="E335"/>
       <c r="F335">
         <v>2013</v>
       </c>
       <c r="G335" t="s">
-        <v>1191</v>
-[...6 lines deleted...]
-      </c>
+        <v>1192</v>
+      </c>
+      <c r="H335"/>
+      <c r="I335"/>
     </row>
     <row r="336" spans="1:9">
       <c r="A336" t="s">
-        <v>1192</v>
+        <v>1193</v>
       </c>
       <c r="B336" t="s">
-        <v>899</v>
+        <v>1194</v>
       </c>
       <c r="C336" t="s">
-        <v>1193</v>
-[...1 lines deleted...]
-      <c r="D336"/>
+        <v>291</v>
+      </c>
+      <c r="D336">
+        <v>25</v>
+      </c>
       <c r="E336" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
       <c r="F336">
         <v>2013</v>
       </c>
-      <c r="G336"/>
-[...1 lines deleted...]
-      <c r="I336"/>
+      <c r="G336" t="s">
+        <v>1196</v>
+      </c>
+      <c r="H336">
+        <v>15.41</v>
+      </c>
+      <c r="I336">
+        <v>7.56</v>
+      </c>
     </row>
     <row r="337" spans="1:9">
       <c r="A337" t="s">
-        <v>1195</v>
+        <v>1197</v>
       </c>
       <c r="B337" t="s">
-        <v>1076</v>
+        <v>904</v>
       </c>
       <c r="C337" t="s">
-        <v>330</v>
-[...3 lines deleted...]
-      </c>
+        <v>1198</v>
+      </c>
+      <c r="D337"/>
       <c r="E337" t="s">
-        <v>1196</v>
+        <v>1199</v>
       </c>
       <c r="F337">
         <v>2013</v>
       </c>
-      <c r="G337" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G337"/>
+      <c r="H337"/>
+      <c r="I337"/>
     </row>
     <row r="338" spans="1:9">
       <c r="A338" t="s">
-        <v>1198</v>
+        <v>1200</v>
       </c>
       <c r="B338" t="s">
-        <v>1199</v>
+        <v>1081</v>
       </c>
       <c r="C338" t="s">
-        <v>31</v>
+        <v>335</v>
       </c>
       <c r="D338">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="E338" t="s">
-        <v>1200</v>
+        <v>1201</v>
       </c>
       <c r="F338">
         <v>2013</v>
       </c>
       <c r="G338" t="s">
-        <v>1201</v>
+        <v>1202</v>
       </c>
       <c r="H338">
-        <v>3.66</v>
-[...1 lines deleted...]
-      <c r="I338"/>
+        <v>1.36</v>
+      </c>
+      <c r="I338">
+        <v>0.8</v>
+      </c>
     </row>
     <row r="339" spans="1:9">
       <c r="A339" t="s">
-        <v>1202</v>
+        <v>1203</v>
       </c>
       <c r="B339" t="s">
-        <v>1124</v>
+        <v>1204</v>
       </c>
       <c r="C339" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="D339">
         <v>87</v>
       </c>
       <c r="E339" t="s">
-        <v>1203</v>
+        <v>1205</v>
       </c>
       <c r="F339">
         <v>2013</v>
       </c>
       <c r="G339" t="s">
-        <v>1204</v>
+        <v>1206</v>
       </c>
       <c r="H339">
         <v>3.66</v>
       </c>
       <c r="I339"/>
     </row>
     <row r="340" spans="1:9">
       <c r="A340" t="s">
-        <v>1205</v>
+        <v>1207</v>
       </c>
       <c r="B340" t="s">
-        <v>1206</v>
+        <v>1129</v>
       </c>
       <c r="C340" t="s">
-        <v>761</v>
+        <v>36</v>
       </c>
       <c r="D340">
-        <v>21</v>
+        <v>87</v>
       </c>
       <c r="E340" t="s">
-        <v>1207</v>
+        <v>1208</v>
       </c>
       <c r="F340">
         <v>2013</v>
       </c>
       <c r="G340" t="s">
-        <v>1208</v>
+        <v>1209</v>
       </c>
       <c r="H340">
-        <v>3.53</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.66</v>
+      </c>
+      <c r="I340"/>
     </row>
     <row r="341" spans="1:9">
       <c r="A341" t="s">
-        <v>1209</v>
+        <v>1210</v>
       </c>
       <c r="B341" t="s">
-        <v>1210</v>
+        <v>1211</v>
       </c>
       <c r="C341" t="s">
-        <v>31</v>
+        <v>766</v>
       </c>
       <c r="D341">
-        <v>87</v>
+        <v>21</v>
       </c>
       <c r="E341" t="s">
-        <v>1211</v>
+        <v>1212</v>
       </c>
       <c r="F341">
         <v>2013</v>
       </c>
       <c r="G341" t="s">
-        <v>1212</v>
+        <v>1213</v>
       </c>
       <c r="H341">
-        <v>3.66</v>
-[...1 lines deleted...]
-      <c r="I341"/>
+        <v>3.53</v>
+      </c>
+      <c r="I341">
+        <v>2.34</v>
+      </c>
     </row>
     <row r="342" spans="1:9">
       <c r="A342" t="s">
-        <v>1213</v>
+        <v>1214</v>
       </c>
       <c r="B342" t="s">
-        <v>800</v>
+        <v>1215</v>
       </c>
       <c r="C342" t="s">
-        <v>1214</v>
+        <v>36</v>
       </c>
       <c r="D342">
-        <v>139</v>
+        <v>87</v>
       </c>
       <c r="E342" t="s">
-        <v>1215</v>
+        <v>1216</v>
       </c>
       <c r="F342">
         <v>2013</v>
       </c>
       <c r="G342" t="s">
-        <v>1216</v>
+        <v>1217</v>
       </c>
       <c r="H342">
-        <v>5.59</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.66</v>
+      </c>
+      <c r="I342"/>
     </row>
     <row r="343" spans="1:9">
       <c r="A343" t="s">
-        <v>1217</v>
+        <v>1218</v>
       </c>
       <c r="B343" t="s">
-        <v>1098</v>
+        <v>805</v>
       </c>
       <c r="C343" t="s">
-        <v>174</v>
+        <v>1219</v>
       </c>
       <c r="D343">
-        <v>101</v>
-[...2 lines deleted...]
-        <v>231904</v>
+        <v>139</v>
+      </c>
+      <c r="E343" t="s">
+        <v>1220</v>
       </c>
       <c r="F343">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="G343" t="s">
-        <v>1218</v>
+        <v>1221</v>
       </c>
       <c r="H343">
-        <v>3.79</v>
+        <v>5.59</v>
       </c>
       <c r="I343">
-        <v>2.57</v>
+        <v>0.54</v>
       </c>
     </row>
     <row r="344" spans="1:9">
       <c r="A344" t="s">
-        <v>1219</v>
+        <v>1222</v>
       </c>
       <c r="B344" t="s">
-        <v>1220</v>
+        <v>1103</v>
       </c>
       <c r="C344" t="s">
-        <v>300</v>
+        <v>179</v>
       </c>
       <c r="D344">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>1221</v>
+        <v>101</v>
+      </c>
+      <c r="E344">
+        <v>231904</v>
       </c>
       <c r="F344">
         <v>2012</v>
       </c>
-      <c r="G344"/>
-[...1 lines deleted...]
-      <c r="I344"/>
+      <c r="G344" t="s">
+        <v>1223</v>
+      </c>
+      <c r="H344">
+        <v>3.79</v>
+      </c>
+      <c r="I344">
+        <v>2.57</v>
+      </c>
     </row>
     <row r="345" spans="1:9">
       <c r="A345" t="s">
-        <v>1222</v>
+        <v>1224</v>
       </c>
       <c r="B345" t="s">
-        <v>1223</v>
+        <v>1225</v>
       </c>
       <c r="C345" t="s">
-        <v>366</v>
+        <v>305</v>
       </c>
       <c r="D345">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E345" t="s">
-        <v>1224</v>
+        <v>1226</v>
       </c>
       <c r="F345">
         <v>2012</v>
       </c>
-      <c r="G345" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G345"/>
+      <c r="H345"/>
+      <c r="I345"/>
     </row>
     <row r="346" spans="1:9">
       <c r="A346" t="s">
-        <v>1226</v>
+        <v>1227</v>
       </c>
       <c r="B346" t="s">
-        <v>760</v>
+        <v>1228</v>
       </c>
       <c r="C346" t="s">
-        <v>1227</v>
+        <v>371</v>
       </c>
       <c r="D346">
-        <v>2012</v>
+        <v>2</v>
       </c>
       <c r="E346" t="s">
-        <v>1228</v>
+        <v>1229</v>
       </c>
       <c r="F346">
         <v>2012</v>
       </c>
       <c r="G346" t="s">
-        <v>1229</v>
-[...2 lines deleted...]
-      <c r="I346"/>
+        <v>1230</v>
+      </c>
+      <c r="H346">
+        <v>2.93</v>
+      </c>
+      <c r="I346">
+        <v>1.53</v>
+      </c>
     </row>
     <row r="347" spans="1:9">
       <c r="A347" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="B347" t="s">
-        <v>1231</v>
+        <v>765</v>
       </c>
       <c r="C347" t="s">
         <v>1232</v>
       </c>
-      <c r="D347"/>
+      <c r="D347">
+        <v>2012</v>
+      </c>
       <c r="E347" t="s">
         <v>1233</v>
       </c>
       <c r="F347">
         <v>2012</v>
       </c>
-      <c r="G347"/>
+      <c r="G347" t="s">
+        <v>1234</v>
+      </c>
       <c r="H347"/>
       <c r="I347"/>
     </row>
     <row r="348" spans="1:9">
       <c r="A348" t="s">
-        <v>1234</v>
+        <v>1235</v>
       </c>
       <c r="B348" t="s">
-        <v>1235</v>
+        <v>1236</v>
       </c>
       <c r="C348" t="s">
-        <v>1236</v>
+        <v>1237</v>
       </c>
       <c r="D348"/>
       <c r="E348" t="s">
-        <v>1237</v>
+        <v>1238</v>
       </c>
       <c r="F348">
         <v>2012</v>
       </c>
       <c r="G348"/>
       <c r="H348"/>
       <c r="I348"/>
     </row>
     <row r="349" spans="1:9">
       <c r="A349" t="s">
-        <v>1238</v>
+        <v>1239</v>
       </c>
       <c r="B349" t="s">
-        <v>1239</v>
+        <v>1240</v>
       </c>
       <c r="C349" t="s">
-        <v>85</v>
-[...3 lines deleted...]
-      </c>
+        <v>1241</v>
+      </c>
+      <c r="D349"/>
       <c r="E349" t="s">
-        <v>1240</v>
+        <v>1242</v>
       </c>
       <c r="F349">
         <v>2012</v>
       </c>
-      <c r="G349" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G349"/>
+      <c r="H349"/>
+      <c r="I349"/>
     </row>
     <row r="350" spans="1:9">
       <c r="A350" t="s">
-        <v>1242</v>
+        <v>1243</v>
       </c>
       <c r="B350" t="s">
-        <v>1124</v>
+        <v>1244</v>
       </c>
       <c r="C350" t="s">
-        <v>702</v>
+        <v>90</v>
       </c>
       <c r="D350">
-        <v>86</v>
-[...2 lines deleted...]
-        <v>33826</v>
+        <v>112</v>
+      </c>
+      <c r="E350" t="s">
+        <v>1245</v>
       </c>
       <c r="F350">
         <v>2012</v>
       </c>
       <c r="G350" t="s">
-        <v>1243</v>
+        <v>1246</v>
       </c>
       <c r="H350">
-        <v>3.04</v>
-[...1 lines deleted...]
-      <c r="I350"/>
+        <v>2.21</v>
+      </c>
+      <c r="I350">
+        <v>1.31</v>
+      </c>
     </row>
     <row r="351" spans="1:9">
       <c r="A351" t="s">
-        <v>1244</v>
+        <v>1247</v>
       </c>
       <c r="B351" t="s">
-        <v>1245</v>
+        <v>1129</v>
       </c>
       <c r="C351" t="s">
-        <v>31</v>
+        <v>707</v>
       </c>
       <c r="D351">
         <v>86</v>
       </c>
-      <c r="E351" t="s">
-        <v>1246</v>
+      <c r="E351">
+        <v>33826</v>
       </c>
       <c r="F351">
         <v>2012</v>
       </c>
       <c r="G351" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
       <c r="H351">
-        <v>3.77</v>
+        <v>3.04</v>
       </c>
       <c r="I351"/>
     </row>
     <row r="352" spans="1:9">
       <c r="A352" t="s">
-        <v>1248</v>
+        <v>1249</v>
       </c>
       <c r="B352" t="s">
-        <v>1037</v>
+        <v>1250</v>
       </c>
       <c r="C352" t="s">
-        <v>197</v>
+        <v>36</v>
       </c>
       <c r="D352">
-        <v>1475</v>
+        <v>86</v>
       </c>
       <c r="E352" t="s">
-        <v>1249</v>
+        <v>1251</v>
       </c>
       <c r="F352">
         <v>2012</v>
       </c>
       <c r="G352" t="s">
-        <v>1250</v>
-[...4 lines deleted...]
-      </c>
+        <v>1252</v>
+      </c>
+      <c r="H352">
+        <v>3.77</v>
+      </c>
+      <c r="I352"/>
     </row>
     <row r="353" spans="1:9">
       <c r="A353" t="s">
-        <v>1251</v>
+        <v>1253</v>
       </c>
       <c r="B353" t="s">
-        <v>1252</v>
+        <v>1042</v>
       </c>
       <c r="C353" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="D353">
         <v>1475</v>
       </c>
       <c r="E353" t="s">
-        <v>1253</v>
+        <v>1254</v>
       </c>
       <c r="F353">
         <v>2012</v>
       </c>
       <c r="G353" t="s">
-        <v>1254</v>
+        <v>1255</v>
       </c>
       <c r="H353"/>
       <c r="I353">
         <v>0.16</v>
       </c>
     </row>
     <row r="354" spans="1:9">
       <c r="A354" t="s">
-        <v>1255</v>
+        <v>1256</v>
       </c>
       <c r="B354" t="s">
-        <v>1124</v>
+        <v>1257</v>
       </c>
       <c r="C354" t="s">
-        <v>702</v>
+        <v>202</v>
       </c>
       <c r="D354">
-        <v>86</v>
+        <v>1475</v>
       </c>
       <c r="E354" t="s">
-        <v>1256</v>
+        <v>1258</v>
       </c>
       <c r="F354">
         <v>2012</v>
       </c>
       <c r="G354" t="s">
-        <v>1257</v>
-[...4 lines deleted...]
-      <c r="I354"/>
+        <v>1259</v>
+      </c>
+      <c r="H354"/>
+      <c r="I354">
+        <v>0.16</v>
+      </c>
     </row>
     <row r="355" spans="1:9">
       <c r="A355" t="s">
-        <v>1248</v>
+        <v>1260</v>
       </c>
       <c r="B355" t="s">
-        <v>1037</v>
+        <v>1129</v>
       </c>
       <c r="C355" t="s">
-        <v>761</v>
+        <v>707</v>
       </c>
       <c r="D355">
-        <v>20</v>
+        <v>86</v>
       </c>
       <c r="E355" t="s">
-        <v>1258</v>
+        <v>1261</v>
       </c>
       <c r="F355">
         <v>2012</v>
       </c>
       <c r="G355" t="s">
-        <v>1259</v>
+        <v>1262</v>
       </c>
       <c r="H355">
-        <v>3.55</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.04</v>
+      </c>
+      <c r="I355"/>
     </row>
     <row r="356" spans="1:9">
       <c r="A356" t="s">
-        <v>1260</v>
+        <v>1253</v>
       </c>
       <c r="B356" t="s">
-        <v>1261</v>
+        <v>1042</v>
       </c>
       <c r="C356" t="s">
-        <v>300</v>
+        <v>766</v>
       </c>
       <c r="D356">
-        <v>3</v>
+        <v>20</v>
       </c>
       <c r="E356" t="s">
-        <v>1262</v>
+        <v>1263</v>
       </c>
       <c r="F356">
         <v>2012</v>
       </c>
-      <c r="G356"/>
-[...1 lines deleted...]
-      <c r="I356"/>
+      <c r="G356" t="s">
+        <v>1264</v>
+      </c>
+      <c r="H356">
+        <v>3.55</v>
+      </c>
+      <c r="I356">
+        <v>2.56</v>
+      </c>
     </row>
     <row r="357" spans="1:9">
       <c r="A357" t="s">
-        <v>1263</v>
+        <v>1265</v>
       </c>
       <c r="B357" t="s">
-        <v>1264</v>
+        <v>1266</v>
       </c>
       <c r="C357" t="s">
-        <v>702</v>
+        <v>305</v>
       </c>
       <c r="D357">
-        <v>86</v>
+        <v>3</v>
       </c>
       <c r="E357" t="s">
-        <v>1265</v>
+        <v>1267</v>
       </c>
       <c r="F357">
         <v>2012</v>
       </c>
-      <c r="G357" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G357"/>
+      <c r="H357"/>
       <c r="I357"/>
     </row>
     <row r="358" spans="1:9">
       <c r="A358" t="s">
-        <v>1267</v>
+        <v>1268</v>
       </c>
       <c r="B358" t="s">
-        <v>1268</v>
+        <v>1269</v>
       </c>
       <c r="C358" t="s">
-        <v>330</v>
+        <v>707</v>
       </c>
       <c r="D358">
-        <v>95</v>
+        <v>86</v>
       </c>
       <c r="E358" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="F358">
         <v>2012</v>
       </c>
       <c r="G358" t="s">
-        <v>1270</v>
+        <v>1271</v>
       </c>
       <c r="H358">
-        <v>1.52</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.04</v>
+      </c>
+      <c r="I358"/>
     </row>
     <row r="359" spans="1:9">
       <c r="A359" t="s">
-        <v>1271</v>
+        <v>1272</v>
       </c>
       <c r="B359" t="s">
-        <v>1124</v>
+        <v>1273</v>
       </c>
       <c r="C359" t="s">
-        <v>31</v>
+        <v>335</v>
       </c>
       <c r="D359">
-        <v>86</v>
+        <v>95</v>
       </c>
       <c r="E359" t="s">
-        <v>1272</v>
+        <v>1274</v>
       </c>
       <c r="F359">
         <v>2012</v>
       </c>
       <c r="G359" t="s">
-        <v>1273</v>
+        <v>1275</v>
       </c>
       <c r="H359">
-        <v>3.77</v>
-[...1 lines deleted...]
-      <c r="I359"/>
+        <v>1.52</v>
+      </c>
+      <c r="I359">
+        <v>1.03</v>
+      </c>
     </row>
     <row r="360" spans="1:9">
       <c r="A360" t="s">
-        <v>1274</v>
+        <v>1276</v>
       </c>
       <c r="B360" t="s">
-        <v>1275</v>
+        <v>1129</v>
       </c>
       <c r="C360" t="s">
-        <v>1276</v>
-[...3 lines deleted...]
-        <v>43497</v>
+        <v>36</v>
+      </c>
+      <c r="D360">
+        <v>86</v>
+      </c>
+      <c r="E360" t="s">
+        <v>1277</v>
       </c>
       <c r="F360">
         <v>2012</v>
       </c>
       <c r="G360" t="s">
-        <v>1277</v>
-[...1 lines deleted...]
-      <c r="H360"/>
+        <v>1278</v>
+      </c>
+      <c r="H360">
+        <v>3.77</v>
+      </c>
       <c r="I360"/>
     </row>
     <row r="361" spans="1:9">
       <c r="A361" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
       <c r="B361" t="s">
-        <v>1279</v>
+        <v>1280</v>
       </c>
       <c r="C361" t="s">
-        <v>1276</v>
+        <v>1281</v>
       </c>
       <c r="D361"/>
       <c r="E361">
         <v>43497</v>
       </c>
       <c r="F361">
         <v>2012</v>
       </c>
       <c r="G361" t="s">
-        <v>1280</v>
+        <v>1282</v>
       </c>
       <c r="H361"/>
       <c r="I361"/>
     </row>
     <row r="362" spans="1:9">
       <c r="A362" t="s">
+        <v>1283</v>
+      </c>
+      <c r="B362" t="s">
+        <v>1284</v>
+      </c>
+      <c r="C362" t="s">
         <v>1281</v>
       </c>
-      <c r="B362" t="s">
-[...9 lines deleted...]
-        <v>1283</v>
+      <c r="D362"/>
+      <c r="E362">
+        <v>43497</v>
       </c>
       <c r="F362">
         <v>2012</v>
       </c>
       <c r="G362" t="s">
-        <v>1284</v>
-[...6 lines deleted...]
-      </c>
+        <v>1285</v>
+      </c>
+      <c r="H362"/>
+      <c r="I362"/>
     </row>
     <row r="363" spans="1:9">
       <c r="A363" t="s">
-        <v>1285</v>
+        <v>1286</v>
       </c>
       <c r="B363" t="s">
-        <v>1286</v>
+        <v>1287</v>
       </c>
       <c r="C363" t="s">
-        <v>671</v>
-[...1 lines deleted...]
-      <c r="D363"/>
+        <v>291</v>
+      </c>
+      <c r="D363">
+        <v>24</v>
+      </c>
       <c r="E363" t="s">
-        <v>1287</v>
+        <v>1288</v>
       </c>
       <c r="F363">
         <v>2012</v>
       </c>
       <c r="G363" t="s">
-        <v>1288</v>
-[...1 lines deleted...]
-      <c r="H363"/>
+        <v>1289</v>
+      </c>
+      <c r="H363">
+        <v>14.83</v>
+      </c>
       <c r="I363">
-        <v>0.1</v>
+        <v>8.56</v>
       </c>
     </row>
     <row r="364" spans="1:9">
       <c r="A364" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
       <c r="B364" t="s">
-        <v>1037</v>
+        <v>1291</v>
       </c>
       <c r="C364" t="s">
-        <v>691</v>
-[...3 lines deleted...]
-      </c>
+        <v>676</v>
+      </c>
+      <c r="D364"/>
       <c r="E364" t="s">
-        <v>1290</v>
+        <v>1292</v>
       </c>
       <c r="F364">
         <v>2012</v>
       </c>
       <c r="G364" t="s">
-        <v>1291</v>
+        <v>1293</v>
       </c>
       <c r="H364"/>
       <c r="I364">
-        <v>0.26</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="365" spans="1:9">
       <c r="A365" t="s">
-        <v>1292</v>
+        <v>1294</v>
       </c>
       <c r="B365" t="s">
-        <v>1293</v>
+        <v>1042</v>
       </c>
       <c r="C365" t="s">
-        <v>174</v>
+        <v>696</v>
       </c>
       <c r="D365">
-        <v>100</v>
+        <v>8434</v>
       </c>
       <c r="E365" t="s">
-        <v>1294</v>
+        <v>1295</v>
       </c>
       <c r="F365">
         <v>2012</v>
       </c>
       <c r="G365" t="s">
-        <v>1295</v>
-[...3 lines deleted...]
-      </c>
+        <v>1296</v>
+      </c>
+      <c r="H365"/>
       <c r="I365">
-        <v>2.57</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="366" spans="1:9">
       <c r="A366" t="s">
-        <v>1296</v>
+        <v>1297</v>
       </c>
       <c r="B366" t="s">
-        <v>1223</v>
+        <v>1298</v>
       </c>
       <c r="C366" t="s">
-        <v>282</v>
+        <v>179</v>
       </c>
       <c r="D366">
-        <v>108</v>
+        <v>100</v>
       </c>
       <c r="E366" t="s">
-        <v>1297</v>
+        <v>1299</v>
       </c>
       <c r="F366">
         <v>2012</v>
       </c>
       <c r="G366" t="s">
-        <v>1298</v>
+        <v>1300</v>
       </c>
       <c r="H366">
-        <v>7.94</v>
+        <v>3.79</v>
       </c>
       <c r="I366">
-        <v>6.29</v>
+        <v>2.57</v>
       </c>
     </row>
     <row r="367" spans="1:9">
       <c r="A367" t="s">
-        <v>1299</v>
+        <v>1301</v>
       </c>
       <c r="B367" t="s">
-        <v>1300</v>
+        <v>1228</v>
       </c>
       <c r="C367" t="s">
-        <v>31</v>
+        <v>287</v>
       </c>
       <c r="D367">
-        <v>85</v>
+        <v>108</v>
       </c>
       <c r="E367" t="s">
-        <v>1301</v>
+        <v>1302</v>
       </c>
       <c r="F367">
         <v>2012</v>
       </c>
       <c r="G367" t="s">
-        <v>1302</v>
+        <v>1303</v>
       </c>
       <c r="H367">
-        <v>3.77</v>
-[...1 lines deleted...]
-      <c r="I367"/>
+        <v>7.94</v>
+      </c>
+      <c r="I367">
+        <v>6.29</v>
+      </c>
     </row>
     <row r="368" spans="1:9">
       <c r="A368" t="s">
-        <v>1303</v>
+        <v>1304</v>
       </c>
       <c r="B368" t="s">
-        <v>1223</v>
+        <v>1305</v>
       </c>
       <c r="C368" t="s">
-        <v>761</v>
+        <v>36</v>
       </c>
       <c r="D368">
-        <v>20</v>
+        <v>85</v>
       </c>
       <c r="E368" t="s">
-        <v>1304</v>
+        <v>1306</v>
       </c>
       <c r="F368">
         <v>2012</v>
       </c>
       <c r="G368" t="s">
-        <v>1305</v>
+        <v>1307</v>
       </c>
       <c r="H368">
-        <v>3.55</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.77</v>
+      </c>
+      <c r="I368"/>
     </row>
     <row r="369" spans="1:9">
       <c r="A369" t="s">
-        <v>1306</v>
+        <v>1308</v>
       </c>
       <c r="B369" t="s">
-        <v>1307</v>
+        <v>1228</v>
       </c>
       <c r="C369" t="s">
-        <v>1308</v>
+        <v>766</v>
       </c>
       <c r="D369">
-        <v>376</v>
+        <v>20</v>
       </c>
       <c r="E369" t="s">
         <v>1309</v>
       </c>
       <c r="F369">
         <v>2012</v>
       </c>
       <c r="G369" t="s">
         <v>1310</v>
       </c>
       <c r="H369">
-        <v>1.77</v>
+        <v>3.55</v>
       </c>
       <c r="I369">
-        <v>0.79</v>
+        <v>2.56</v>
       </c>
     </row>
     <row r="370" spans="1:9">
       <c r="A370" t="s">
         <v>1311</v>
       </c>
       <c r="B370" t="s">
-        <v>760</v>
+        <v>1312</v>
       </c>
       <c r="C370" t="s">
-        <v>451</v>
+        <v>1313</v>
       </c>
       <c r="D370">
-        <v>11</v>
+        <v>376</v>
       </c>
       <c r="E370" t="s">
-        <v>1312</v>
+        <v>1314</v>
       </c>
       <c r="F370">
         <v>2012</v>
       </c>
       <c r="G370" t="s">
-        <v>1313</v>
+        <v>1315</v>
       </c>
       <c r="H370">
-        <v>1.67</v>
+        <v>1.77</v>
       </c>
       <c r="I370">
-        <v>0.88</v>
+        <v>0.79</v>
       </c>
     </row>
     <row r="371" spans="1:9">
       <c r="A371" t="s">
-        <v>1314</v>
+        <v>1316</v>
       </c>
       <c r="B371" t="s">
-        <v>1279</v>
+        <v>765</v>
       </c>
       <c r="C371" t="s">
-        <v>174</v>
+        <v>456</v>
       </c>
       <c r="D371">
-        <v>99</v>
+        <v>11</v>
       </c>
       <c r="E371" t="s">
-        <v>1315</v>
+        <v>1317</v>
       </c>
       <c r="F371">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="G371" t="s">
-        <v>1316</v>
+        <v>1318</v>
       </c>
       <c r="H371">
-        <v>3.84</v>
+        <v>1.67</v>
       </c>
       <c r="I371">
-        <v>2.81</v>
+        <v>0.88</v>
       </c>
     </row>
     <row r="372" spans="1:9">
       <c r="A372" t="s">
-        <v>1317</v>
+        <v>1319</v>
       </c>
       <c r="B372" t="s">
-        <v>1318</v>
+        <v>1284</v>
       </c>
       <c r="C372" t="s">
-        <v>702</v>
+        <v>179</v>
       </c>
       <c r="D372">
-        <v>84</v>
+        <v>99</v>
       </c>
       <c r="E372" t="s">
-        <v>1319</v>
+        <v>1320</v>
       </c>
       <c r="F372">
         <v>2011</v>
       </c>
       <c r="G372" t="s">
-        <v>1320</v>
+        <v>1321</v>
       </c>
       <c r="H372">
-        <v>2.88</v>
-[...1 lines deleted...]
-      <c r="I372"/>
+        <v>3.84</v>
+      </c>
+      <c r="I372">
+        <v>2.81</v>
+      </c>
     </row>
     <row r="373" spans="1:9">
       <c r="A373" t="s">
-        <v>1321</v>
+        <v>1322</v>
       </c>
       <c r="B373" t="s">
-        <v>1037</v>
+        <v>1323</v>
       </c>
       <c r="C373" t="s">
-        <v>58</v>
+        <v>707</v>
       </c>
       <c r="D373">
-        <v>285</v>
+        <v>84</v>
       </c>
       <c r="E373" t="s">
-        <v>1322</v>
+        <v>1324</v>
       </c>
       <c r="F373">
         <v>2011</v>
       </c>
       <c r="G373" t="s">
-        <v>1323</v>
+        <v>1325</v>
       </c>
       <c r="H373">
-        <v>1.49</v>
-[...3 lines deleted...]
-      </c>
+        <v>2.88</v>
+      </c>
+      <c r="I373"/>
     </row>
     <row r="374" spans="1:9">
       <c r="A374" t="s">
-        <v>1324</v>
+        <v>1326</v>
       </c>
       <c r="B374" t="s">
-        <v>1037</v>
+        <v>1042</v>
       </c>
       <c r="C374" t="s">
-        <v>330</v>
+        <v>63</v>
       </c>
       <c r="D374">
-        <v>94</v>
+        <v>285</v>
       </c>
       <c r="E374" t="s">
-        <v>1325</v>
+        <v>1327</v>
       </c>
       <c r="F374">
         <v>2011</v>
       </c>
       <c r="G374" t="s">
-        <v>1326</v>
+        <v>1328</v>
       </c>
       <c r="H374">
-        <v>1.35</v>
+        <v>1.49</v>
       </c>
       <c r="I374">
-        <v>0.77</v>
+        <v>0.81</v>
       </c>
     </row>
     <row r="375" spans="1:9">
       <c r="A375" t="s">
-        <v>1327</v>
+        <v>1329</v>
       </c>
       <c r="B375" t="s">
-        <v>1063</v>
+        <v>1042</v>
       </c>
       <c r="C375" t="s">
-        <v>615</v>
+        <v>335</v>
       </c>
       <c r="D375">
-        <v>6</v>
+        <v>94</v>
       </c>
       <c r="E375" t="s">
-        <v>1328</v>
+        <v>1330</v>
       </c>
       <c r="F375">
         <v>2011</v>
       </c>
       <c r="G375" t="s">
-        <v>1329</v>
+        <v>1331</v>
       </c>
       <c r="H375">
-        <v>2.82</v>
+        <v>1.35</v>
       </c>
       <c r="I375">
-        <v>1.84</v>
+        <v>0.77</v>
       </c>
     </row>
     <row r="376" spans="1:9">
       <c r="A376" t="s">
-        <v>1330</v>
+        <v>1332</v>
       </c>
       <c r="B376" t="s">
-        <v>1076</v>
+        <v>1068</v>
       </c>
       <c r="C376" t="s">
-        <v>615</v>
+        <v>620</v>
       </c>
       <c r="D376">
         <v>6</v>
       </c>
       <c r="E376" t="s">
-        <v>964</v>
+        <v>1333</v>
       </c>
       <c r="F376">
         <v>2011</v>
       </c>
       <c r="G376" t="s">
-        <v>1331</v>
+        <v>1334</v>
       </c>
       <c r="H376">
         <v>2.82</v>
       </c>
       <c r="I376">
         <v>1.84</v>
       </c>
     </row>
     <row r="377" spans="1:9">
       <c r="A377" t="s">
-        <v>1332</v>
+        <v>1335</v>
       </c>
       <c r="B377" t="s">
-        <v>960</v>
+        <v>1081</v>
       </c>
       <c r="C377" t="s">
-        <v>174</v>
+        <v>620</v>
       </c>
       <c r="D377">
-        <v>99</v>
+        <v>6</v>
       </c>
       <c r="E377" t="s">
-        <v>1333</v>
+        <v>969</v>
       </c>
       <c r="F377">
         <v>2011</v>
       </c>
       <c r="G377" t="s">
-        <v>1334</v>
+        <v>1336</v>
       </c>
       <c r="H377">
-        <v>3.84</v>
+        <v>2.82</v>
       </c>
       <c r="I377">
-        <v>2.81</v>
+        <v>1.84</v>
       </c>
     </row>
     <row r="378" spans="1:9">
       <c r="A378" t="s">
-        <v>1335</v>
+        <v>1337</v>
       </c>
       <c r="B378" t="s">
-        <v>1336</v>
+        <v>965</v>
       </c>
       <c r="C378" t="s">
-        <v>31</v>
+        <v>179</v>
       </c>
       <c r="D378">
-        <v>84</v>
+        <v>99</v>
       </c>
       <c r="E378" t="s">
-        <v>1337</v>
+        <v>1338</v>
       </c>
       <c r="F378">
         <v>2011</v>
       </c>
       <c r="G378" t="s">
-        <v>1338</v>
+        <v>1339</v>
       </c>
       <c r="H378">
-        <v>3.69</v>
-[...1 lines deleted...]
-      <c r="I378"/>
+        <v>3.84</v>
+      </c>
+      <c r="I378">
+        <v>2.81</v>
+      </c>
     </row>
     <row r="379" spans="1:9">
       <c r="A379" t="s">
-        <v>1339</v>
+        <v>1340</v>
       </c>
       <c r="B379" t="s">
-        <v>1124</v>
+        <v>1341</v>
       </c>
       <c r="C379" t="s">
-        <v>702</v>
+        <v>36</v>
       </c>
       <c r="D379">
         <v>84</v>
       </c>
-      <c r="E379">
-        <v>23807</v>
+      <c r="E379" t="s">
+        <v>1342</v>
       </c>
       <c r="F379">
         <v>2011</v>
       </c>
       <c r="G379" t="s">
-        <v>1340</v>
+        <v>1343</v>
       </c>
       <c r="H379">
-        <v>2.88</v>
+        <v>3.69</v>
       </c>
       <c r="I379"/>
     </row>
     <row r="380" spans="1:9">
       <c r="A380" t="s">
-        <v>1341</v>
+        <v>1344</v>
       </c>
       <c r="B380" t="s">
-        <v>1037</v>
+        <v>1129</v>
       </c>
       <c r="C380" t="s">
-        <v>615</v>
+        <v>707</v>
       </c>
       <c r="D380">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>1342</v>
+        <v>84</v>
+      </c>
+      <c r="E380">
+        <v>23807</v>
       </c>
       <c r="F380">
         <v>2011</v>
       </c>
       <c r="G380" t="s">
-        <v>1343</v>
+        <v>1345</v>
       </c>
       <c r="H380">
-        <v>2.82</v>
-[...3 lines deleted...]
-      </c>
+        <v>2.88</v>
+      </c>
+      <c r="I380"/>
     </row>
     <row r="381" spans="1:9">
       <c r="A381" t="s">
-        <v>1344</v>
+        <v>1346</v>
       </c>
       <c r="B381" t="s">
-        <v>1345</v>
+        <v>1042</v>
       </c>
       <c r="C381" t="s">
-        <v>1346</v>
+        <v>620</v>
       </c>
       <c r="D381">
         <v>5</v>
       </c>
       <c r="E381" t="s">
         <v>1347</v>
       </c>
       <c r="F381">
         <v>2011</v>
       </c>
       <c r="G381" t="s">
         <v>1348</v>
       </c>
       <c r="H381">
-        <v>1.57</v>
+        <v>2.82</v>
       </c>
       <c r="I381">
-        <v>1.0</v>
+        <v>1.84</v>
       </c>
     </row>
     <row r="382" spans="1:9">
       <c r="A382" t="s">
         <v>1349</v>
       </c>
       <c r="B382" t="s">
         <v>1350</v>
       </c>
       <c r="C382" t="s">
-        <v>31</v>
+        <v>1351</v>
       </c>
       <c r="D382">
-        <v>84</v>
+        <v>5</v>
       </c>
       <c r="E382" t="s">
-        <v>1351</v>
+        <v>1352</v>
       </c>
       <c r="F382">
         <v>2011</v>
       </c>
       <c r="G382" t="s">
-        <v>1352</v>
+        <v>1353</v>
       </c>
       <c r="H382">
-        <v>3.69</v>
-[...1 lines deleted...]
-      <c r="I382"/>
+        <v>1.57</v>
+      </c>
+      <c r="I382">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="383" spans="1:9">
       <c r="A383" t="s">
-        <v>1353</v>
+        <v>1354</v>
       </c>
       <c r="B383" t="s">
-        <v>1350</v>
+        <v>1355</v>
       </c>
       <c r="C383" t="s">
-        <v>1354</v>
-[...3 lines deleted...]
-        <v>43497</v>
+        <v>36</v>
+      </c>
+      <c r="D383">
+        <v>84</v>
+      </c>
+      <c r="E383" t="s">
+        <v>1356</v>
       </c>
       <c r="F383">
         <v>2011</v>
       </c>
-      <c r="G383"/>
-      <c r="H383"/>
+      <c r="G383" t="s">
+        <v>1357</v>
+      </c>
+      <c r="H383">
+        <v>3.69</v>
+      </c>
       <c r="I383"/>
     </row>
     <row r="384" spans="1:9">
       <c r="A384" t="s">
+        <v>1358</v>
+      </c>
+      <c r="B384" t="s">
         <v>1355</v>
       </c>
-      <c r="B384" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C384" t="s">
-        <v>1346</v>
-[...3 lines deleted...]
-      </c>
+        <v>1359</v>
+      </c>
+      <c r="D384"/>
       <c r="E384">
-        <v>51601</v>
+        <v>43497</v>
       </c>
       <c r="F384">
         <v>2011</v>
       </c>
-      <c r="G384" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G384"/>
+      <c r="H384"/>
+      <c r="I384"/>
     </row>
     <row r="385" spans="1:9">
       <c r="A385" t="s">
-        <v>1357</v>
+        <v>1360</v>
       </c>
       <c r="B385" t="s">
-        <v>760</v>
+        <v>765</v>
       </c>
       <c r="C385" t="s">
-        <v>821</v>
+        <v>1351</v>
       </c>
       <c r="D385">
-        <v>110</v>
-[...2 lines deleted...]
-        <v>1358</v>
+        <v>5</v>
+      </c>
+      <c r="E385">
+        <v>51601</v>
       </c>
       <c r="F385">
         <v>2011</v>
       </c>
       <c r="G385" t="s">
-        <v>1359</v>
+        <v>1361</v>
       </c>
       <c r="H385">
-        <v>0.61</v>
+        <v>1.57</v>
       </c>
       <c r="I385">
-        <v>0.28</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="386" spans="1:9">
       <c r="A386" t="s">
-        <v>1360</v>
+        <v>1362</v>
       </c>
       <c r="B386" t="s">
-        <v>760</v>
+        <v>765</v>
       </c>
       <c r="C386" t="s">
-        <v>1361</v>
+        <v>826</v>
       </c>
       <c r="D386">
-        <v>13</v>
+        <v>110</v>
       </c>
       <c r="E386" t="s">
-        <v>1362</v>
+        <v>1363</v>
       </c>
       <c r="F386">
         <v>2011</v>
       </c>
       <c r="G386" t="s">
-        <v>1363</v>
+        <v>1364</v>
       </c>
       <c r="H386">
-        <v>4.18</v>
+        <v>0.61</v>
       </c>
       <c r="I386">
-        <v>3.49</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="387" spans="1:9">
       <c r="A387" t="s">
-        <v>1364</v>
+        <v>1365</v>
       </c>
       <c r="B387" t="s">
-        <v>1365</v>
+        <v>765</v>
       </c>
       <c r="C387" t="s">
-        <v>821</v>
+        <v>1366</v>
       </c>
       <c r="D387">
-        <v>109</v>
+        <v>13</v>
       </c>
       <c r="E387" t="s">
-        <v>1366</v>
+        <v>1367</v>
       </c>
       <c r="F387">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="G387" t="s">
-        <v>1367</v>
+        <v>1368</v>
       </c>
       <c r="H387">
-        <v>0.57</v>
+        <v>4.18</v>
       </c>
       <c r="I387">
-        <v>0.27</v>
+        <v>3.49</v>
       </c>
     </row>
     <row r="388" spans="1:9">
       <c r="A388" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
       <c r="B388" t="s">
-        <v>760</v>
+        <v>1370</v>
       </c>
       <c r="C388" t="s">
-        <v>174</v>
+        <v>826</v>
       </c>
       <c r="D388">
-        <v>97</v>
+        <v>109</v>
       </c>
       <c r="E388" t="s">
-        <v>1369</v>
+        <v>1371</v>
       </c>
       <c r="F388">
         <v>2010</v>
       </c>
       <c r="G388" t="s">
-        <v>1370</v>
+        <v>1372</v>
       </c>
       <c r="H388">
-        <v>3.84</v>
+        <v>0.57</v>
       </c>
       <c r="I388">
-        <v>2.92</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="389" spans="1:9">
       <c r="A389" t="s">
-        <v>1371</v>
+        <v>1373</v>
       </c>
       <c r="B389" t="s">
-        <v>760</v>
+        <v>765</v>
       </c>
       <c r="C389" t="s">
-        <v>1361</v>
+        <v>179</v>
       </c>
       <c r="D389">
-        <v>12</v>
+        <v>97</v>
       </c>
       <c r="E389" t="s">
-        <v>1372</v>
+        <v>1374</v>
       </c>
       <c r="F389">
         <v>2010</v>
       </c>
       <c r="G389" t="s">
-        <v>1373</v>
+        <v>1375</v>
       </c>
       <c r="H389">
-        <v>3.85</v>
+        <v>3.84</v>
       </c>
       <c r="I389">
-        <v>3.41</v>
+        <v>2.92</v>
       </c>
     </row>
     <row r="390" spans="1:9">
       <c r="A390" t="s">
-        <v>1374</v>
+        <v>1376</v>
       </c>
       <c r="B390" t="s">
-        <v>760</v>
+        <v>765</v>
       </c>
       <c r="C390" t="s">
-        <v>31</v>
+        <v>1366</v>
       </c>
       <c r="D390">
-        <v>82</v>
+        <v>12</v>
       </c>
       <c r="E390" t="s">
-        <v>1375</v>
+        <v>1377</v>
       </c>
       <c r="F390">
         <v>2010</v>
       </c>
       <c r="G390" t="s">
-        <v>1376</v>
+        <v>1378</v>
       </c>
       <c r="H390">
-        <v>3.77</v>
-[...1 lines deleted...]
-      <c r="I390"/>
+        <v>3.85</v>
+      </c>
+      <c r="I390">
+        <v>3.41</v>
+      </c>
     </row>
     <row r="391" spans="1:9">
       <c r="A391" t="s">
-        <v>1377</v>
+        <v>1379</v>
       </c>
       <c r="B391" t="s">
-        <v>760</v>
+        <v>765</v>
       </c>
       <c r="C391" t="s">
-        <v>691</v>
+        <v>36</v>
       </c>
       <c r="D391">
-        <v>7754</v>
+        <v>82</v>
       </c>
       <c r="E391" t="s">
-        <v>1378</v>
+        <v>1380</v>
       </c>
       <c r="F391">
         <v>2010</v>
       </c>
       <c r="G391" t="s">
-        <v>1379</v>
-[...4 lines deleted...]
-      </c>
+        <v>1381</v>
+      </c>
+      <c r="H391">
+        <v>3.77</v>
+      </c>
+      <c r="I391"/>
     </row>
     <row r="392" spans="1:9">
       <c r="A392" t="s">
-        <v>1380</v>
+        <v>1382</v>
       </c>
       <c r="B392" t="s">
-        <v>1381</v>
+        <v>765</v>
       </c>
       <c r="C392" t="s">
-        <v>691</v>
+        <v>696</v>
       </c>
       <c r="D392">
         <v>7754</v>
       </c>
       <c r="E392" t="s">
-        <v>1382</v>
+        <v>1383</v>
       </c>
       <c r="F392">
         <v>2010</v>
       </c>
       <c r="G392" t="s">
-        <v>1383</v>
+        <v>1384</v>
       </c>
       <c r="H392"/>
       <c r="I392">
         <v>0.24</v>
       </c>
     </row>
     <row r="393" spans="1:9">
       <c r="A393" t="s">
-        <v>1384</v>
+        <v>1385</v>
       </c>
       <c r="B393" t="s">
-        <v>1385</v>
+        <v>1386</v>
       </c>
       <c r="C393" t="s">
-        <v>691</v>
+        <v>696</v>
       </c>
       <c r="D393">
         <v>7754</v>
       </c>
       <c r="E393" t="s">
-        <v>1386</v>
+        <v>1387</v>
       </c>
       <c r="F393">
         <v>2010</v>
       </c>
       <c r="G393" t="s">
-        <v>1387</v>
+        <v>1388</v>
       </c>
       <c r="H393"/>
       <c r="I393">
         <v>0.24</v>
       </c>
     </row>
     <row r="394" spans="1:9">
       <c r="A394" t="s">
-        <v>1388</v>
+        <v>1389</v>
       </c>
       <c r="B394" t="s">
-        <v>1389</v>
+        <v>1390</v>
       </c>
       <c r="C394" t="s">
-        <v>821</v>
+        <v>696</v>
       </c>
       <c r="D394">
-        <v>109</v>
+        <v>7754</v>
       </c>
       <c r="E394" t="s">
-        <v>1390</v>
+        <v>1391</v>
       </c>
       <c r="F394">
         <v>2010</v>
       </c>
       <c r="G394" t="s">
-        <v>1391</v>
-[...3 lines deleted...]
-      </c>
+        <v>1392</v>
+      </c>
+      <c r="H394"/>
       <c r="I394">
-        <v>0.27</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="395" spans="1:9">
       <c r="A395" t="s">
-        <v>1392</v>
+        <v>1393</v>
       </c>
       <c r="B395" t="s">
-        <v>760</v>
+        <v>1394</v>
       </c>
       <c r="C395" t="s">
-        <v>116</v>
+        <v>826</v>
       </c>
       <c r="D395">
-        <v>35</v>
+        <v>109</v>
       </c>
       <c r="E395" t="s">
-        <v>1393</v>
+        <v>1395</v>
       </c>
       <c r="F395">
         <v>2010</v>
       </c>
       <c r="G395" t="s">
-        <v>1394</v>
+        <v>1396</v>
       </c>
       <c r="H395">
-        <v>3.32</v>
+        <v>0.57</v>
       </c>
       <c r="I395">
-        <v>2.64</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="396" spans="1:9">
       <c r="A396" t="s">
-        <v>1395</v>
+        <v>1397</v>
       </c>
       <c r="B396" t="s">
-        <v>760</v>
+        <v>765</v>
       </c>
       <c r="C396" t="s">
-        <v>1396</v>
+        <v>121</v>
       </c>
       <c r="D396">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>1416</v>
+        <v>35</v>
+      </c>
+      <c r="E396" t="s">
+        <v>1398</v>
       </c>
       <c r="F396">
         <v>2010</v>
       </c>
       <c r="G396" t="s">
-        <v>1397</v>
+        <v>1399</v>
       </c>
       <c r="H396">
-        <v>1.0</v>
+        <v>3.32</v>
       </c>
       <c r="I396">
-        <v>0.6</v>
+        <v>2.64</v>
       </c>
     </row>
     <row r="397" spans="1:9">
       <c r="A397" t="s">
-        <v>1398</v>
+        <v>1400</v>
       </c>
       <c r="B397" t="s">
-        <v>760</v>
+        <v>765</v>
       </c>
       <c r="C397" t="s">
-        <v>1399</v>
-[...1 lines deleted...]
-      <c r="D397"/>
+        <v>1401</v>
+      </c>
+      <c r="D397">
+        <v>46</v>
+      </c>
       <c r="E397">
-        <v>43586</v>
+        <v>1416</v>
       </c>
       <c r="F397">
         <v>2010</v>
       </c>
-      <c r="G397"/>
-[...1 lines deleted...]
-      <c r="I397"/>
+      <c r="G397" t="s">
+        <v>1402</v>
+      </c>
+      <c r="H397">
+        <v>1.0</v>
+      </c>
+      <c r="I397">
+        <v>0.6</v>
+      </c>
     </row>
     <row r="398" spans="1:9">
       <c r="A398" t="s">
-        <v>1400</v>
+        <v>1403</v>
       </c>
       <c r="B398" t="s">
-        <v>1401</v>
+        <v>765</v>
       </c>
       <c r="C398" t="s">
-        <v>1402</v>
-[...5 lines deleted...]
-        <v>1403</v>
+        <v>1404</v>
+      </c>
+      <c r="D398"/>
+      <c r="E398">
+        <v>43586</v>
       </c>
       <c r="F398">
         <v>2010</v>
       </c>
       <c r="G398"/>
       <c r="H398"/>
       <c r="I398"/>
     </row>
     <row r="399" spans="1:9">
       <c r="A399" t="s">
-        <v>1404</v>
+        <v>1405</v>
       </c>
       <c r="B399" t="s">
-        <v>1405</v>
+        <v>1406</v>
       </c>
       <c r="C399" t="s">
-        <v>1402</v>
+        <v>1407</v>
       </c>
       <c r="D399">
         <v>2</v>
       </c>
       <c r="E399" t="s">
-        <v>1406</v>
+        <v>1408</v>
       </c>
       <c r="F399">
         <v>2010</v>
       </c>
       <c r="G399"/>
       <c r="H399"/>
       <c r="I399"/>
     </row>
     <row r="400" spans="1:9">
       <c r="A400" t="s">
+        <v>1409</v>
+      </c>
+      <c r="B400" t="s">
+        <v>1410</v>
+      </c>
+      <c r="C400" t="s">
         <v>1407</v>
       </c>
-      <c r="B400" t="s">
-[...6 lines deleted...]
-      <c r="E400"/>
+      <c r="D400">
+        <v>2</v>
+      </c>
+      <c r="E400" t="s">
+        <v>1411</v>
+      </c>
       <c r="F400">
         <v>2010</v>
       </c>
       <c r="G400"/>
       <c r="H400"/>
       <c r="I400"/>
+    </row>
+    <row r="401" spans="1:9">
+      <c r="A401" t="s">
+        <v>1412</v>
+      </c>
+      <c r="B401" t="s">
+        <v>1413</v>
+      </c>
+      <c r="C401" t="s">
+        <v>1407</v>
+      </c>
+      <c r="D401"/>
+      <c r="E401"/>
+      <c r="F401">
+        <v>2010</v>
+      </c>
+      <c r="G401"/>
+      <c r="H401"/>
+      <c r="I401"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>