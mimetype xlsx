--- v1 (2025-11-02)
+++ v2 (2025-11-22)
@@ -12,205 +12,304 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1414">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1446">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>Manipulating the Electromagnetic Field in Wire Media Resonators for Enhanced Axion Detection</t>
+  </si>
+  <si>
+    <t>Jim Alexander Espinosa Enriquez, Pavel Belov</t>
+  </si>
+  <si>
+    <t>2025 Nineteenth International Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
+  </si>
+  <si>
+    <t>X-102-X-104</t>
+  </si>
+  <si>
+    <t>10.1109/metamaterials65622.2025.11174203</t>
+  </si>
+  <si>
     <t>Anisotropy in a wire medium due to the rectangularity of a unit cell</t>
   </si>
   <si>
     <t>Denis Sakhno, Pavel Belov</t>
   </si>
   <si>
-    <t>2025 Nineteenth International Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
-[...1 lines deleted...]
-  <si>
     <t>X-293-X-295</t>
   </si>
   <si>
     <t>10.1109/metamaterials65622.2025.11174180</t>
   </si>
   <si>
+    <t>Packing a wire metamaterial haloscope into a cylindrical footprint using spiral geometry</t>
+  </si>
+  <si>
+    <t>Rustam  Balafendiev, J. Jeong, Gagandeep Kaur, Garima Singh, Pavel Belov, J.E. Gudmundsson</t>
+  </si>
+  <si>
+    <t>X-024-X-026</t>
+  </si>
+  <si>
+    <t>10.1109/metamaterials65622.2025.11174244</t>
+  </si>
+  <si>
+    <t>Bound states in the continuum in a wire medium</t>
+  </si>
+  <si>
+    <t>Evgeniy Koreshin, Sergey Gladishev, Ivan Matchenya, Rustam  Balafendiev, Ivan  Terekhov, Pavel Belov, Andrey Bogdanov</t>
+  </si>
+  <si>
+    <t>Physical Review B</t>
+  </si>
+  <si>
+    <t>10.1103/wvv8-qdk5</t>
+  </si>
+  <si>
     <t>Search for dark-matter axions beyond the quantum limit: The cosmological axion Sarov haloscope proposal</t>
   </si>
   <si>
     <t>Andrey L. Pankratov, Pavel Belov, Eduard E. Boos, Alexander S. Chepurnov, Alexander V. Chiginev, Alexander V. Derbin, Ilia S. Drachnev, Lev V. Dudko, Dmitry S. Gorbunov, Maxim Gorlach, Vadim V. Ivanov, Leonid V. Kravchuk, Maxim V. Libanov, Michael M. Merkin, Valentina N. Muratova, Alexander E. Pukhov, Dmitry V. Salnikov, Petr S. Satunin, Dmitrii A. Semenov, Alexander M. Sergeev, Maksim I. Starostin, Igor I. Tkachev, Sergey V. Troitsky, Maxim V. Trushin, Evgenii V. Unzhakov, Maxim M. Vyalkov, Arkady A. Yukhimchuk</t>
   </si>
   <si>
     <t>Physical Review D</t>
   </si>
   <si>
     <t>10.1103/rq2s-5f18</t>
   </si>
   <si>
     <t>Design of a Room-Sized Volumetric Resonator for Wireless Power Transfer with Enhanced Safety</t>
   </si>
   <si>
     <t>Aigerim Jandaliyeva, Nikita Mikhailov, Alena Shchelokova, Pavel Belov</t>
   </si>
   <si>
     <t>2025 IEEE Wireless Power Technology Conference and Expo (WPTCE)</t>
   </si>
   <si>
     <t>1-4</t>
   </si>
   <si>
     <t>10.1109/wptce62521.2025.11062152</t>
   </si>
   <si>
     <t>Design of Qi-Compatible Repeater for Efficient Wireless Power Transfer in Volumetric Resonator</t>
   </si>
   <si>
     <t>Aigerim Jandaliyeva, Andrej Vdovenko, Mikhail Udrov, Mikhail Siganov,  Pavel Seregin, Pavel Belov, Alena Shchelokova</t>
   </si>
   <si>
     <t>10.1109/wptce62521.2025.11062315</t>
   </si>
   <si>
     <t>Spectral physical unclonable functions: downscaling randomness with multi-resonant hybrid particles</t>
   </si>
   <si>
     <t>Martin Sandomirskii, Elena Petrova, Pavel Kustov, Lev Chizhov, Artem Larin, Stephanie Bruyere, Vitaly Yaroshenko, Eduard Ageev, Pavel Belov, Dmitry Zuev</t>
   </si>
   <si>
     <t>Nature Communications</t>
   </si>
   <si>
     <t>10.1038/s41467-025-60121-9</t>
   </si>
   <si>
+    <t>A Printed Polarization‐Sensitive Biochip for Rapid and Accurate Detection of Respiratory Infections</t>
+  </si>
+  <si>
+    <t>Yaqi Yang, Zeying Zhang, Yali Sun, Yang Yun, Danni Zhao , Xu Yang, Zhiyu Tan, Zixuan Zhang, Jingqun Cheng, Jinwei Xia, Liang Huang, Jimei Chi, Zewei Lian, Sisi Chen, Lijun Cheng, Daixi Xie, Pavel Belov, Yanlin Song, Meng Su</t>
+  </si>
+  <si>
+    <t>Advanced Functional Materials</t>
+  </si>
+  <si>
+    <t>10.1002/adfm.202505794</t>
+  </si>
+  <si>
+    <t>Anomalous Reflection from Hyperbolic Media</t>
+  </si>
+  <si>
+    <t>Ilya Deriy, Kseniia Lezhennikova, Stanislav Glybovski, Ivan Iorsh, Oleh Y. Yermakov, Mingzhao Song, Redha Abdeddaim, Stefan Enoch, Pavel Belov, Andrey Bogdanov</t>
+  </si>
+  <si>
+    <t>Progress In Electromagnetics Research</t>
+  </si>
+  <si>
+    <t>85-94</t>
+  </si>
+  <si>
+    <t>10.2528/pier24121702</t>
+  </si>
+  <si>
     <t>Uniform Field in Microwave Cavities Through the Use of Effective Magnetic Walls</t>
   </si>
   <si>
     <t>Jim Alexander Espinosa Enriquez, Rustam  Balafendiev, Alexander J. Millar, Constantin R. Simovskii, Pavel Belov</t>
   </si>
   <si>
     <t>Physical Review Applied</t>
   </si>
   <si>
     <t>10.48550/arXiv.2411.18474</t>
   </si>
   <si>
     <t>Dispersion characteristics of a glide-symmetric square-patch metamaterial with giant anisotropy</t>
   </si>
   <si>
     <t>Jim Alexander Espinosa Enriquez, Evgeniy Koreshin, Juan P. Del Risco, Pavel Belov, Juan Domingo Baena</t>
   </si>
   <si>
-    <t>Physical Review B</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1103/physrevb.110.195419</t>
   </si>
   <si>
     <t>Exploring Dispersion Characteristics of a Glide-Symmetric Square Patch Metamaterial</t>
   </si>
   <si>
     <t>Jim Alexander Espinosa Enriquez, Juan Domingo Baena, Pavel Belov</t>
   </si>
   <si>
     <t>2024 Eighteenth International Congress on Artificial Materials for Novel Wave Phenomena (Metamaterials)</t>
   </si>
   <si>
     <t>1-3</t>
   </si>
   <si>
     <t>10.1109/metamaterials62190.2024.10703324</t>
   </si>
   <si>
+    <t>3D dispersion measurement of metamaterial</t>
+  </si>
+  <si>
+    <t>Evgeniy Koreshin, Denis Sakhno, Pavel Belov</t>
+  </si>
+  <si>
+    <t>10.1109/metamaterials62190.2024.10703323</t>
+  </si>
+  <si>
+    <t>Tunable Plasma-like Metamaterial with Rotating Elements</t>
+  </si>
+  <si>
+    <t>Rustam  Balafendiev, Gagandeep Kaur, Garima Singh, Alexander J. Millar, Pavel Belov, J.E. Gudmundsson</t>
+  </si>
+  <si>
+    <t>10.1109/metamaterials62190.2024.10703260</t>
+  </si>
+  <si>
+    <t>Mechanically tunable interlaced wire medium</t>
+  </si>
+  <si>
+    <t>10.1109/metamaterials62190.2024.10703305</t>
+  </si>
+  <si>
     <t>Anisotropy in a wire medium resulting from the rectangularity of a unit cell</t>
   </si>
   <si>
     <t>Denis Sakhno, Rustam  Balafendiev, Pavel Belov</t>
   </si>
   <si>
     <t>10.1103/physrevb.110.l140303</t>
   </si>
   <si>
     <t>Molecular detection using plasmonic nanostructures of particular geometry</t>
   </si>
   <si>
     <t>Georgii Zmaga, Artem Kuzmin, Yali Sun, Qi Pan, Meng Su, Yanlin Song, Dmitry Zuev, Pavel Belov</t>
   </si>
   <si>
     <t>2024 International Conference Laser Optics (ICLO)</t>
   </si>
   <si>
     <t>356-356</t>
   </si>
   <si>
     <t>10.1109/iclo59702.2024.10624508</t>
   </si>
   <si>
+    <t>Design Improvement of the In-Built Regulator of Volumetric Capacity of Single Screw Compressor</t>
+  </si>
+  <si>
+    <t>Vasiliy Tsvetkov  , V. A. Pronin, A. V. Kovanov, A. Yu. Zhilkin, Pavel Belov</t>
+  </si>
+  <si>
+    <t>Lecture Notes in Mechanical Engineering</t>
+  </si>
+  <si>
+    <t>49-59</t>
+  </si>
+  <si>
+    <t>10.1007/978-3-031-65870-9_6</t>
+  </si>
+  <si>
     <t>Multi-Object Charging in Room-Sized Weakly Coupled WPT System</t>
   </si>
   <si>
     <t>Nikita Mikhailov, Marina Abrosimova, Aigerim Jandaliyeva, Mikhail Siganov, Pavel Belov, Alena Shchelokova</t>
   </si>
   <si>
     <t>2024 IEEE Wireless Power Technology Conference and Expo (WPTCE)</t>
   </si>
   <si>
     <t>10.1109/wptce59894.2024.10557440</t>
   </si>
   <si>
     <t>Room-Sized Helmholtz-Type Resonator for Ubiquitous Wireless Power Transfer</t>
   </si>
   <si>
     <t>Aigerim Jandaliyeva, Nikita Mikhailov, Andrej Vdovenko, Mikhail Siganov, Evgenii Maiorov,  Pavel Seregin, Alena Shchelokova, Pavel Belov</t>
   </si>
   <si>
     <t>10.1109/wptce59894.2024.10557386</t>
   </si>
   <si>
     <t>Design and demonstration of the volumetric resonator with uniform magnetic field distribution for wireless power transfer</t>
   </si>
   <si>
     <t>Aigerim Jandaliyeva, Andrej Vdovenko, Mikhail Siganov, Leila  Suleiman,  Pavel Seregin, Mikhail Udrov, Alena Shchelokova, Pavel Belov</t>
@@ -305,51 +404,51 @@
   <si>
     <t>Roman Gaponenko, Mikhail Sidorenko, Dmitry Zhirihin, Ilia L. Rasskazov, Alexander Moroz, Konstantin Ladutenko, Pavel Belov, Alexey Shcherbakov</t>
   </si>
   <si>
     <t>Journal of Applied Physics</t>
   </si>
   <si>
     <t>10.1063/5.0155677</t>
   </si>
   <si>
     <t>Controlling the dispersion of longitudinal waves via the affine deformation of the interlaced wire medium</t>
   </si>
   <si>
     <t>Denis Sakhno, Evgeniy Koreshin, Pavel Belov</t>
   </si>
   <si>
     <t>Photonics and Nanostructures - Fundamentals and Applications</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2023.101150</t>
   </si>
   <si>
     <t>Green printed hybrid optical dielectric nanostructures on a mirror</t>
   </si>
   <si>
-    <t>Yali Sun, Danni Zhao, Zeying Zhang, Nitika Garg, Bogdan Bogdanov, Pavel Senyushkin, Meng Su, Dmitry Zuev, Sandeep Kumar, Ashok K. Ganguli, Yanlin Song, Pavel Belov</t>
+    <t>Yali Sun, Danni Zhao , Zeying Zhang, Nitika Garg, Bogdan Bogdanov, Pavel Senyushkin, Meng Su, Dmitry Zuev, Sandeep Kumar, Ashok K. Ganguli, Yanlin Song, Pavel Belov</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2023.101147</t>
   </si>
   <si>
     <t>Electrostatic screening in a wire medium</t>
   </si>
   <si>
     <t>Evgeniy Koreshin, Ivan Matchenya, Grigorij Karsakov, Denis Iliyin, Ivan Iorsh, Pavel Belov</t>
   </si>
   <si>
     <t>10.1103/physrevb.107.115170</t>
   </si>
   <si>
     <t>Searching for dark matter with plasma haloscopes</t>
   </si>
   <si>
     <t>Alexander J. Millar, Steven M. Anlage, Rustam  Balafendiev, Pavel Belov, Karl van Bibber, Jan Conrad, Marcel Demarteau, Alexander Droster, Katherine Dunne, Andrea Gallo Rosso, Jon E. Gudmundsson, Heather Jackson, Gagandeep Kaur, Tove Klaesson, Nolan Kowitt, Matthew Lawson, Alexander Leder, Akira Miyazaki, Sid Morampudi, Hiranya V. Peiris, Henrik S. Røising, Gaganpreet Singh, Dajie Sun, Jacob H. Thomas, Frank Wilczek, Stafford Withington, Mackenzie Wooten, Jens Dilling, Michael Febbraro, Stefan Knirck, Claire Marvinney</t>
   </si>
   <si>
     <t>10.1103/physrevd.107.055013</t>
   </si>
   <si>
     <t>Emulating quantum photon-photon interactions in waveguides by double-wire media</t>
   </si>
@@ -872,71 +971,71 @@
   <si>
     <t>Tunable all-dielectric RF-coils for magnetic resonance microscopy</t>
   </si>
   <si>
     <t>Sergei Kurdjumov, Stanislav Glybovski, M. A.C. Moussu, L. Ciobanu, E. Nenasheva, B. Djemai, M. Dubois, A. Webb, Pavel Belov</t>
   </si>
   <si>
     <t>2019 International Conference on Electromagnetics in Advanced Applications (ICEAA)</t>
   </si>
   <si>
     <t>10.1109/iceaa.2019.8878984</t>
   </si>
   <si>
     <t>Toroidal Dipole Mode Observation In Situ</t>
   </si>
   <si>
     <t>Nikita Pavlov, Pavel Belov, Polina Kapitanova</t>
   </si>
   <si>
     <t>Physica Status Solidi (B): Basic Research</t>
   </si>
   <si>
     <t>10.1002/pssb.201900406</t>
   </si>
   <si>
+    <t>Systematic Analysis of the Improvements in Magnetic Resonance Microscopy with Ferroelectric Composite Ceramics</t>
+  </si>
+  <si>
+    <t>Pavel Belov, Stanislav Glybovski</t>
+  </si>
+  <si>
+    <t>Advanced Materials</t>
+  </si>
+  <si>
+    <t>10.1002/adma.201900912</t>
+  </si>
+  <si>
     <t>Transverse Scattering and Generalized Kerker Effects in All-Dielectric Mie-Resonant Metaoptics</t>
   </si>
   <si>
     <t>Physical Review Letters</t>
   </si>
   <si>
     <t>10.1103/physrevlett.122.193905</t>
   </si>
   <si>
-    <t>Systematic Analysis of the Improvements in Magnetic Resonance Microscopy with Ferroelectric Composite Ceramics</t>
-[...10 lines deleted...]
-  <si>
     <t>Smart Table Based on a Metasurface for Wireless Power Transfer</t>
   </si>
   <si>
     <t>Mingzhao Song, Kseniia Baryshnikova, Aleksandr Markvart, Pavel Belov, Polina Kapitanova</t>
   </si>
   <si>
     <t>054046</t>
   </si>
   <si>
     <t>10.1103/physrevapplied.11.054046</t>
   </si>
   <si>
     <t>Hybrid nanophotonics</t>
   </si>
   <si>
     <t>Sergey Lepeshov, Pavel Belov</t>
   </si>
   <si>
     <t>1035-1050</t>
   </si>
   <si>
     <t>10.3367/UFNe.2017.12.038275</t>
   </si>
   <si>
     <t>Metamaterials-inspired resonator for wireless power transfer systems</t>
@@ -1070,71 +1169,71 @@
   <si>
     <t>10.1109/PIERS.2017.8262394</t>
   </si>
   <si>
     <t>Metasurface-based wireless coils for magnetic resonance imaging</t>
   </si>
   <si>
     <t>Alena Shchelokova, Alexey Slobozhanyuk, Stanislav Glybovski, Mikhail Zubkov, Ekaterina Brui, Irina Melchakova, Pavel Belov</t>
   </si>
   <si>
     <t>2017 IEEE Int. Conf. on Microwaves, Antennas, Communications and Electronic Systems (COMCAS)</t>
   </si>
   <si>
     <t>10.1109/COMCAS.2017.8244854</t>
   </si>
   <si>
     <t>Far-field probing of leaky topological states in all-dielectric metasurfaces</t>
   </si>
   <si>
     <t>Maxim Gorlach, Dmitry Zhirihin, Alexey Slobozhanyuk, Pavel Belov</t>
   </si>
   <si>
     <t>10.1038/s41467-018-03330-9</t>
   </si>
   <si>
+    <t>Volumetric Wireless Coil Based on Periodically Coupled Split-Loop Resonators for Clinical Wrist Imaging</t>
+  </si>
+  <si>
+    <t>Alena Shchelokova, Stanislav Glybovski, Mikhail Zubkov, Ekaterina Brui, Alexandr Kozachenko, Irina Melchakova, Pavel Belov</t>
+  </si>
+  <si>
+    <t>1726-1737</t>
+  </si>
+  <si>
+    <t>10.1002/mrm.27140</t>
+  </si>
+  <si>
     <t>Wireless power transfer through multipole coupling in dielectric resonators</t>
   </si>
   <si>
     <t>Mingzhao Song, Pavel Belov, Polina Kapitanova</t>
   </si>
   <si>
     <t>10.1109/piers.2017.8262011</t>
   </si>
   <si>
-    <t>Volumetric Wireless Coil Based on Periodically Coupled Split-Loop Resonators for Clinical Wrist Imaging</t>
-[...10 lines deleted...]
-  <si>
     <t>Nonlocal homogenization of coated wire medium</t>
   </si>
   <si>
     <t>Andrey Bogdanov, Maxim Gorlach, Mingzhao Song, Alexey Slobozhanyuk, Pavel Belov</t>
   </si>
   <si>
     <t>10.1109/piers.2017.8262260</t>
   </si>
   <si>
     <t>Hybrid nanocavity for molecular sensing</t>
   </si>
   <si>
     <t>Valentin Milichko, Kristina Frizyuk, Pavel Dmitriev, Dmitry Zuev, Georgiy Zograf, Sergey Makarov, Pavel Belov</t>
   </si>
   <si>
     <t>2017 IEEE International Conference on Microwaves, Antennas, Communications and Electronic Systems (COMCAS)</t>
   </si>
   <si>
     <t>10.1109/comcas.2017.8244858</t>
   </si>
   <si>
     <t>In vivo magnetic resonance imaging of human knee with metasurface</t>
   </si>
   <si>
     <t>Alena Shchelokova, Alexey Slobozhanyuk, Pavel Belov</t>
@@ -1310,77 +1409,77 @@
   <si>
     <t>Experimental investigation of a metasurface resonator for in-vivo imaging at 1.5 T</t>
   </si>
   <si>
     <t>Journal of Magnetic Resonance</t>
   </si>
   <si>
     <t>78-81</t>
   </si>
   <si>
     <t>10.1016/j.jmr.2017.11.013</t>
   </si>
   <si>
     <t>Enhancement of magnetic resonance imaging with metasurfaces: From concept to human trials</t>
   </si>
   <si>
     <t>doi: 10.1109/MetaMaterials.2017.8107800</t>
   </si>
   <si>
     <t>Tunable hybrid metasurfaces for MRI applications</t>
   </si>
   <si>
     <t>doi: 10.1063/1.4998062</t>
   </si>
   <si>
+    <t>Resonant optical properties of crystalline silicon nanoparticles fabricated by laser ablation-based methods</t>
+  </si>
+  <si>
+    <t>Pavel Dmitriev, Dmitry Baranov, Valentin Milichko, Ivan Mukhin, Sergey Makarov, Anton Samusev, Georgiy Zograf, Dmitry Zuev, Katherine Makarova, Mihail Petrov, Ivan Sinev, Maxim Gorlach, Kristina Frizyuk, Pavel Belov</t>
+  </si>
+  <si>
+    <t>10.1063/1.4998078</t>
+  </si>
+  <si>
     <t>Enhancement of second harmonic generation in chiral metal-organic frameworks with silicon nanoparticles</t>
   </si>
   <si>
     <t>Anastasia Zalogina, Dmitry Zuev, Sergey Makarov, Valentin Milichko, Pavel Belov</t>
   </si>
   <si>
     <t>10.1063/1.4998132</t>
   </si>
   <si>
     <t>Effect of dipole orientation on Purcell factor for the quantum emitter near silicon nanoparticle</t>
   </si>
   <si>
     <t>Anastasia Zalogina, Dmitry Zuev, Roman Savelev, Sergey Makarov, Pavel Belov</t>
   </si>
   <si>
     <t>10.1063/1.4998131</t>
   </si>
   <si>
-    <t>Resonant optical properties of crystalline silicon nanoparticles fabricated by laser ablation-based methods</t>
-[...7 lines deleted...]
-  <si>
     <t>Multipolar modes in dielectric disk resonator for wireless power transfer</t>
   </si>
   <si>
     <t>10.1063/1.4998066</t>
   </si>
   <si>
     <t>Dielectric resonators for mid-range wireless power transfer application</t>
   </si>
   <si>
     <t>2017 IEEE Wireless Power Transfer Conference (WPTC)</t>
   </si>
   <si>
     <t>10.1109/WPT.2017.7953832</t>
   </si>
   <si>
     <t>A mechanically tunable and efficient ceramic probe for MR-microscopy at 17 Tesla</t>
   </si>
   <si>
     <t>Sergei Kurdjumov, Stanislav Glybovski, Anna Hurshkainen, Irina Melchakova, Pavel Belov</t>
   </si>
   <si>
     <t>10.1063/1.4998040</t>
   </si>
   <si>
     <t>Decoupling capabilities of split-loop resonator structure for 7 Tesla MRI surface array coils</t>
@@ -1391,83 +1490,83 @@
   <si>
     <t>10.1063/1.4998028</t>
   </si>
   <si>
     <t>Spectroscopy of topological photonic states in dielectric metasurfaces</t>
   </si>
   <si>
     <t>Maxim Gorlach, Pavel Belov</t>
   </si>
   <si>
     <t>10.1063/1.4998043</t>
   </si>
   <si>
     <t>Mushroom High-Impedance Metasurfaces for Perfect Absorption at Two Angles of Incidence</t>
   </si>
   <si>
     <t>IEEE Antennas and Wireless Propagation Letters</t>
   </si>
   <si>
     <t>2626 - 2629</t>
   </si>
   <si>
     <t>10.1109/LAWP.2017.2736506</t>
   </si>
   <si>
+    <t>Colossal permittivity resonators for wireless power transfer systems</t>
+  </si>
+  <si>
+    <t>2017 11th European Conference on Antennas and Propagation, EUCAP 2017</t>
+  </si>
+  <si>
+    <t>904-907</t>
+  </si>
+  <si>
+    <t>10.23919/EuCAP.2017.7928275</t>
+  </si>
+  <si>
     <t>Electron spin contrast of Purcell-enhanced nitrogen-vacancy ensembles in nanodiamonds</t>
   </si>
   <si>
     <t>Polina Kapitanova, Pavel Belov</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.96.035146</t>
   </si>
   <si>
     <t>Tunable water-based microwave metasurface</t>
   </si>
   <si>
     <t>Polina Kapitanova, Mikhail Odit, Pavel Belov</t>
   </si>
   <si>
-    <t>2017 11th European Conference on Antennas and Propagation, EUCAP 2017</t>
-[...1 lines deleted...]
-  <si>
     <t>2599-2602</t>
   </si>
   <si>
     <t>10.23919/EuCAP.2017.7928190</t>
   </si>
   <si>
-    <t>Colossal permittivity resonators for wireless power transfer systems</t>
-[...7 lines deleted...]
-  <si>
     <t>Broadband and Thin Linear-to-Circular Polarizers Based on Self-Complementary Zigzag Metasurfaces</t>
   </si>
   <si>
     <t>Stanislav Glybovski, Alexey Slobozhanyuk, Pavel Belov</t>
   </si>
   <si>
     <t>4124-4133</t>
   </si>
   <si>
     <t>10.1109/TAP.2017.2717964</t>
   </si>
   <si>
     <t>Controlling scattering of light through topological transitions in all-dielectric metasurfaces</t>
   </si>
   <si>
     <t>Maxim Gorlach, Daria A. Smirnova, Alexey Slobozhanyuk, Dmitry Zhirihin, Pavel Belov, Andrea Alù, Alexander B. Khanikaev</t>
   </si>
   <si>
     <t>arXiv</t>
   </si>
   <si>
     <t>1-17</t>
   </si>
   <si>
     <t>10.48550/arXiv.1705.04236</t>
@@ -1514,77 +1613,77 @@
   <si>
     <t>Polina Kapitanova, Nikita Pavlov, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1038/s41598-017-00724-5</t>
   </si>
   <si>
     <t>Flexible and compact hybrid metasurfaces for enhanced ultra high field in vivo magnetic resonance imaging</t>
   </si>
   <si>
     <t>Alexey Slobozhanyuk, Pavel Belov</t>
   </si>
   <si>
     <t>10.1038/s41598-017-01932-9</t>
   </si>
   <si>
     <t>Wireless power transfer inspired by the modern trends in electromagnetics</t>
   </si>
   <si>
     <t>Applied Physics Reviews</t>
   </si>
   <si>
     <t>10.1063/1.4981396</t>
   </si>
   <si>
+    <t>Fine-Tuning of the Magnetic Fano Resonance in Hybrid Oligomers via fs-Laser Induced Reshaping</t>
+  </si>
+  <si>
+    <t>Sergey Lepeshov, Ivan Mukhin, Dmitry Zuev, Valentin Milichko, Pavel Belov</t>
+  </si>
+  <si>
+    <t>4 (3)</t>
+  </si>
+  <si>
+    <t>536–543</t>
+  </si>
+  <si>
+    <t>10.1021/acsphotonics.6b00727</t>
+  </si>
+  <si>
     <t>High-Quality Laser Cavity based on All-Dielectric Metasurfaces</t>
   </si>
   <si>
     <t>Sergey Makarov, Pavel Belov</t>
   </si>
   <si>
     <t>18–23</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2017.02.003</t>
   </si>
   <si>
-    <t>Fine-Tuning of the Magnetic Fano Resonance in Hybrid Oligomers via fs-Laser Induced Reshaping</t>
-[...13 lines deleted...]
-  <si>
     <t>Experimental demonstration of a reconfigurable magnetic Fano resonance in hybrid oligomers</t>
   </si>
   <si>
     <t>Sergey Lepeshov, Dmitry Zuev, Valentin Milichko, Pavel Belov, Ivan Mukhin</t>
   </si>
   <si>
     <t>10.1109/DD.2017.8168025</t>
   </si>
   <si>
     <t>Dielectric Yagi-Uda nanoantennas driven by electron-hole plasma photoexcitation</t>
   </si>
   <si>
     <t>Sergey Li, Sergey Lepeshov, Roman Savelev, Dmitry Baranov, Pavel Belov</t>
   </si>
   <si>
     <t>10.1088/1742-6596/917/6/062054</t>
   </si>
   <si>
     <t>Optimization of Nanoantenna-Enhanced Terahertz Emission from Photoconductive Antennas</t>
   </si>
   <si>
     <t>10.1088/1742-6596/917/6/062060</t>
   </si>
   <si>
     <t>Van der Waals metal-organic framework as an excitonic material for advanced photonics</t>
@@ -1634,104 +1733,104 @@
   <si>
     <t>Alexey Slobozhanyuk, Alena Shchelokova, Pavel Belov</t>
   </si>
   <si>
     <t>IEEE Radio and Antenna Days of the Indian Ocean (RADIO)</t>
   </si>
   <si>
     <t>10.1109/RADIO.2016.7772007</t>
   </si>
   <si>
     <t>Wireless power transfer based on dielectric resonators with colossal permittivity</t>
   </si>
   <si>
     <t>10.1063/1.4971185</t>
   </si>
   <si>
     <t>Approach for fine-tuning of hybrid dimer antennas via laser melting at the nanoscale</t>
   </si>
   <si>
     <t>Yali Sun, Stanislav Kolodny, Sergey Lepeshov, Dmitry Zuev, Pavel Belov</t>
   </si>
   <si>
     <t>10.1002/andp.201600272</t>
   </si>
   <si>
+    <t>Wireless power transfer system based on ceramic resonators</t>
+  </si>
+  <si>
+    <t>Polina Kapitanova, Mingzhao Song, Ivan Iorsh, Pavel Belov</t>
+  </si>
+  <si>
+    <t>2016 10th International Congress on Adv. Electromagnetic Mat. in Microwaves and Optics (METAMAT.)</t>
+  </si>
+  <si>
+    <t>151-153</t>
+  </si>
+  <si>
+    <t>10.1109/MetaMaterials.2016.7746469</t>
+  </si>
+  <si>
     <t>Nonlocality in discrete nonlinear metamaterials</t>
   </si>
   <si>
-    <t>2016 10th International Congress on Adv. Electromagnetic Mat. in Microwaves and Optics (METAMAT.)</t>
-[...1 lines deleted...]
-  <si>
     <t>118-120</t>
   </si>
   <si>
     <t>10.1109/MetaMaterials.2016.7746457</t>
   </si>
   <si>
     <t>Nonlinear all-dielectric nanoantenna reconfigured by electron-hole plasma</t>
   </si>
   <si>
     <t>217-219</t>
   </si>
   <si>
     <t>High permittivity dielectric resonators for wireless power transfer system</t>
   </si>
   <si>
     <t>2016 IEEE International Symposium on Antennas and Propagation (APSURSI)</t>
   </si>
   <si>
     <t>153-154</t>
   </si>
   <si>
     <t>10.1109/APS.2016.7695785</t>
   </si>
   <si>
     <t>Nonlocality in uniaxially polarizable media and cubic metamaterials</t>
   </si>
   <si>
     <t>Pavel Belov, Maxim Gorlach</t>
   </si>
   <si>
     <t>58-60</t>
   </si>
   <si>
     <t>10.1109/MetaMaterials.2016.7746435</t>
   </si>
   <si>
-    <t>Wireless power transfer system based on ceramic resonators</t>
-[...10 lines deleted...]
-  <si>
     <t>Experimental characterization of microwave self-complimentary metasurfaces for linear-to-circular polarization transform</t>
   </si>
   <si>
     <t>2016 Days on Diffraction (DD)</t>
   </si>
   <si>
     <t>36-40</t>
   </si>
   <si>
     <t>10.1109/DD.2016.7756809</t>
   </si>
   <si>
     <t>Raman scattering governed by dark resonant modes in silicon nanoparticles</t>
   </si>
   <si>
     <t>Kristina Frizyuk, Valentin Milichko, Mihail Petrov, Dmitry Zuev, Sergey Makarov, Pavel Belov, Ivan Mukhin</t>
   </si>
   <si>
     <t>155-160</t>
   </si>
   <si>
     <t>10.1109/DD.2016.7756833</t>
   </si>
   <si>
     <t>Chiral near-field formation with all-dielectric nanoantennas</t>
@@ -2321,59 +2420,68 @@
   <si>
     <t>10.1002/lpor.201500119</t>
   </si>
   <si>
     <t>Phase diagram for the transition from photonic crystals to dielectric metamaterials</t>
   </si>
   <si>
     <t>10.1038/ncomms10102</t>
   </si>
   <si>
     <t>Hyperbolic metamaterial antenna for second-harmonic generation tomography</t>
   </si>
   <si>
     <t>Pavel Belov</t>
   </si>
   <si>
     <t>Optics Express</t>
   </si>
   <si>
     <t>30730-30738</t>
   </si>
   <si>
     <t>10.1364/OE.23.030730</t>
   </si>
   <si>
+    <t>Metamaterials for wireless power transfer</t>
+  </si>
+  <si>
+    <t>Mingzhao Song, Polina Kapitanova, Ivan Iorsh, Pavel Belov</t>
+  </si>
+  <si>
+    <t>2015 Days on Diffraction (DD)</t>
+  </si>
+  <si>
+    <t>10.1109/DD.2015.7354885</t>
+  </si>
+  <si>
     <t>Spatial dispersion in metamaterials based on three-dimensional arrays of spheres and disks</t>
   </si>
   <si>
     <t>Alexander Chebykin, Maxim Gorlach, Pavel Belov</t>
   </si>
   <si>
-    <t>2015 Days on Diffraction (DD)</t>
-[...1 lines deleted...]
-  <si>
     <t>Fano resonance in chains of dielectric nanoparticles with side-coupled resonator</t>
   </si>
   <si>
     <t>Roman Savelev, Mihail Petrov, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1109/DD.2015.7354876</t>
   </si>
   <si>
     <t>Antireflective properties of periodic nanopore arrays</t>
   </si>
   <si>
     <t>Pavel Dmitriev, Dmitry Baranov, Ivan Mukhin, Anton Samusev, Pavel Belov, Alexander Shalin</t>
   </si>
   <si>
     <t>10.1109/DD.2015.7354837</t>
   </si>
   <si>
     <t>Input impedance of small antenna provides Purcell factor</t>
   </si>
   <si>
     <t>10.1109/DD.2015.7354854</t>
   </si>
   <si>
     <t>Direct measurements of magnetic and electric optical responses from silicon nanoparticles</t>
@@ -2381,59 +2489,50 @@
   <si>
     <t>Dmitry Permyakov, Ivan Sinev, Dmitry Markovich, Anton Samusev, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1109/DD.2015.7354867</t>
   </si>
   <si>
     <t>Scattering suppression with homogeneous ENZ-media</t>
   </si>
   <si>
     <t>Alexander Shalin, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1109/DD.2015.7354879</t>
   </si>
   <si>
     <t>Laser writing of nanoparticle-based plasmonic structures</t>
   </si>
   <si>
     <t>Sergey Makarov, Valentin Milichko, Pavel Belov, Alexey Mozharov, Ivan Mukhin</t>
   </si>
   <si>
     <t>10.1109/DD.2015.7354859</t>
   </si>
   <si>
-    <t>Metamaterials for wireless power transfer</t>
-[...7 lines deleted...]
-  <si>
     <t>Annular wire metamaterial resonators for Magnetic Resonance Imaging</t>
   </si>
   <si>
     <t>Alena Shchelokova, Alexey Slobozhanyuk, Irina Melchakova, Alexander Poddubny, Yuri Kivshar, Pavel Belov</t>
   </si>
   <si>
     <t>2015 SBMO/IEEE MTT-S International Microwave and Optoelectronics Conference (IMOC)</t>
   </si>
   <si>
     <t>10.1109/IMOC.2015.7369199</t>
   </si>
   <si>
     <t>Application of High-Q dielectric resonators for wireless power transfer system</t>
   </si>
   <si>
     <t>Pavel Belov, Mingzhao Song, Ivan Iorsh, Polina Kapitanova</t>
   </si>
   <si>
     <t>10.1109/IMOC.2015.7369228</t>
   </si>
   <si>
     <t>Emulation of complex optical phenomena with radio waves: Tailoring scattering characteristics with wire metamaterial</t>
   </si>
   <si>
     <t>Dmitry Filonov, Alexander Shalin, Pavel Belov</t>
@@ -2528,125 +2627,125 @@
   <si>
     <t>Dmitry Filonov, Stanislav Glybovski, Pavel Belov</t>
   </si>
   <si>
     <t>4848-4856</t>
   </si>
   <si>
     <t>10.1109/TAP.2015.2479676</t>
   </si>
   <si>
     <t>Self-complementary zig-zag metasurfaces for designing circular polarizing beam splitters</t>
   </si>
   <si>
     <t>364-366</t>
   </si>
   <si>
     <t>10.1109/MetaMaterials.2015.7342452</t>
   </si>
   <si>
     <t>Comment on “Electromagnetic Radiation under Explicit Symmetry Breaking”</t>
   </si>
   <si>
     <t>10.1103/PhysRevLett.115.119701</t>
   </si>
   <si>
+    <t>Tuning of magnetic optical response in a dielectric nanoparticle by ultrafast photoexcitation of dense electronhole plasma</t>
+  </si>
+  <si>
+    <t>Sergey Makarov, Ivan Mukhin, Alexey Mozharov, Valentin Milichko, Pavel Belov</t>
+  </si>
+  <si>
+    <t>6187-6192</t>
+  </si>
+  <si>
+    <t>10.1021/acs.nanolett.5b02534</t>
+  </si>
+  <si>
     <t>An antenna model for the Purcell effect</t>
   </si>
   <si>
     <t>Alexey Slobozhanyuk, Alexander Poddubny, Yuri Kivshar, Pavel Belov</t>
   </si>
   <si>
     <t>10.1038/srep12956</t>
   </si>
   <si>
-    <t>Tuning of magnetic optical response in a dielectric nanoparticle by ultrafast photoexcitation of dense electronhole plasma</t>
-[...10 lines deleted...]
-  <si>
     <t>Nonlocality in uniaxially polarizable media</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.92.085107</t>
   </si>
   <si>
     <t>Diamagnetism in wire medium metamaterials: Theory and experiment</t>
   </si>
   <si>
     <t>Ilya Yagupov, Dmitry Filonov, Alexander Ageyskiy, Mehedi Hasan, Ivan Iorsh, Pavel Belov</t>
   </si>
   <si>
     <t>041304(R)</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.92.041304</t>
   </si>
   <si>
     <t>Spatial-dispersion-induced birefringence in metamaterials with cubic symmetry</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.92.045127</t>
   </si>
   <si>
     <t>Effect of Purcell enhancement on spin-flip induced fluorescence contrast in diamond nitrogen-vacancy center ensembles</t>
   </si>
   <si>
     <t>Metamaterials Science and Technology Workshop, San Diego, California, USA</t>
   </si>
   <si>
+    <t>Suppression of Light Scattering with ENZ-metamaterials</t>
+  </si>
+  <si>
+    <t>Progress in Electromagnetics Research Symposium</t>
+  </si>
+  <si>
+    <t>1178-1181</t>
+  </si>
+  <si>
     <t>Nonlocality in Discrete Metamaterials</t>
   </si>
   <si>
-    <t>Progress in Electromagnetics Research Symposium</t>
-[...1 lines deleted...]
-  <si>
     <t>214 - 217</t>
   </si>
   <si>
     <t>Dyakonov-like Plasmonic Localized Waves on Graphene Metasurfaces</t>
   </si>
   <si>
     <t>Ivan Iorsh, Anton Ovcharenko, Andrey Bogdanov, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>2347-2351</t>
   </si>
   <si>
-    <t>Suppression of Light Scattering with ENZ-metamaterials</t>
-[...4 lines deleted...]
-  <si>
     <t>Optical pulling forces in hyperbolic metamaterials</t>
   </si>
   <si>
     <t>10.1103/PhysRevA.91.063830</t>
   </si>
   <si>
     <t>Enhanced emission extraction and selective excitation of NV centers with all–dielectric nanoantennas</t>
   </si>
   <si>
     <t>Chigrin D. N., Yuri Kivshar, Pavel Belov</t>
   </si>
   <si>
     <t>385-391</t>
   </si>
   <si>
     <t>10.1002/lpor.201400453</t>
   </si>
   <si>
     <t>Strong Purcell effect in anisotropic epsilon-near-zero metamaterials</t>
   </si>
   <si>
     <t>Alexander Chebykin, Alexey Orlov, Alexander Shalin, Alexander Poddubny, Pavel Belov</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.91.205126</t>
@@ -3293,77 +3392,77 @@
   <si>
     <t>10.1063/1.4832056</t>
   </si>
   <si>
     <t>Fano resonances in antennas: General control over radiation patterns</t>
   </si>
   <si>
     <t>Mikhail Rybin, Polina Kapitanova, Dmitry Filonov, Alexey Slobozhanyuk, Pavel Belov, Yuri Kivshar, Mikhail Limonov</t>
   </si>
   <si>
     <t>205106 (1-8)</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.88.205106</t>
   </si>
   <si>
     <t>Nano-opto-mechanical effects in plasmonic waveguides</t>
   </si>
   <si>
     <t>131–136</t>
   </si>
   <si>
     <t>10.1002/lpor.201300109</t>
   </si>
   <si>
+    <t>Superdirective nanoantennas: Theory and experiment</t>
+  </si>
+  <si>
+    <t>21st International Conference on Applied Electromagnetics and Communications (ICECom)</t>
+  </si>
+  <si>
+    <t>10.1109/ICECom.2013.6684721</t>
+  </si>
+  <si>
     <t>Enhancement of evanescent waves inside a wire metamaterial endoscope</t>
   </si>
   <si>
     <t>Alexey Slobozhanyuk, Irina Melchakova, Alexandr Kozachenko, Pavel Belov</t>
   </si>
   <si>
-    <t>21st International Conference on Applied Electromagnetics and Communications (ICECom)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/ICECom.2013.6684722</t>
   </si>
   <si>
     <t>Single-mode subwavelength waveguides with wire metamaterials</t>
   </si>
   <si>
     <t>Pavel Belov, Ivan Iorsh, Ilya Yagupov, Yuri Kivshar</t>
   </si>
   <si>
     <t>10.1063/1.4824478</t>
   </si>
   <si>
-    <t>Superdirective nanoantennas: Theory and experiment</t>
-[...4 lines deleted...]
-  <si>
     <t>Microwave metamaterials with competing light-controllable nonlinear response</t>
   </si>
   <si>
     <t>Polina Kapitanova, Alexey Slobozhanyuk, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>2013 European Microwave Conference</t>
   </si>
   <si>
     <t>533-536</t>
   </si>
   <si>
     <t>Tailoring lattice parameters for broadband artificial diamagnetism</t>
   </si>
   <si>
     <t>Mikhail Lapine, Yuri Kivshar, Pavel Belov</t>
   </si>
   <si>
     <t>2013 7th International Congress on Advanced Electromagnetic Materials in Microwaves and Optics</t>
   </si>
   <si>
     <t>34-36</t>
   </si>
   <si>
     <t>10.1109/metamaterials.2013.6808944</t>
@@ -3428,65 +3527,65 @@
   <si>
     <t>88060T-1</t>
   </si>
   <si>
     <t>10.1117/12.2023857</t>
   </si>
   <si>
     <t>All-dielectric nanoantennas</t>
   </si>
   <si>
     <t>880626-(1-12</t>
   </si>
   <si>
     <t>10.1117/12.2025961</t>
   </si>
   <si>
     <t>Photovoltaic absorption enhancement in thin-film solar cells by non-resonant beam collimation by submicron dielectric particles</t>
   </si>
   <si>
     <t>103104(1-6)</t>
   </si>
   <si>
     <t>10.1063/1.4820573</t>
   </si>
   <si>
+    <t>Wire metamaterial for the improvement of magnetic resonance imaging</t>
+  </si>
+  <si>
+    <t>2013 SBMO/IEEE MTT-S International Microwave &amp; Optoelectronics Conference (IMOC)</t>
+  </si>
+  <si>
+    <t>10.1109/IMOC.2013.6646485</t>
+  </si>
+  <si>
     <t>Superdirective magnetic nanoantennas with effect of light steering: Theory and experiment</t>
   </si>
   <si>
-    <t>2013 SBMO/IEEE MTT-S International Microwave &amp; Optoelectronics Conference (IMOC)</t>
-[...1 lines deleted...]
-  <si>
     <t>10.1109/IMOC.2013.6646491</t>
   </si>
   <si>
-    <t>Wire metamaterial for the improvement of magnetic resonance imaging</t>
-[...4 lines deleted...]
-  <si>
     <t>Experimental verification of enhancement of evanescent waves inside a wire medium</t>
   </si>
   <si>
     <t>Alexey Slobozhanyuk, Irina Melchakova, Pavel Belov</t>
   </si>
   <si>
     <t>051118(1-3)</t>
   </si>
   <si>
     <t>10.1063/1.4817513</t>
   </si>
   <si>
     <t>Self-Induced Torque in Hyperbolic Metamaterials</t>
   </si>
   <si>
     <t>036804(1-5)</t>
   </si>
   <si>
     <t>10.1103/PhysRevLett.111.036804</t>
   </si>
   <si>
     <t>All-dielectric Nanoantennas</t>
   </si>
   <si>
     <t>Advanced Photonics Congress</t>
@@ -3671,53 +3770,50 @@
   <si>
     <t>Alexey Orlov, Ivan Iorsh, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>1593-1598</t>
   </si>
   <si>
     <t>10.1364/OE.21.001593</t>
   </si>
   <si>
     <t>Broadband diamagnetism in anisotropic metamaterials</t>
   </si>
   <si>
     <t>Mikhail Lapine, Anastasia Krylova, Pavel Belov, Yuri Kivshar</t>
   </si>
   <si>
     <t>024408 (1-7)</t>
   </si>
   <si>
     <t>10.1103/PhysRevB.87.024408</t>
   </si>
   <si>
     <t>Performance of FDTD method cpu implementations for simulation of electromagnetic processes</t>
   </si>
   <si>
-    <t>Progress In Electromagnetics Research</t>
-[...1 lines deleted...]
-  <si>
     <t>655-670</t>
   </si>
   <si>
     <t>10.2528/PIER13031910</t>
   </si>
   <si>
     <t>Competing nonlinearities with metamaterials</t>
   </si>
   <si>
     <t>10.1063/1.4768945</t>
   </si>
   <si>
     <t>Nanophotonics integrated circuits simulation: FDTD method (in Russian)</t>
   </si>
   <si>
     <t>Константин Ладутенко, Павел Белов</t>
   </si>
   <si>
     <t>42-61</t>
   </si>
   <si>
     <t>Oscillons, solitons domain walls in arrays of nonlinear plasmonic nanoparticles</t>
   </si>
   <si>
     <t>Roman Noskov, Pavel Belov, Yuri Kivshar</t>
@@ -4214,90 +4310,90 @@
   <si>
     <t>10.1117/12.860116</t>
   </si>
   <si>
     <t>Studying the possibility of extracting material parameters from reflection and transmission coefficients of plane wave for multilayer metamaterials based on metal nanogrids</t>
   </si>
   <si>
     <t>Pavel Belov, Irina Melchakova</t>
   </si>
   <si>
     <t>85-96</t>
   </si>
   <si>
     <t>10.1134/S0030400X10070143</t>
   </si>
   <si>
     <t>Periscope-like endoscope for transmission of a near field in the infrared range</t>
   </si>
   <si>
     <t>142-144</t>
   </si>
   <si>
     <t>10.1364/OL.35.000142</t>
   </si>
   <si>
+    <t>Study of reflection and transmission coefficients for an array of metal wires depending on their radius (in Russian)</t>
+  </si>
+  <si>
+    <t>Павел Белов</t>
+  </si>
+  <si>
+    <t>Proceedings of national research center of photonics and optical informatics</t>
+  </si>
+  <si>
     <t>Altering antenna performance using magnifying wire medium</t>
   </si>
   <si>
     <t>Electronics Letters</t>
   </si>
   <si>
     <t>10.1049/el.2010.1712</t>
   </si>
   <si>
     <t>Radiotransparent building materials</t>
   </si>
   <si>
     <t>Proceedings of the Fourth European Conference on Antennas and Propagation</t>
   </si>
   <si>
     <t>Nonlinear and tunable metamaterials (in Russian)</t>
   </si>
   <si>
     <t>Юрий Кившар, Алексей Орлов, Павел Белов</t>
   </si>
   <si>
-    <t>Proceedings of national research center of photonics and optical informatics</t>
-[...1 lines deleted...]
-  <si>
     <t>78-91</t>
   </si>
   <si>
     <t>Nonlocal homogenization theory of multilayered metal-dielectric nanostructured optical metamaterials (in Russian)</t>
   </si>
   <si>
     <t>Александр Чебыкин, Алексей Орлов, Юрий Кившар, Павел Белов</t>
   </si>
   <si>
     <t>92-112</t>
-  </si>
-[...4 lines deleted...]
-    <t>Павел Белов</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -4601,51 +4697,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I401"/>
+  <dimension ref="A1:I410"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="203.95" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="617.992" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="131.968" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="48.274" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.998" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -4680,10534 +4776,10753 @@
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2"/>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2">
         <v>2025</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2"/>
       <c r="I2"/>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>14</v>
       </c>
       <c r="B3" t="s">
         <v>15</v>
       </c>
       <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3"/>
+      <c r="E3" t="s">
         <v>16</v>
       </c>
-      <c r="D3">
-[...2 lines deleted...]
-      <c r="E3"/>
       <c r="F3">
         <v>2025</v>
       </c>
       <c r="G3" t="s">
         <v>17</v>
       </c>
-      <c r="H3">
-[...4 lines deleted...]
-      </c>
+      <c r="H3"/>
+      <c r="I3"/>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
         <v>19</v>
       </c>
       <c r="C4" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="D4"/>
       <c r="E4" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F4">
         <v>2025</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="H4"/>
       <c r="I4"/>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
+        <v>22</v>
+      </c>
+      <c r="B5" t="s">
         <v>23</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5" t="s">
         <v>24</v>
       </c>
-      <c r="C5" t="s">
-[...5 lines deleted...]
-      </c>
+      <c r="D5">
+        <v>112</v>
+      </c>
+      <c r="E5"/>
       <c r="F5">
         <v>2025</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
-      <c r="H5"/>
-      <c r="I5"/>
+      <c r="H5">
+        <v>4.04</v>
+      </c>
+      <c r="I5">
+        <v>1.78</v>
+      </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
         <v>26</v>
       </c>
       <c r="B6" t="s">
         <v>27</v>
       </c>
       <c r="C6" t="s">
         <v>28</v>
       </c>
       <c r="D6">
-        <v>16</v>
+        <v>112</v>
       </c>
       <c r="E6"/>
       <c r="F6">
         <v>2025</v>
       </c>
       <c r="G6" t="s">
         <v>29</v>
       </c>
       <c r="H6">
-        <v>14.92</v>
+        <v>5.3</v>
       </c>
       <c r="I6">
-        <v>5.56</v>
+        <v>1.89</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>30</v>
       </c>
       <c r="B7" t="s">
         <v>31</v>
       </c>
       <c r="C7" t="s">
         <v>32</v>
       </c>
       <c r="D7"/>
-      <c r="E7"/>
+      <c r="E7" t="s">
+        <v>33</v>
+      </c>
       <c r="F7">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G7" t="s">
-        <v>33</v>
-[...6 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="H7"/>
+      <c r="I7"/>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B8" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C8" t="s">
-        <v>36</v>
-[...4 lines deleted...]
-      <c r="E8"/>
+        <v>32</v>
+      </c>
+      <c r="D8"/>
+      <c r="E8" t="s">
+        <v>33</v>
+      </c>
       <c r="F8">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G8" t="s">
         <v>37</v>
       </c>
-      <c r="H8">
-[...4 lines deleted...]
-      </c>
+      <c r="H8"/>
+      <c r="I8"/>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>38</v>
       </c>
       <c r="B9" t="s">
         <v>39</v>
       </c>
       <c r="C9" t="s">
         <v>40</v>
       </c>
-      <c r="D9"/>
-      <c r="E9" t="s">
+      <c r="D9">
+        <v>16</v>
+      </c>
+      <c r="E9"/>
+      <c r="F9">
+        <v>2025</v>
+      </c>
+      <c r="G9" t="s">
         <v>41</v>
       </c>
-      <c r="F9">
-[...6 lines deleted...]
-      <c r="I9"/>
+      <c r="H9">
+        <v>14.92</v>
+      </c>
+      <c r="I9">
+        <v>5.56</v>
+      </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
+        <v>42</v>
+      </c>
+      <c r="B10" t="s">
         <v>43</v>
       </c>
-      <c r="B10" t="s">
+      <c r="C10" t="s">
         <v>44</v>
       </c>
-      <c r="C10" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D10"/>
       <c r="E10"/>
       <c r="F10">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G10" t="s">
         <v>45</v>
       </c>
       <c r="H10">
-        <v>4.04</v>
+        <v>18.81</v>
       </c>
       <c r="I10">
-        <v>1.78</v>
+        <v>6.07</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
         <v>46</v>
       </c>
       <c r="B11" t="s">
         <v>47</v>
       </c>
       <c r="C11" t="s">
         <v>48</v>
       </c>
-      <c r="D11"/>
+      <c r="D11">
+        <v>182</v>
+      </c>
       <c r="E11" t="s">
         <v>49</v>
       </c>
       <c r="F11">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G11" t="s">
         <v>50</v>
       </c>
-      <c r="H11"/>
-      <c r="I11"/>
+      <c r="H11">
+        <v>2.95</v>
+      </c>
+      <c r="I11">
+        <v>0.44</v>
+      </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>51</v>
       </c>
       <c r="B12" t="s">
         <v>52</v>
       </c>
       <c r="C12" t="s">
         <v>53</v>
       </c>
       <c r="D12"/>
       <c r="E12"/>
       <c r="F12">
         <v>2024</v>
       </c>
       <c r="G12" t="s">
         <v>54</v>
       </c>
-      <c r="H12"/>
-      <c r="I12"/>
+      <c r="H12">
+        <v>5.0</v>
+      </c>
+      <c r="I12">
+        <v>1.88</v>
+      </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>55</v>
       </c>
       <c r="B13" t="s">
         <v>56</v>
       </c>
       <c r="C13" t="s">
-        <v>53</v>
-[...1 lines deleted...]
-      <c r="D13"/>
+        <v>24</v>
+      </c>
+      <c r="D13">
+        <v>110</v>
+      </c>
       <c r="E13"/>
       <c r="F13">
         <v>2024</v>
       </c>
       <c r="G13" t="s">
         <v>57</v>
       </c>
-      <c r="H13"/>
-      <c r="I13"/>
+      <c r="H13">
+        <v>4.04</v>
+      </c>
+      <c r="I13">
+        <v>1.78</v>
+      </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
         <v>58</v>
       </c>
       <c r="B14" t="s">
         <v>59</v>
       </c>
       <c r="C14" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="D14"/>
-      <c r="E14"/>
+      <c r="E14" t="s">
+        <v>61</v>
+      </c>
       <c r="F14">
         <v>2024</v>
       </c>
       <c r="G14" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="H14"/>
       <c r="I14"/>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
+        <v>63</v>
+      </c>
+      <c r="B15" t="s">
+        <v>64</v>
+      </c>
+      <c r="C15" t="s">
+        <v>60</v>
+      </c>
+      <c r="D15"/>
+      <c r="E15" t="s">
         <v>61</v>
-      </c>
-[...8 lines deleted...]
-        <v>130648</v>
       </c>
       <c r="F15">
         <v>2024</v>
       </c>
       <c r="G15" t="s">
-        <v>64</v>
-[...6 lines deleted...]
-      </c>
+        <v>65</v>
+      </c>
+      <c r="H15"/>
+      <c r="I15"/>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B16" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C16" t="s">
-        <v>67</v>
-[...5 lines deleted...]
-        <v>1158</v>
+        <v>60</v>
+      </c>
+      <c r="D16"/>
+      <c r="E16" t="s">
+        <v>61</v>
       </c>
       <c r="F16">
         <v>2024</v>
       </c>
       <c r="G16" t="s">
         <v>68</v>
       </c>
-      <c r="H16">
-[...4 lines deleted...]
-      </c>
+      <c r="H16"/>
+      <c r="I16"/>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" t="s">
         <v>69</v>
       </c>
       <c r="B17" t="s">
+        <v>15</v>
+      </c>
+      <c r="C17" t="s">
+        <v>60</v>
+      </c>
+      <c r="D17"/>
+      <c r="E17" t="s">
+        <v>61</v>
+      </c>
+      <c r="F17">
+        <v>2024</v>
+      </c>
+      <c r="G17" t="s">
         <v>70</v>
-      </c>
-[...9 lines deleted...]
-        <v>72</v>
       </c>
       <c r="H17"/>
       <c r="I17"/>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="B18" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="C18" t="s">
-        <v>75</v>
+        <v>24</v>
       </c>
       <c r="D18">
-        <v>2</v>
+        <v>110</v>
       </c>
       <c r="E18"/>
       <c r="F18">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G18" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-      <c r="I18"/>
+        <v>73</v>
+      </c>
+      <c r="H18">
+        <v>4.04</v>
+      </c>
+      <c r="I18">
+        <v>1.78</v>
+      </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" t="s">
+        <v>74</v>
+      </c>
+      <c r="B19" t="s">
+        <v>75</v>
+      </c>
+      <c r="C19" t="s">
+        <v>76</v>
+      </c>
+      <c r="D19"/>
+      <c r="E19" t="s">
         <v>77</v>
       </c>
-      <c r="B19" t="s">
+      <c r="F19">
+        <v>2024</v>
+      </c>
+      <c r="G19" t="s">
         <v>78</v>
       </c>
-      <c r="C19" t="s">
-[...17 lines deleted...]
-      </c>
+      <c r="H19"/>
+      <c r="I19"/>
     </row>
     <row r="20" spans="1:9">
       <c r="A20" t="s">
+        <v>79</v>
+      </c>
+      <c r="B20" t="s">
         <v>80</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20" t="s">
         <v>81</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20"/>
+      <c r="E20" t="s">
         <v>82</v>
       </c>
-      <c r="D20"/>
-      <c r="E20"/>
       <c r="F20">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G20" t="s">
         <v>83</v>
       </c>
       <c r="H20"/>
       <c r="I20"/>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" t="s">
         <v>84</v>
       </c>
       <c r="B21" t="s">
         <v>85</v>
       </c>
       <c r="C21" t="s">
         <v>86</v>
       </c>
-      <c r="D21">
-[...1 lines deleted...]
-      </c>
+      <c r="D21"/>
       <c r="E21"/>
       <c r="F21">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G21" t="s">
         <v>87</v>
       </c>
-      <c r="H21">
-[...4 lines deleted...]
-      </c>
+      <c r="H21"/>
+      <c r="I21"/>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" t="s">
         <v>88</v>
       </c>
       <c r="B22" t="s">
         <v>89</v>
       </c>
       <c r="C22" t="s">
-        <v>90</v>
-[...3 lines deleted...]
-      </c>
+        <v>86</v>
+      </c>
+      <c r="D22"/>
       <c r="E22"/>
       <c r="F22">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G22" t="s">
-        <v>91</v>
-[...6 lines deleted...]
-      </c>
+        <v>90</v>
+      </c>
+      <c r="H22"/>
+      <c r="I22"/>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" t="s">
+        <v>91</v>
+      </c>
+      <c r="B23" t="s">
         <v>92</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
+        <v>86</v>
+      </c>
+      <c r="D23"/>
+      <c r="E23"/>
+      <c r="F23">
+        <v>2024</v>
+      </c>
+      <c r="G23" t="s">
         <v>93</v>
       </c>
-      <c r="C23" t="s">
-[...19 lines deleted...]
-      </c>
+      <c r="H23"/>
+      <c r="I23"/>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" t="s">
+        <v>94</v>
+      </c>
+      <c r="B24" t="s">
+        <v>95</v>
+      </c>
+      <c r="C24" t="s">
         <v>96</v>
-      </c>
-[...4 lines deleted...]
-        <v>94</v>
       </c>
       <c r="D24"/>
       <c r="E24">
-        <v>101147</v>
+        <v>130648</v>
       </c>
       <c r="F24">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G24" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="H24">
-        <v>3.16</v>
+        <v>2.31</v>
       </c>
       <c r="I24">
-        <v>0.47</v>
+        <v>0.63</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" t="s">
+        <v>98</v>
+      </c>
+      <c r="B25" t="s">
         <v>99</v>
       </c>
-      <c r="B25" t="s">
+      <c r="C25" t="s">
         <v>100</v>
       </c>
-      <c r="C25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D25">
-        <v>107</v>
-[...1 lines deleted...]
-      <c r="E25"/>
+        <v>12</v>
+      </c>
+      <c r="E25">
+        <v>1158</v>
+      </c>
       <c r="F25">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G25" t="s">
         <v>101</v>
       </c>
       <c r="H25">
-        <v>3.91</v>
+        <v>7.08</v>
       </c>
       <c r="I25">
-        <v>1.54</v>
+        <v>2.07</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" t="s">
         <v>102</v>
       </c>
       <c r="B26" t="s">
         <v>103</v>
       </c>
       <c r="C26" t="s">
-        <v>16</v>
-[...3 lines deleted...]
-      </c>
+        <v>104</v>
+      </c>
+      <c r="D26"/>
       <c r="E26"/>
       <c r="F26">
         <v>2023</v>
       </c>
       <c r="G26" t="s">
-        <v>104</v>
-[...6 lines deleted...]
-      </c>
+        <v>105</v>
+      </c>
+      <c r="H26"/>
+      <c r="I26"/>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B27" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C27" t="s">
-        <v>94</v>
+        <v>108</v>
       </c>
       <c r="D27">
-        <v>53</v>
-[...3 lines deleted...]
-      </c>
+        <v>2</v>
+      </c>
+      <c r="E27"/>
       <c r="F27">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G27" t="s">
-        <v>107</v>
-[...6 lines deleted...]
-      </c>
+        <v>109</v>
+      </c>
+      <c r="H27"/>
+      <c r="I27"/>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="B28" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C28" t="s">
-        <v>32</v>
+        <v>53</v>
       </c>
       <c r="D28">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="E28"/>
       <c r="F28">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G28" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="H28">
-        <v>4.93</v>
+        <v>4.99</v>
       </c>
       <c r="I28">
-        <v>1.53</v>
+        <v>1.88</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="B29" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="C29" t="s">
-        <v>113</v>
-[...6 lines deleted...]
-      </c>
+        <v>115</v>
+      </c>
+      <c r="D29"/>
+      <c r="E29"/>
       <c r="F29">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G29" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="H29"/>
-      <c r="I29">
-[...1 lines deleted...]
-      </c>
+      <c r="I29"/>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B30" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C30" t="s">
-        <v>118</v>
-[...1 lines deleted...]
-      <c r="D30"/>
+        <v>119</v>
+      </c>
+      <c r="D30">
+        <v>12</v>
+      </c>
       <c r="E30"/>
       <c r="F30">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G30" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-      <c r="I30"/>
+        <v>120</v>
+      </c>
+      <c r="H30">
+        <v>17.46</v>
+      </c>
+      <c r="I30">
+        <v>5.5</v>
+      </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B31" t="s">
-        <v>93</v>
+        <v>122</v>
       </c>
       <c r="C31" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="D31">
-        <v>47</v>
-[...3 lines deleted...]
-      </c>
+        <v>134</v>
+      </c>
+      <c r="E31"/>
       <c r="F31">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G31" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="H31">
-        <v>3.56</v>
+        <v>2.55</v>
       </c>
       <c r="I31">
-        <v>1.26</v>
+        <v>0.7</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="B32" t="s">
-        <v>117</v>
+        <v>126</v>
       </c>
       <c r="C32" t="s">
-        <v>36</v>
+        <v>127</v>
       </c>
       <c r="D32">
-        <v>106</v>
-[...1 lines deleted...]
-      <c r="E32"/>
+        <v>55</v>
+      </c>
+      <c r="E32">
+        <v>101150</v>
+      </c>
       <c r="F32">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G32" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="H32">
-        <v>3.91</v>
+        <v>3.16</v>
       </c>
       <c r="I32">
-        <v>1.54</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="B33" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="C33" t="s">
-        <v>121</v>
-[...3 lines deleted...]
-      </c>
+        <v>127</v>
+      </c>
+      <c r="D33"/>
       <c r="E33">
-        <v>3291</v>
+        <v>101147</v>
       </c>
       <c r="F33">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G33" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="H33">
-        <v>3.56</v>
+        <v>3.16</v>
       </c>
       <c r="I33">
-        <v>1.26</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="B34" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="C34" t="s">
-        <v>130</v>
+        <v>24</v>
       </c>
       <c r="D34">
-        <v>70</v>
-[...3 lines deleted...]
-      </c>
+        <v>107</v>
+      </c>
+      <c r="E34"/>
       <c r="F34">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G34" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="H34">
-        <v>4.82</v>
+        <v>3.91</v>
       </c>
       <c r="I34">
-        <v>2.13</v>
+        <v>1.54</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="B35" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="C35" t="s">
-        <v>86</v>
+        <v>28</v>
       </c>
       <c r="D35">
-        <v>11</v>
+        <v>107</v>
       </c>
       <c r="E35"/>
       <c r="F35">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="G35" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="H35">
-        <v>17.46</v>
+        <v>5.41</v>
       </c>
       <c r="I35">
-        <v>5.5</v>
+        <v>1.68</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="B36" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="C36" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="D36">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>138</v>
+        <v>53</v>
+      </c>
+      <c r="E36">
+        <v>101104</v>
       </c>
       <c r="F36">
         <v>2022</v>
       </c>
       <c r="G36" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="H36">
-        <v>4.82</v>
+        <v>3.01</v>
       </c>
       <c r="I36">
-        <v>2.13</v>
+        <v>0.55</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B37" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C37" t="s">
-        <v>142</v>
+        <v>53</v>
       </c>
       <c r="D37">
-        <v>279</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="E37"/>
       <c r="F37">
         <v>2022</v>
       </c>
       <c r="G37" t="s">
         <v>143</v>
       </c>
       <c r="H37">
-        <v>2.47</v>
+        <v>4.93</v>
       </c>
       <c r="I37">
-        <v>0.81</v>
+        <v>1.53</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" t="s">
         <v>144</v>
       </c>
       <c r="B38" t="s">
         <v>145</v>
       </c>
       <c r="C38" t="s">
         <v>146</v>
       </c>
       <c r="D38">
-        <v>2015</v>
+        <v>86</v>
       </c>
       <c r="E38" t="s">
         <v>147</v>
       </c>
       <c r="F38">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G38" t="s">
         <v>148</v>
       </c>
-      <c r="H38">
-[...1 lines deleted...]
-      </c>
+      <c r="H38"/>
       <c r="I38">
-        <v>0.21</v>
+        <v>0.23</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" t="s">
         <v>149</v>
       </c>
       <c r="B39" t="s">
-        <v>93</v>
+        <v>150</v>
       </c>
       <c r="C39" t="s">
-        <v>146</v>
-[...6 lines deleted...]
-      </c>
+        <v>151</v>
+      </c>
+      <c r="D39"/>
+      <c r="E39"/>
       <c r="F39">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G39" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="H39"/>
-      <c r="I39">
-[...1 lines deleted...]
-      </c>
+      <c r="I39"/>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B40" t="s">
-        <v>153</v>
+        <v>126</v>
       </c>
       <c r="C40" t="s">
-        <v>146</v>
+        <v>154</v>
       </c>
       <c r="D40">
-        <v>2015</v>
-[...2 lines deleted...]
-        <v>154</v>
+        <v>47</v>
+      </c>
+      <c r="E40">
+        <v>4451</v>
       </c>
       <c r="F40">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G40" t="s">
         <v>155</v>
       </c>
-      <c r="H40"/>
+      <c r="H40">
+        <v>3.56</v>
+      </c>
       <c r="I40">
-        <v>0.21</v>
+        <v>1.26</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" t="s">
         <v>156</v>
       </c>
       <c r="B41" t="s">
-        <v>157</v>
+        <v>150</v>
       </c>
       <c r="C41" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="D41">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="E41"/>
       <c r="F41">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G41" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="H41">
         <v>3.91</v>
       </c>
       <c r="I41">
         <v>1.54</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" t="s">
+        <v>158</v>
+      </c>
+      <c r="B42" t="s">
         <v>159</v>
       </c>
-      <c r="B42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C42" t="s">
+        <v>154</v>
+      </c>
+      <c r="D42">
+        <v>47</v>
+      </c>
+      <c r="E42">
+        <v>3291</v>
+      </c>
+      <c r="F42">
+        <v>2022</v>
+      </c>
+      <c r="G42" t="s">
         <v>160</v>
       </c>
-      <c r="D42"/>
-[...8 lines deleted...]
-      <c r="I42"/>
+      <c r="H42">
+        <v>3.56</v>
+      </c>
+      <c r="I42">
+        <v>1.26</v>
+      </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" t="s">
+        <v>161</v>
+      </c>
+      <c r="B43" t="s">
         <v>162</v>
       </c>
-      <c r="B43" t="s">
+      <c r="C43" t="s">
         <v>163</v>
       </c>
-      <c r="C43" t="s">
+      <c r="D43">
+        <v>70</v>
+      </c>
+      <c r="E43" t="s">
         <v>164</v>
       </c>
-      <c r="D43">
-[...2 lines deleted...]
-      <c r="E43" t="s">
+      <c r="F43">
+        <v>2022</v>
+      </c>
+      <c r="G43" t="s">
         <v>165</v>
       </c>
-      <c r="F43">
-[...4 lines deleted...]
-      </c>
       <c r="H43">
-        <v>33.26</v>
+        <v>4.82</v>
       </c>
       <c r="I43">
-        <v>8.3</v>
+        <v>2.13</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" t="s">
+        <v>166</v>
+      </c>
+      <c r="B44" t="s">
         <v>167</v>
       </c>
-      <c r="B44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44" t="s">
-        <v>36</v>
+        <v>119</v>
       </c>
       <c r="D44">
-        <v>104</v>
+        <v>11</v>
       </c>
       <c r="E44"/>
       <c r="F44">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G44" t="s">
         <v>168</v>
       </c>
       <c r="H44">
-        <v>3.91</v>
+        <v>17.46</v>
       </c>
       <c r="I44">
-        <v>1.54</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" t="s">
         <v>169</v>
       </c>
       <c r="B45" t="s">
         <v>170</v>
       </c>
       <c r="C45" t="s">
-        <v>32</v>
+        <v>163</v>
       </c>
       <c r="D45">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E45"/>
+        <v>70</v>
+      </c>
+      <c r="E45" t="s">
+        <v>171</v>
+      </c>
       <c r="F45">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G45" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="H45">
-        <v>4.93</v>
+        <v>4.82</v>
       </c>
       <c r="I45">
-        <v>1.53</v>
+        <v>2.13</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B46" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C46" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D46">
-        <v>87</v>
-[...2 lines deleted...]
-        <v>175</v>
+        <v>279</v>
+      </c>
+      <c r="E46">
+        <v>108065</v>
       </c>
       <c r="F46">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="G46" t="s">
         <v>176</v>
       </c>
       <c r="H46">
-        <v>3.74</v>
+        <v>2.47</v>
       </c>
       <c r="I46">
-        <v>1.5</v>
+        <v>0.81</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" t="s">
         <v>177</v>
       </c>
       <c r="B47" t="s">
         <v>178</v>
       </c>
       <c r="C47" t="s">
         <v>179</v>
       </c>
       <c r="D47">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>201101</v>
+        <v>2015</v>
+      </c>
+      <c r="E47" t="s">
+        <v>180</v>
       </c>
       <c r="F47">
         <v>2021</v>
       </c>
       <c r="G47" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="H47">
-        <v>3.97</v>
+        <v>0.55</v>
       </c>
       <c r="I47">
-        <v>1.03</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B48" t="s">
-        <v>182</v>
+        <v>126</v>
       </c>
       <c r="C48" t="s">
         <v>179</v>
       </c>
       <c r="D48">
-        <v>118</v>
-[...2 lines deleted...]
-        <v>131601</v>
+        <v>2015</v>
+      </c>
+      <c r="E48" t="s">
+        <v>183</v>
       </c>
       <c r="F48">
         <v>2021</v>
       </c>
       <c r="G48" t="s">
-        <v>183</v>
-[...3 lines deleted...]
-      </c>
+        <v>184</v>
+      </c>
+      <c r="H48"/>
       <c r="I48">
-        <v>1.03</v>
+        <v>0.21</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B49" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C49" t="s">
-        <v>186</v>
+        <v>179</v>
       </c>
       <c r="D49">
-        <v>192</v>
+        <v>2015</v>
       </c>
       <c r="E49" t="s">
         <v>187</v>
       </c>
       <c r="F49">
         <v>2021</v>
       </c>
       <c r="G49" t="s">
         <v>188</v>
       </c>
       <c r="H49"/>
-      <c r="I49"/>
+      <c r="I49">
+        <v>0.21</v>
+      </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="B50" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C50" t="s">
-        <v>190</v>
+        <v>24</v>
       </c>
       <c r="D50">
-        <v>65</v>
-[...3 lines deleted...]
-      </c>
+        <v>104</v>
+      </c>
+      <c r="E50"/>
       <c r="F50">
         <v>2021</v>
       </c>
       <c r="G50" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="H50">
-        <v>2.94</v>
+        <v>3.91</v>
       </c>
       <c r="I50">
-        <v>0.66</v>
+        <v>1.54</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" t="s">
+        <v>192</v>
+      </c>
+      <c r="B51" t="s">
+        <v>126</v>
+      </c>
+      <c r="C51" t="s">
         <v>193</v>
       </c>
-      <c r="B51" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="D51"/>
+      <c r="E51"/>
       <c r="F51">
         <v>2021</v>
       </c>
       <c r="G51" t="s">
-        <v>196</v>
-[...6 lines deleted...]
-      </c>
+        <v>194</v>
+      </c>
+      <c r="H51"/>
+      <c r="I51"/>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" t="s">
+        <v>195</v>
+      </c>
+      <c r="B52" t="s">
+        <v>196</v>
+      </c>
+      <c r="C52" t="s">
         <v>197</v>
       </c>
-      <c r="B52" t="s">
+      <c r="D52">
+        <v>4</v>
+      </c>
+      <c r="E52" t="s">
         <v>198</v>
       </c>
-      <c r="C52" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F52">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G52" t="s">
         <v>199</v>
       </c>
       <c r="H52">
-        <v>3.79</v>
+        <v>33.26</v>
       </c>
       <c r="I52">
-        <v>1.18</v>
+        <v>8.3</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" t="s">
         <v>200</v>
       </c>
       <c r="B53" t="s">
+        <v>126</v>
+      </c>
+      <c r="C53" t="s">
+        <v>24</v>
+      </c>
+      <c r="D53">
+        <v>104</v>
+      </c>
+      <c r="E53"/>
+      <c r="F53">
+        <v>2021</v>
+      </c>
+      <c r="G53" t="s">
         <v>201</v>
       </c>
-      <c r="C53" t="s">
-[...14 lines deleted...]
-      <c r="H53"/>
+      <c r="H53">
+        <v>3.91</v>
+      </c>
       <c r="I53">
-        <v>0.19</v>
+        <v>1.54</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="B54" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="C54" t="s">
-        <v>207</v>
+        <v>53</v>
       </c>
       <c r="D54">
-        <v>532</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="E54"/>
       <c r="F54">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G54" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="H54">
-        <v>2.99</v>
+        <v>4.93</v>
       </c>
       <c r="I54">
-        <v>1.01</v>
+        <v>1.53</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" t="s">
+        <v>205</v>
+      </c>
+      <c r="B55" t="s">
+        <v>206</v>
+      </c>
+      <c r="C55" t="s">
+        <v>207</v>
+      </c>
+      <c r="D55">
+        <v>87</v>
+      </c>
+      <c r="E55" t="s">
+        <v>208</v>
+      </c>
+      <c r="F55">
+        <v>2021</v>
+      </c>
+      <c r="G55" t="s">
         <v>209</v>
       </c>
-      <c r="B55" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H55">
-        <v>9.93</v>
+        <v>3.74</v>
       </c>
       <c r="I55">
-        <v>2.89</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" t="s">
+        <v>210</v>
+      </c>
+      <c r="B56" t="s">
+        <v>211</v>
+      </c>
+      <c r="C56" t="s">
         <v>212</v>
       </c>
-      <c r="B56" t="s">
+      <c r="D56">
+        <v>118</v>
+      </c>
+      <c r="E56">
+        <v>201101</v>
+      </c>
+      <c r="F56">
+        <v>2021</v>
+      </c>
+      <c r="G56" t="s">
         <v>213</v>
       </c>
-      <c r="C56" t="s">
-[...11 lines deleted...]
-      </c>
       <c r="H56">
-        <v>4.04</v>
+        <v>3.97</v>
       </c>
       <c r="I56">
-        <v>1.28</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" t="s">
+        <v>214</v>
+      </c>
+      <c r="B57" t="s">
+        <v>215</v>
+      </c>
+      <c r="C57" t="s">
+        <v>212</v>
+      </c>
+      <c r="D57">
+        <v>118</v>
+      </c>
+      <c r="E57">
+        <v>131601</v>
+      </c>
+      <c r="F57">
+        <v>2021</v>
+      </c>
+      <c r="G57" t="s">
         <v>216</v>
       </c>
-      <c r="B57" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H57">
-        <v>3.79</v>
+        <v>3.97</v>
       </c>
       <c r="I57">
-        <v>1.18</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" t="s">
+        <v>217</v>
+      </c>
+      <c r="B58" t="s">
+        <v>218</v>
+      </c>
+      <c r="C58" t="s">
+        <v>219</v>
+      </c>
+      <c r="D58">
+        <v>192</v>
+      </c>
+      <c r="E58" t="s">
         <v>220</v>
       </c>
-      <c r="B58" t="s">
+      <c r="F58">
+        <v>2021</v>
+      </c>
+      <c r="G58" t="s">
         <v>221</v>
       </c>
-      <c r="C58" t="s">
-[...19 lines deleted...]
-      </c>
+      <c r="H58"/>
+      <c r="I58"/>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" t="s">
+        <v>217</v>
+      </c>
+      <c r="B59" t="s">
+        <v>222</v>
+      </c>
+      <c r="C59" t="s">
         <v>223</v>
       </c>
-      <c r="B59" t="s">
+      <c r="D59">
+        <v>65</v>
+      </c>
+      <c r="E59" t="s">
         <v>224</v>
       </c>
-      <c r="C59" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F59">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="G59" t="s">
         <v>225</v>
       </c>
       <c r="H59">
-        <v>14.92</v>
+        <v>2.94</v>
       </c>
       <c r="I59">
-        <v>5.56</v>
+        <v>0.66</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" t="s">
         <v>226</v>
       </c>
       <c r="B60" t="s">
         <v>227</v>
       </c>
       <c r="C60" t="s">
+        <v>212</v>
+      </c>
+      <c r="D60">
+        <v>118</v>
+      </c>
+      <c r="E60" t="s">
         <v>228</v>
       </c>
-      <c r="D60">
-[...2 lines deleted...]
-      <c r="E60" t="s">
+      <c r="F60">
+        <v>2021</v>
+      </c>
+      <c r="G60" t="s">
         <v>229</v>
       </c>
-      <c r="F60">
-[...4 lines deleted...]
-      </c>
       <c r="H60">
-        <v>11.78</v>
+        <v>3.97</v>
       </c>
       <c r="I60">
-        <v>1.98</v>
+        <v>1.03</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" t="s">
+        <v>230</v>
+      </c>
+      <c r="B61" t="s">
         <v>231</v>
       </c>
-      <c r="B61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C61" t="s">
-        <v>32</v>
+        <v>212</v>
       </c>
       <c r="D61">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>233</v>
+        <v>117</v>
+      </c>
+      <c r="E61">
+        <v>241105</v>
       </c>
       <c r="F61">
         <v>2020</v>
       </c>
       <c r="G61" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="H61">
-        <v>4.99</v>
+        <v>3.79</v>
       </c>
       <c r="I61">
-        <v>1.88</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" t="s">
+        <v>233</v>
+      </c>
+      <c r="B62" t="s">
+        <v>234</v>
+      </c>
+      <c r="C62" t="s">
         <v>235</v>
       </c>
-      <c r="B62" t="s">
+      <c r="D62">
+        <v>2300</v>
+      </c>
+      <c r="E62" t="s">
         <v>236</v>
-      </c>
-[...7 lines deleted...]
-        <v>238</v>
       </c>
       <c r="F62">
         <v>2020</v>
       </c>
       <c r="G62" t="s">
-        <v>239</v>
-[...3 lines deleted...]
-      </c>
+        <v>237</v>
+      </c>
+      <c r="H62"/>
       <c r="I62">
-        <v>2.74</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" t="s">
+        <v>238</v>
+      </c>
+      <c r="B63" t="s">
+        <v>239</v>
+      </c>
+      <c r="C63" t="s">
         <v>240</v>
       </c>
-      <c r="B63" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D63">
-        <v>1461</v>
-[...2 lines deleted...]
-        <v>242</v>
+        <v>532</v>
+      </c>
+      <c r="E63">
+        <v>2000293</v>
       </c>
       <c r="F63">
         <v>2020</v>
       </c>
       <c r="G63" t="s">
-        <v>243</v>
-[...1 lines deleted...]
-      <c r="H63"/>
+        <v>241</v>
+      </c>
+      <c r="H63">
+        <v>2.99</v>
+      </c>
       <c r="I63">
-        <v>0.23</v>
+        <v>1.01</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="B64" t="s">
-        <v>245</v>
+        <v>234</v>
       </c>
       <c r="C64" t="s">
-        <v>130</v>
+        <v>243</v>
       </c>
       <c r="D64">
-        <v>68</v>
-[...2 lines deleted...]
-        <v>246</v>
+        <v>8</v>
+      </c>
+      <c r="E64">
+        <v>2001170</v>
       </c>
       <c r="F64">
         <v>2020</v>
       </c>
       <c r="G64" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="H64">
-        <v>4.39</v>
+        <v>9.93</v>
       </c>
       <c r="I64">
-        <v>1.65</v>
+        <v>2.89</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="B65" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="C65" t="s">
-        <v>250</v>
-[...1 lines deleted...]
-      <c r="D65"/>
+        <v>247</v>
+      </c>
+      <c r="D65">
+        <v>33</v>
+      </c>
       <c r="E65"/>
       <c r="F65">
         <v>2020</v>
       </c>
       <c r="G65" t="s">
-        <v>251</v>
-[...2 lines deleted...]
-      <c r="I65"/>
+        <v>248</v>
+      </c>
+      <c r="H65">
+        <v>4.04</v>
+      </c>
+      <c r="I65">
+        <v>1.28</v>
+      </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
       <c r="B66" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="C66" t="s">
-        <v>254</v>
+        <v>212</v>
       </c>
       <c r="D66">
-        <v>8</v>
+        <v>117</v>
       </c>
       <c r="E66" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="F66">
         <v>2020</v>
       </c>
       <c r="G66" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="H66">
-        <v>3.37</v>
+        <v>3.79</v>
       </c>
       <c r="I66">
-        <v>0.59</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" t="s">
-        <v>257</v>
+        <v>253</v>
       </c>
       <c r="B67" t="s">
-        <v>258</v>
+        <v>254</v>
       </c>
       <c r="C67" t="s">
-        <v>94</v>
+        <v>127</v>
       </c>
       <c r="D67">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="E67">
-        <v>100764</v>
+        <v>100835</v>
       </c>
       <c r="F67">
         <v>2020</v>
       </c>
       <c r="G67" t="s">
-        <v>259</v>
+        <v>255</v>
       </c>
       <c r="H67">
         <v>2.45</v>
       </c>
       <c r="I67">
         <v>0.58</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="B68" t="s">
-        <v>261</v>
+        <v>257</v>
       </c>
       <c r="C68" t="s">
-        <v>262</v>
-[...2 lines deleted...]
-      <c r="E68"/>
+        <v>40</v>
+      </c>
+      <c r="D68">
+        <v>11</v>
+      </c>
+      <c r="E68">
+        <v>3840</v>
+      </c>
       <c r="F68">
         <v>2020</v>
       </c>
       <c r="G68" t="s">
-        <v>263</v>
-[...2 lines deleted...]
-      <c r="I68"/>
+        <v>258</v>
+      </c>
+      <c r="H68">
+        <v>14.92</v>
+      </c>
+      <c r="I68">
+        <v>5.56</v>
+      </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" t="s">
-        <v>264</v>
+        <v>259</v>
       </c>
       <c r="B69" t="s">
-        <v>265</v>
+        <v>260</v>
       </c>
       <c r="C69" t="s">
+        <v>261</v>
+      </c>
+      <c r="D69">
+        <v>66</v>
+      </c>
+      <c r="E69" t="s">
         <v>262</v>
       </c>
-      <c r="D69"/>
-      <c r="E69"/>
       <c r="F69">
         <v>2020</v>
       </c>
       <c r="G69" t="s">
-        <v>266</v>
-[...2 lines deleted...]
-      <c r="I69"/>
+        <v>263</v>
+      </c>
+      <c r="H69">
+        <v>11.78</v>
+      </c>
+      <c r="I69">
+        <v>1.98</v>
+      </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" t="s">
+        <v>264</v>
+      </c>
+      <c r="B70" t="s">
+        <v>265</v>
+      </c>
+      <c r="C70" t="s">
+        <v>53</v>
+      </c>
+      <c r="D70">
+        <v>13</v>
+      </c>
+      <c r="E70" t="s">
+        <v>266</v>
+      </c>
+      <c r="F70">
+        <v>2020</v>
+      </c>
+      <c r="G70" t="s">
         <v>267</v>
       </c>
-      <c r="B70" t="s">
-[...17 lines deleted...]
-      <c r="H70"/>
+      <c r="H70">
+        <v>4.99</v>
+      </c>
       <c r="I70">
-        <v>0.22</v>
+        <v>1.88</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" t="s">
+        <v>268</v>
+      </c>
+      <c r="B71" t="s">
+        <v>269</v>
+      </c>
+      <c r="C71" t="s">
+        <v>270</v>
+      </c>
+      <c r="D71">
+        <v>7</v>
+      </c>
+      <c r="E71" t="s">
         <v>271</v>
       </c>
-      <c r="B71" t="s">
+      <c r="F71">
+        <v>2020</v>
+      </c>
+      <c r="G71" t="s">
         <v>272</v>
       </c>
-      <c r="C71" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H71">
-        <v>3.58</v>
+        <v>7.53</v>
       </c>
       <c r="I71">
-        <v>1.81</v>
+        <v>2.74</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" t="s">
+        <v>273</v>
+      </c>
+      <c r="B72" t="s">
         <v>274</v>
       </c>
-      <c r="B72" t="s">
+      <c r="C72" t="s">
+        <v>179</v>
+      </c>
+      <c r="D72">
+        <v>1461</v>
+      </c>
+      <c r="E72" t="s">
         <v>275</v>
       </c>
-      <c r="C72" t="s">
+      <c r="F72">
+        <v>2020</v>
+      </c>
+      <c r="G72" t="s">
         <v>276</v>
       </c>
-      <c r="D72"/>
-[...6 lines deleted...]
-      </c>
       <c r="H72"/>
-      <c r="I72"/>
+      <c r="I72">
+        <v>0.23</v>
+      </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" t="s">
+        <v>277</v>
+      </c>
+      <c r="B73" t="s">
         <v>278</v>
       </c>
-      <c r="B73" t="s">
+      <c r="C73" t="s">
+        <v>163</v>
+      </c>
+      <c r="D73">
+        <v>68</v>
+      </c>
+      <c r="E73" t="s">
         <v>279</v>
       </c>
-      <c r="C73" t="s">
+      <c r="F73">
+        <v>2020</v>
+      </c>
+      <c r="G73" t="s">
         <v>280</v>
       </c>
-      <c r="D73"/>
-[...8 lines deleted...]
-      <c r="I73"/>
+      <c r="H73">
+        <v>4.39</v>
+      </c>
+      <c r="I73">
+        <v>1.65</v>
+      </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" t="s">
+        <v>281</v>
+      </c>
+      <c r="B74" t="s">
         <v>282</v>
       </c>
-      <c r="B74" t="s">
+      <c r="C74" t="s">
         <v>283</v>
       </c>
-      <c r="C74" t="s">
+      <c r="D74"/>
+      <c r="E74"/>
+      <c r="F74">
+        <v>2020</v>
+      </c>
+      <c r="G74" t="s">
         <v>284</v>
       </c>
-      <c r="D74">
-[...16 lines deleted...]
-      </c>
+      <c r="H74"/>
+      <c r="I74"/>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" t="s">
+        <v>285</v>
+      </c>
+      <c r="B75" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>241</v>
       </c>
       <c r="C75" t="s">
         <v>287</v>
       </c>
       <c r="D75">
-        <v>122</v>
-[...2 lines deleted...]
-        <v>193905</v>
+        <v>8</v>
+      </c>
+      <c r="E75" t="s">
+        <v>288</v>
       </c>
       <c r="F75">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G75" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="H75">
-        <v>8.39</v>
+        <v>3.37</v>
       </c>
       <c r="I75">
-        <v>3.59</v>
+        <v>0.59</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="B76" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="C76" t="s">
-        <v>291</v>
+        <v>127</v>
       </c>
       <c r="D76">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="E76">
-        <v>1900912</v>
+        <v>100764</v>
       </c>
       <c r="F76">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G76" t="s">
         <v>292</v>
       </c>
       <c r="H76">
-        <v>27.4</v>
+        <v>2.45</v>
       </c>
       <c r="I76">
-        <v>10.57</v>
+        <v>0.58</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" t="s">
         <v>293</v>
       </c>
       <c r="B77" t="s">
         <v>294</v>
       </c>
       <c r="C77" t="s">
-        <v>32</v>
-[...4 lines deleted...]
-      <c r="E77" t="s">
         <v>295</v>
       </c>
+      <c r="D77"/>
+      <c r="E77"/>
       <c r="F77">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="G77" t="s">
         <v>296</v>
       </c>
-      <c r="H77">
-[...4 lines deleted...]
-      </c>
+      <c r="H77"/>
+      <c r="I77"/>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" t="s">
         <v>297</v>
       </c>
       <c r="B78" t="s">
         <v>298</v>
       </c>
       <c r="C78" t="s">
-        <v>190</v>
-[...4 lines deleted...]
-      <c r="E78" t="s">
+        <v>295</v>
+      </c>
+      <c r="D78"/>
+      <c r="E78"/>
+      <c r="F78">
+        <v>2020</v>
+      </c>
+      <c r="G78" t="s">
         <v>299</v>
       </c>
-      <c r="F78">
-[...10 lines deleted...]
-      </c>
+      <c r="H78"/>
+      <c r="I78"/>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" t="s">
+        <v>300</v>
+      </c>
+      <c r="B79" t="s">
         <v>301</v>
       </c>
-      <c r="B79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C79" t="s">
-        <v>146</v>
+        <v>179</v>
       </c>
       <c r="D79">
-        <v>1092</v>
-[...2 lines deleted...]
-        <v>12083</v>
+        <v>1410</v>
+      </c>
+      <c r="E79" t="s">
+        <v>302</v>
       </c>
       <c r="F79">
         <v>2019</v>
       </c>
       <c r="G79" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="H79"/>
       <c r="I79">
         <v>0.22</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B80" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="C80" t="s">
-        <v>305</v>
+        <v>24</v>
       </c>
       <c r="D80">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>306</v>
+        <v>100</v>
+      </c>
+      <c r="E80">
+        <v>205136</v>
       </c>
       <c r="F80">
         <v>2019</v>
       </c>
       <c r="G80" t="s">
-        <v>307</v>
-[...2 lines deleted...]
-      <c r="I80"/>
+        <v>306</v>
+      </c>
+      <c r="H80">
+        <v>3.58</v>
+      </c>
+      <c r="I80">
+        <v>1.81</v>
+      </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" t="s">
+        <v>307</v>
+      </c>
+      <c r="B81" t="s">
         <v>308</v>
       </c>
-      <c r="B81" t="s">
+      <c r="C81" t="s">
         <v>309</v>
       </c>
-      <c r="C81" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D81"/>
+      <c r="E81"/>
       <c r="F81">
         <v>2019</v>
       </c>
       <c r="G81" t="s">
         <v>310</v>
       </c>
-      <c r="H81">
-[...4 lines deleted...]
-      </c>
+      <c r="H81"/>
+      <c r="I81"/>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" t="s">
         <v>311</v>
       </c>
       <c r="B82" t="s">
         <v>312</v>
       </c>
       <c r="C82" t="s">
         <v>313</v>
       </c>
       <c r="D82"/>
       <c r="E82"/>
       <c r="F82">
         <v>2019</v>
       </c>
       <c r="G82" t="s">
         <v>314</v>
       </c>
       <c r="H82"/>
       <c r="I82"/>
     </row>
     <row r="83" spans="1:9">
       <c r="A83" t="s">
         <v>315</v>
       </c>
       <c r="B83" t="s">
         <v>316</v>
       </c>
       <c r="C83" t="s">
-        <v>190</v>
+        <v>317</v>
       </c>
       <c r="D83">
-        <v>62</v>
-[...2 lines deleted...]
-        <v>317</v>
+        <v>257</v>
+      </c>
+      <c r="E83">
+        <v>1900406</v>
       </c>
       <c r="F83">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G83" t="s">
         <v>318</v>
       </c>
       <c r="H83">
-        <v>3.09</v>
+        <v>1.45</v>
       </c>
       <c r="I83">
-        <v>0.73</v>
+        <v>0.52</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" t="s">
         <v>319</v>
       </c>
       <c r="B84" t="s">
         <v>320</v>
       </c>
       <c r="C84" t="s">
         <v>321</v>
       </c>
-      <c r="D84"/>
-      <c r="E84" t="s">
+      <c r="D84">
+        <v>31</v>
+      </c>
+      <c r="E84">
+        <v>1900912</v>
+      </c>
+      <c r="F84">
+        <v>2019</v>
+      </c>
+      <c r="G84" t="s">
         <v>322</v>
       </c>
-      <c r="F84">
-[...6 lines deleted...]
-      <c r="I84"/>
+      <c r="H84">
+        <v>27.4</v>
+      </c>
+      <c r="I84">
+        <v>10.57</v>
+      </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85" t="s">
+        <v>323</v>
+      </c>
+      <c r="B85" t="s">
+        <v>274</v>
+      </c>
+      <c r="C85" t="s">
         <v>324</v>
       </c>
-      <c r="B85" t="s">
+      <c r="D85">
+        <v>122</v>
+      </c>
+      <c r="E85">
+        <v>193905</v>
+      </c>
+      <c r="F85">
+        <v>2019</v>
+      </c>
+      <c r="G85" t="s">
         <v>325</v>
       </c>
-      <c r="C85" t="s">
-[...11 lines deleted...]
-      <c r="I85"/>
+      <c r="H85">
+        <v>8.39</v>
+      </c>
+      <c r="I85">
+        <v>3.59</v>
+      </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" t="s">
+        <v>326</v>
+      </c>
+      <c r="B86" t="s">
         <v>327</v>
       </c>
-      <c r="B86" t="s">
+      <c r="C86" t="s">
+        <v>53</v>
+      </c>
+      <c r="D86">
+        <v>11</v>
+      </c>
+      <c r="E86" t="s">
         <v>328</v>
       </c>
-      <c r="C86" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F86">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G86" t="s">
         <v>329</v>
       </c>
-      <c r="H86"/>
+      <c r="H86">
+        <v>4.19</v>
+      </c>
       <c r="I86">
-        <v>0.24</v>
+        <v>1.87</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" t="s">
         <v>330</v>
       </c>
       <c r="B87" t="s">
         <v>331</v>
       </c>
       <c r="C87" t="s">
-        <v>36</v>
+        <v>223</v>
       </c>
       <c r="D87">
-        <v>98</v>
-[...2 lines deleted...]
-        <v>174302</v>
+        <v>61</v>
+      </c>
+      <c r="E87" t="s">
+        <v>332</v>
       </c>
       <c r="F87">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G87" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="H87">
-        <v>3.74</v>
+        <v>2.82</v>
       </c>
       <c r="I87">
-        <v>1.5</v>
+        <v>0.92</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="B88" t="s">
-        <v>334</v>
+        <v>286</v>
       </c>
       <c r="C88" t="s">
+        <v>179</v>
+      </c>
+      <c r="D88">
+        <v>1092</v>
+      </c>
+      <c r="E88">
+        <v>12083</v>
+      </c>
+      <c r="F88">
+        <v>2019</v>
+      </c>
+      <c r="G88" t="s">
         <v>335</v>
       </c>
-      <c r="D88">
-[...13 lines deleted...]
-      </c>
+      <c r="H88"/>
       <c r="I88">
-        <v>0.5</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" t="s">
+        <v>336</v>
+      </c>
+      <c r="B89" t="s">
         <v>337</v>
       </c>
-      <c r="B89" t="s">
+      <c r="C89" t="s">
         <v>338</v>
       </c>
-      <c r="C89" t="s">
+      <c r="D89">
+        <v>9</v>
+      </c>
+      <c r="E89" t="s">
         <v>339</v>
       </c>
-      <c r="D89"/>
-[...2 lines deleted...]
-      </c>
       <c r="F89">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G89" t="s">
         <v>340</v>
       </c>
       <c r="H89"/>
       <c r="I89"/>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" t="s">
         <v>341</v>
       </c>
       <c r="B90" t="s">
         <v>342</v>
       </c>
       <c r="C90" t="s">
+        <v>212</v>
+      </c>
+      <c r="D90">
+        <v>114</v>
+      </c>
+      <c r="E90">
+        <v>31103</v>
+      </c>
+      <c r="F90">
+        <v>2019</v>
+      </c>
+      <c r="G90" t="s">
         <v>343</v>
       </c>
-      <c r="D90"/>
-[...8 lines deleted...]
-      <c r="I90"/>
+      <c r="H90">
+        <v>3.6</v>
+      </c>
+      <c r="I90">
+        <v>1.34</v>
+      </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91" t="s">
+        <v>344</v>
+      </c>
+      <c r="B91" t="s">
         <v>345</v>
       </c>
-      <c r="B91" t="s">
+      <c r="C91" t="s">
         <v>346</v>
-      </c>
-[...1 lines deleted...]
-        <v>347</v>
       </c>
       <c r="D91"/>
       <c r="E91"/>
       <c r="F91">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="G91" t="s">
-        <v>348</v>
+        <v>347</v>
       </c>
       <c r="H91"/>
       <c r="I91"/>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" t="s">
+        <v>348</v>
+      </c>
+      <c r="B92" t="s">
         <v>349</v>
       </c>
-      <c r="B92" t="s">
+      <c r="C92" t="s">
+        <v>223</v>
+      </c>
+      <c r="D92">
+        <v>62</v>
+      </c>
+      <c r="E92" t="s">
         <v>350</v>
-      </c>
-[...7 lines deleted...]
-        <v>909</v>
       </c>
       <c r="F92">
         <v>2018</v>
       </c>
       <c r="G92" t="s">
         <v>351</v>
       </c>
       <c r="H92">
-        <v>11.88</v>
+        <v>3.09</v>
       </c>
       <c r="I92">
-        <v>5.99</v>
+        <v>0.73</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93" t="s">
         <v>352</v>
       </c>
       <c r="B93" t="s">
         <v>353</v>
       </c>
       <c r="C93" t="s">
-        <v>343</v>
+        <v>354</v>
       </c>
       <c r="D93"/>
-      <c r="E93"/>
+      <c r="E93" t="s">
+        <v>355</v>
+      </c>
       <c r="F93">
         <v>2018</v>
       </c>
       <c r="G93" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="H93"/>
       <c r="I93"/>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="B94" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="C94" t="s">
-        <v>174</v>
-[...6 lines deleted...]
-      </c>
+        <v>354</v>
+      </c>
+      <c r="D94"/>
+      <c r="E94"/>
       <c r="F94">
         <v>2018</v>
       </c>
       <c r="G94" t="s">
-        <v>358</v>
-[...6 lines deleted...]
-      </c>
+        <v>359</v>
+      </c>
+      <c r="H94"/>
+      <c r="I94"/>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="B95" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="C95" t="s">
-        <v>343</v>
-[...2 lines deleted...]
-      <c r="E95"/>
+        <v>179</v>
+      </c>
+      <c r="D95">
+        <v>1092</v>
+      </c>
+      <c r="E95">
+        <v>12176</v>
+      </c>
       <c r="F95">
         <v>2018</v>
       </c>
       <c r="G95" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="H95"/>
-      <c r="I95"/>
+      <c r="I95">
+        <v>0.24</v>
+      </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B96" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="C96" t="s">
-        <v>364</v>
-[...2 lines deleted...]
-      <c r="E96"/>
+        <v>24</v>
+      </c>
+      <c r="D96">
+        <v>98</v>
+      </c>
+      <c r="E96">
+        <v>174302</v>
+      </c>
       <c r="F96">
         <v>2018</v>
       </c>
       <c r="G96" t="s">
         <v>365</v>
       </c>
-      <c r="H96"/>
-      <c r="I96"/>
+      <c r="H96">
+        <v>3.74</v>
+      </c>
+      <c r="I96">
+        <v>1.5</v>
+      </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" t="s">
         <v>366</v>
       </c>
       <c r="B97" t="s">
         <v>367</v>
       </c>
       <c r="C97" t="s">
         <v>368</v>
       </c>
-      <c r="D97"/>
-      <c r="E97"/>
+      <c r="D97">
+        <v>108</v>
+      </c>
+      <c r="E97" t="s">
+        <v>339</v>
+      </c>
       <c r="F97">
         <v>2018</v>
       </c>
       <c r="G97" t="s">
         <v>369</v>
       </c>
-      <c r="H97"/>
-      <c r="I97"/>
+      <c r="H97">
+        <v>1.41</v>
+      </c>
+      <c r="I97">
+        <v>0.5</v>
+      </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" t="s">
         <v>370</v>
       </c>
       <c r="B98" t="s">
-        <v>312</v>
+        <v>371</v>
       </c>
       <c r="C98" t="s">
-        <v>371</v>
-[...3 lines deleted...]
-      </c>
+        <v>372</v>
+      </c>
+      <c r="D98"/>
       <c r="E98">
-        <v>9190</v>
+        <v>43525</v>
       </c>
       <c r="F98">
         <v>2018</v>
       </c>
       <c r="G98" t="s">
-        <v>372</v>
-[...6 lines deleted...]
-      </c>
+        <v>373</v>
+      </c>
+      <c r="H98"/>
+      <c r="I98"/>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="B99" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="C99" t="s">
-        <v>36</v>
-[...6 lines deleted...]
-      </c>
+        <v>376</v>
+      </c>
+      <c r="D99"/>
+      <c r="E99"/>
       <c r="F99">
         <v>2018</v>
       </c>
       <c r="G99" t="s">
-        <v>375</v>
-[...6 lines deleted...]
-      </c>
+        <v>377</v>
+      </c>
+      <c r="H99"/>
+      <c r="I99"/>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="B100" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="C100" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="D100"/>
       <c r="E100"/>
       <c r="F100">
         <v>2018</v>
       </c>
-      <c r="G100"/>
+      <c r="G100" t="s">
+        <v>381</v>
+      </c>
       <c r="H100"/>
       <c r="I100"/>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="B101" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="C101" t="s">
-        <v>381</v>
-[...2 lines deleted...]
-      <c r="E101"/>
+        <v>40</v>
+      </c>
+      <c r="D101">
+        <v>9</v>
+      </c>
+      <c r="E101">
+        <v>909</v>
+      </c>
       <c r="F101">
         <v>2018</v>
       </c>
       <c r="G101" t="s">
-        <v>382</v>
-[...2 lines deleted...]
-      <c r="I101"/>
+        <v>384</v>
+      </c>
+      <c r="H101">
+        <v>11.88</v>
+      </c>
+      <c r="I101">
+        <v>5.99</v>
+      </c>
     </row>
     <row r="102" spans="1:9">
       <c r="A102" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="B102" t="s">
-        <v>298</v>
+        <v>386</v>
       </c>
       <c r="C102" t="s">
-        <v>371</v>
+        <v>207</v>
       </c>
       <c r="D102">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>6624</v>
+        <v>80</v>
+      </c>
+      <c r="E102" t="s">
+        <v>387</v>
       </c>
       <c r="F102">
         <v>2018</v>
       </c>
       <c r="G102" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="H102">
-        <v>4.01</v>
+        <v>3.86</v>
       </c>
       <c r="I102">
-        <v>1.41</v>
+        <v>1.99</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="B103" t="s">
-        <v>386</v>
+        <v>390</v>
       </c>
       <c r="C103" t="s">
-        <v>387</v>
-[...6 lines deleted...]
-      </c>
+        <v>376</v>
+      </c>
+      <c r="D103"/>
+      <c r="E103"/>
       <c r="F103">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G103" t="s">
-        <v>390</v>
-[...6 lines deleted...]
-      </c>
+        <v>391</v>
+      </c>
+      <c r="H103"/>
+      <c r="I103"/>
     </row>
     <row r="104" spans="1:9">
       <c r="A104" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="B104" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="C104" t="s">
-        <v>393</v>
+        <v>376</v>
       </c>
       <c r="D104"/>
       <c r="E104"/>
       <c r="F104">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G104" t="s">
         <v>394</v>
       </c>
       <c r="H104"/>
       <c r="I104"/>
     </row>
     <row r="105" spans="1:9">
       <c r="A105" t="s">
         <v>395</v>
       </c>
       <c r="B105" t="s">
         <v>396</v>
       </c>
       <c r="C105" t="s">
-        <v>32</v>
-[...6 lines deleted...]
-      </c>
+        <v>397</v>
+      </c>
+      <c r="D105"/>
+      <c r="E105"/>
       <c r="F105">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G105" t="s">
-        <v>397</v>
-[...6 lines deleted...]
-      </c>
+        <v>398</v>
+      </c>
+      <c r="H105"/>
+      <c r="I105"/>
     </row>
     <row r="106" spans="1:9">
       <c r="A106" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="B106" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="C106" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="D106"/>
       <c r="E106"/>
       <c r="F106">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G106" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="H106"/>
       <c r="I106"/>
     </row>
     <row r="107" spans="1:9">
       <c r="A107" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="B107" t="s">
-        <v>403</v>
+        <v>345</v>
       </c>
       <c r="C107" t="s">
-        <v>400</v>
-[...2 lines deleted...]
-      <c r="E107" t="s">
         <v>404</v>
       </c>
+      <c r="D107">
+        <v>8</v>
+      </c>
+      <c r="E107">
+        <v>9190</v>
+      </c>
       <c r="F107">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="G107" t="s">
         <v>405</v>
       </c>
-      <c r="H107"/>
-      <c r="I107"/>
+      <c r="H107">
+        <v>4.01</v>
+      </c>
+      <c r="I107">
+        <v>1.41</v>
+      </c>
     </row>
     <row r="108" spans="1:9">
       <c r="A108" t="s">
         <v>406</v>
       </c>
       <c r="B108" t="s">
         <v>407</v>
       </c>
       <c r="C108" t="s">
-        <v>400</v>
-[...2 lines deleted...]
-      <c r="E108" t="s">
+        <v>24</v>
+      </c>
+      <c r="D108">
+        <v>97</v>
+      </c>
+      <c r="E108">
+        <v>115119</v>
+      </c>
+      <c r="F108">
+        <v>2018</v>
+      </c>
+      <c r="G108" t="s">
         <v>408</v>
       </c>
-      <c r="F108">
-[...6 lines deleted...]
-      <c r="I108"/>
+      <c r="H108">
+        <v>3.74</v>
+      </c>
+      <c r="I108">
+        <v>1.5</v>
+      </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109" t="s">
+        <v>409</v>
+      </c>
+      <c r="B109" t="s">
         <v>410</v>
       </c>
-      <c r="B109" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C109" t="s">
-        <v>400</v>
+        <v>411</v>
       </c>
       <c r="D109"/>
       <c r="E109"/>
       <c r="F109">
-        <v>2017</v>
-[...3 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="G109"/>
       <c r="H109"/>
       <c r="I109"/>
     </row>
     <row r="110" spans="1:9">
       <c r="A110" t="s">
         <v>412</v>
       </c>
       <c r="B110" t="s">
         <v>413</v>
       </c>
       <c r="C110" t="s">
         <v>414</v>
       </c>
-      <c r="D110">
-[...2 lines deleted...]
-      <c r="E110" t="s">
+      <c r="D110"/>
+      <c r="E110"/>
+      <c r="F110">
+        <v>2018</v>
+      </c>
+      <c r="G110" t="s">
         <v>415</v>
       </c>
-      <c r="F110">
-[...10 lines deleted...]
-      </c>
+      <c r="H110"/>
+      <c r="I110"/>
     </row>
     <row r="111" spans="1:9">
       <c r="A111" t="s">
+        <v>416</v>
+      </c>
+      <c r="B111" t="s">
+        <v>331</v>
+      </c>
+      <c r="C111" t="s">
+        <v>404</v>
+      </c>
+      <c r="D111">
+        <v>8</v>
+      </c>
+      <c r="E111">
+        <v>6624</v>
+      </c>
+      <c r="F111">
+        <v>2018</v>
+      </c>
+      <c r="G111" t="s">
         <v>417</v>
       </c>
-      <c r="B111" t="s">
-[...14 lines deleted...]
-      <c r="I111"/>
+      <c r="H111">
+        <v>4.01</v>
+      </c>
+      <c r="I111">
+        <v>1.41</v>
+      </c>
     </row>
     <row r="112" spans="1:9">
       <c r="A112" t="s">
+        <v>418</v>
+      </c>
+      <c r="B112" t="s">
+        <v>419</v>
+      </c>
+      <c r="C112" t="s">
+        <v>420</v>
+      </c>
+      <c r="D112" t="s">
         <v>421</v>
       </c>
-      <c r="B112" t="s">
+      <c r="E112" t="s">
         <v>422</v>
-      </c>
-[...7 lines deleted...]
-        <v>40034</v>
       </c>
       <c r="F112">
         <v>2017</v>
       </c>
       <c r="G112" t="s">
         <v>423</v>
       </c>
-      <c r="H112"/>
+      <c r="H112">
+        <v>12.08</v>
+      </c>
       <c r="I112">
-        <v>0.17</v>
+        <v>7.45</v>
       </c>
     </row>
     <row r="113" spans="1:9">
       <c r="A113" t="s">
         <v>424</v>
       </c>
       <c r="B113" t="s">
-        <v>367</v>
+        <v>425</v>
       </c>
       <c r="C113" t="s">
-        <v>425</v>
-[...4 lines deleted...]
-      <c r="E113" t="s">
         <v>426</v>
       </c>
+      <c r="D113"/>
+      <c r="E113"/>
       <c r="F113">
         <v>2017</v>
       </c>
       <c r="G113" t="s">
         <v>427</v>
       </c>
-      <c r="H113">
-[...4 lines deleted...]
-      </c>
+      <c r="H113"/>
+      <c r="I113"/>
     </row>
     <row r="114" spans="1:9">
       <c r="A114" t="s">
         <v>428</v>
       </c>
       <c r="B114" t="s">
-        <v>367</v>
+        <v>429</v>
       </c>
       <c r="C114" t="s">
-        <v>400</v>
-[...2 lines deleted...]
-      <c r="E114"/>
+        <v>53</v>
+      </c>
+      <c r="D114">
+        <v>9</v>
+      </c>
+      <c r="E114">
+        <v>14020</v>
+      </c>
       <c r="F114">
         <v>2017</v>
       </c>
       <c r="G114" t="s">
-        <v>429</v>
-[...2 lines deleted...]
-      <c r="I114"/>
+        <v>430</v>
+      </c>
+      <c r="H114">
+        <v>4.78</v>
+      </c>
+      <c r="I114">
+        <v>2.09</v>
+      </c>
     </row>
     <row r="115" spans="1:9">
       <c r="A115" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="B115" t="s">
-        <v>396</v>
+        <v>432</v>
       </c>
       <c r="C115" t="s">
-        <v>202</v>
-[...6 lines deleted...]
-      </c>
+        <v>433</v>
+      </c>
+      <c r="D115"/>
+      <c r="E115"/>
       <c r="F115">
         <v>2017</v>
       </c>
       <c r="G115" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="H115"/>
-      <c r="I115">
-[...1 lines deleted...]
-      </c>
+      <c r="I115"/>
     </row>
     <row r="116" spans="1:9">
       <c r="A116" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="B116" t="s">
+        <v>436</v>
+      </c>
+      <c r="C116" t="s">
         <v>433</v>
       </c>
-      <c r="C116" t="s">
-[...6 lines deleted...]
-        <v>40059</v>
+      <c r="D116"/>
+      <c r="E116" t="s">
+        <v>437</v>
       </c>
       <c r="F116">
         <v>2017</v>
       </c>
       <c r="G116" t="s">
-        <v>434</v>
+        <v>438</v>
       </c>
       <c r="H116"/>
-      <c r="I116">
-[...1 lines deleted...]
-      </c>
+      <c r="I116"/>
     </row>
     <row r="117" spans="1:9">
       <c r="A117" t="s">
-        <v>435</v>
+        <v>439</v>
       </c>
       <c r="B117" t="s">
-        <v>436</v>
+        <v>440</v>
       </c>
       <c r="C117" t="s">
-        <v>202</v>
-[...5 lines deleted...]
-        <v>40058</v>
+        <v>433</v>
+      </c>
+      <c r="D117"/>
+      <c r="E117" t="s">
+        <v>441</v>
       </c>
       <c r="F117">
         <v>2017</v>
       </c>
       <c r="G117" t="s">
-        <v>437</v>
+        <v>442</v>
       </c>
       <c r="H117"/>
-      <c r="I117">
-[...1 lines deleted...]
-      </c>
+      <c r="I117"/>
     </row>
     <row r="118" spans="1:9">
       <c r="A118" t="s">
-        <v>438</v>
+        <v>443</v>
       </c>
       <c r="B118" t="s">
-        <v>439</v>
+        <v>375</v>
       </c>
       <c r="C118" t="s">
-        <v>202</v>
-[...6 lines deleted...]
-      </c>
+        <v>433</v>
+      </c>
+      <c r="D118"/>
+      <c r="E118"/>
       <c r="F118">
         <v>2017</v>
       </c>
       <c r="G118" t="s">
-        <v>440</v>
+        <v>444</v>
       </c>
       <c r="H118"/>
-      <c r="I118">
-[...1 lines deleted...]
-      </c>
+      <c r="I118"/>
     </row>
     <row r="119" spans="1:9">
       <c r="A119" t="s">
-        <v>441</v>
+        <v>445</v>
       </c>
       <c r="B119" t="s">
-        <v>353</v>
+        <v>446</v>
       </c>
       <c r="C119" t="s">
-        <v>202</v>
+        <v>447</v>
       </c>
       <c r="D119">
-        <v>1874</v>
-[...2 lines deleted...]
-        <v>30037</v>
+        <v>12</v>
+      </c>
+      <c r="E119" t="s">
+        <v>448</v>
       </c>
       <c r="F119">
         <v>2017</v>
       </c>
       <c r="G119" t="s">
-        <v>442</v>
-[...1 lines deleted...]
-      <c r="H119"/>
+        <v>449</v>
+      </c>
+      <c r="H119">
+        <v>8.53</v>
+      </c>
       <c r="I119">
-        <v>0.17</v>
+        <v>4.23</v>
       </c>
     </row>
     <row r="120" spans="1:9">
       <c r="A120" t="s">
-        <v>443</v>
+        <v>450</v>
       </c>
       <c r="B120" t="s">
-        <v>353</v>
+        <v>451</v>
       </c>
       <c r="C120" t="s">
-        <v>444</v>
+        <v>452</v>
       </c>
       <c r="D120"/>
-      <c r="E120">
-[...1 lines deleted...]
-      </c>
+      <c r="E120"/>
       <c r="F120">
         <v>2017</v>
       </c>
       <c r="G120" t="s">
-        <v>445</v>
+        <v>453</v>
       </c>
       <c r="H120"/>
       <c r="I120"/>
     </row>
     <row r="121" spans="1:9">
       <c r="A121" t="s">
-        <v>446</v>
+        <v>454</v>
       </c>
       <c r="B121" t="s">
-        <v>447</v>
+        <v>455</v>
       </c>
       <c r="C121" t="s">
-        <v>202</v>
+        <v>235</v>
       </c>
       <c r="D121">
         <v>1874</v>
       </c>
       <c r="E121">
-        <v>30011</v>
+        <v>40034</v>
       </c>
       <c r="F121">
         <v>2017</v>
       </c>
       <c r="G121" t="s">
-        <v>448</v>
+        <v>456</v>
       </c>
       <c r="H121"/>
       <c r="I121">
         <v>0.17</v>
       </c>
     </row>
     <row r="122" spans="1:9">
       <c r="A122" t="s">
-        <v>449</v>
+        <v>457</v>
       </c>
       <c r="B122" t="s">
-        <v>450</v>
+        <v>400</v>
       </c>
       <c r="C122" t="s">
-        <v>202</v>
+        <v>458</v>
       </c>
       <c r="D122">
-        <v>1874</v>
-[...2 lines deleted...]
-        <v>20007</v>
+        <v>286</v>
+      </c>
+      <c r="E122" t="s">
+        <v>459</v>
       </c>
       <c r="F122">
         <v>2017</v>
       </c>
       <c r="G122" t="s">
-        <v>451</v>
-[...1 lines deleted...]
-      <c r="H122"/>
+        <v>460</v>
+      </c>
+      <c r="H122">
+        <v>2.59</v>
+      </c>
       <c r="I122">
-        <v>0.17</v>
+        <v>1.18</v>
       </c>
     </row>
     <row r="123" spans="1:9">
       <c r="A123" t="s">
-        <v>452</v>
+        <v>461</v>
       </c>
       <c r="B123" t="s">
-        <v>453</v>
+        <v>400</v>
       </c>
       <c r="C123" t="s">
-        <v>202</v>
-[...6 lines deleted...]
-      </c>
+        <v>433</v>
+      </c>
+      <c r="D123"/>
+      <c r="E123"/>
       <c r="F123">
         <v>2017</v>
       </c>
       <c r="G123" t="s">
-        <v>454</v>
+        <v>462</v>
       </c>
       <c r="H123"/>
-      <c r="I123">
-[...1 lines deleted...]
-      </c>
+      <c r="I123"/>
     </row>
     <row r="124" spans="1:9">
       <c r="A124" t="s">
-        <v>455</v>
+        <v>463</v>
       </c>
       <c r="B124" t="s">
-        <v>399</v>
+        <v>429</v>
       </c>
       <c r="C124" t="s">
-        <v>456</v>
+        <v>235</v>
       </c>
       <c r="D124">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>457</v>
+        <v>1874</v>
+      </c>
+      <c r="E124">
+        <v>30033</v>
       </c>
       <c r="F124">
         <v>2017</v>
       </c>
       <c r="G124" t="s">
-        <v>458</v>
-[...3 lines deleted...]
-      </c>
+        <v>464</v>
+      </c>
+      <c r="H124"/>
       <c r="I124">
-        <v>1.05</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="125" spans="1:9">
       <c r="A125" t="s">
-        <v>459</v>
+        <v>465</v>
       </c>
       <c r="B125" t="s">
-        <v>460</v>
+        <v>466</v>
       </c>
       <c r="C125" t="s">
-        <v>36</v>
+        <v>235</v>
       </c>
       <c r="D125">
-        <v>96</v>
+        <v>1874</v>
       </c>
       <c r="E125">
-        <v>35146</v>
+        <v>40005</v>
       </c>
       <c r="F125">
         <v>2017</v>
       </c>
       <c r="G125" t="s">
-        <v>461</v>
-[...3 lines deleted...]
-      </c>
+        <v>467</v>
+      </c>
+      <c r="H125"/>
       <c r="I125">
-        <v>2.34</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="126" spans="1:9">
       <c r="A126" t="s">
-        <v>462</v>
+        <v>468</v>
       </c>
       <c r="B126" t="s">
-        <v>463</v>
+        <v>469</v>
       </c>
       <c r="C126" t="s">
-        <v>464</v>
-[...3 lines deleted...]
-        <v>465</v>
+        <v>235</v>
+      </c>
+      <c r="D126">
+        <v>1874</v>
+      </c>
+      <c r="E126">
+        <v>40059</v>
       </c>
       <c r="F126">
         <v>2017</v>
       </c>
       <c r="G126" t="s">
-        <v>466</v>
+        <v>470</v>
       </c>
       <c r="H126"/>
-      <c r="I126"/>
+      <c r="I126">
+        <v>0.17</v>
+      </c>
     </row>
     <row r="127" spans="1:9">
       <c r="A127" t="s">
-        <v>467</v>
+        <v>471</v>
       </c>
       <c r="B127" t="s">
-        <v>353</v>
+        <v>472</v>
       </c>
       <c r="C127" t="s">
-        <v>464</v>
-[...3 lines deleted...]
-        <v>468</v>
+        <v>235</v>
+      </c>
+      <c r="D127">
+        <v>1874</v>
+      </c>
+      <c r="E127">
+        <v>40058</v>
       </c>
       <c r="F127">
         <v>2017</v>
       </c>
       <c r="G127" t="s">
-        <v>469</v>
+        <v>473</v>
       </c>
       <c r="H127"/>
-      <c r="I127"/>
+      <c r="I127">
+        <v>0.17</v>
+      </c>
     </row>
     <row r="128" spans="1:9">
       <c r="A128" t="s">
-        <v>470</v>
+        <v>474</v>
       </c>
       <c r="B128" t="s">
-        <v>471</v>
+        <v>390</v>
       </c>
       <c r="C128" t="s">
-        <v>130</v>
+        <v>235</v>
       </c>
       <c r="D128">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>472</v>
+        <v>1874</v>
+      </c>
+      <c r="E128">
+        <v>30037</v>
       </c>
       <c r="F128">
         <v>2017</v>
       </c>
       <c r="G128" t="s">
-        <v>473</v>
-[...3 lines deleted...]
-      </c>
+        <v>475</v>
+      </c>
+      <c r="H128"/>
       <c r="I128">
-        <v>1.31</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="129" spans="1:9">
       <c r="A129" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="B129" t="s">
-        <v>475</v>
+        <v>390</v>
       </c>
       <c r="C129" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="D129"/>
-      <c r="E129" t="s">
-        <v>477</v>
+      <c r="E129">
+        <v>43525</v>
       </c>
       <c r="F129">
         <v>2017</v>
       </c>
       <c r="G129" t="s">
         <v>478</v>
       </c>
       <c r="H129"/>
       <c r="I129"/>
     </row>
     <row r="130" spans="1:9">
       <c r="A130" t="s">
         <v>479</v>
       </c>
       <c r="B130" t="s">
         <v>480</v>
       </c>
       <c r="C130" t="s">
-        <v>387</v>
+        <v>235</v>
       </c>
       <c r="D130">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>481</v>
+        <v>1874</v>
+      </c>
+      <c r="E130">
+        <v>30011</v>
       </c>
       <c r="F130">
         <v>2017</v>
       </c>
       <c r="G130" t="s">
-        <v>482</v>
-[...3 lines deleted...]
-      </c>
+        <v>481</v>
+      </c>
+      <c r="H130"/>
       <c r="I130">
-        <v>7.45</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="131" spans="1:9">
       <c r="A131" t="s">
+        <v>482</v>
+      </c>
+      <c r="B131" t="s">
         <v>483</v>
       </c>
-      <c r="B131" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C131" t="s">
-        <v>36</v>
+        <v>235</v>
       </c>
       <c r="D131">
-        <v>95</v>
+        <v>1874</v>
       </c>
       <c r="E131">
-        <v>165119</v>
+        <v>20007</v>
       </c>
       <c r="F131">
         <v>2017</v>
       </c>
       <c r="G131" t="s">
-        <v>485</v>
-[...3 lines deleted...]
-      </c>
+        <v>484</v>
+      </c>
+      <c r="H131"/>
       <c r="I131">
-        <v>2.34</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="132" spans="1:9">
       <c r="A132" t="s">
+        <v>485</v>
+      </c>
+      <c r="B132" t="s">
         <v>486</v>
       </c>
-      <c r="B132" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C132" t="s">
-        <v>488</v>
+        <v>235</v>
       </c>
       <c r="D132">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>489</v>
+        <v>1874</v>
+      </c>
+      <c r="E132">
+        <v>30014</v>
       </c>
       <c r="F132">
         <v>2017</v>
       </c>
       <c r="G132" t="s">
-        <v>490</v>
-[...3 lines deleted...]
-      </c>
+        <v>487</v>
+      </c>
+      <c r="H132"/>
       <c r="I132">
-        <v>0.85</v>
+        <v>0.17</v>
       </c>
     </row>
     <row r="133" spans="1:9">
       <c r="A133" t="s">
-        <v>491</v>
+        <v>488</v>
       </c>
       <c r="B133" t="s">
-        <v>492</v>
+        <v>432</v>
       </c>
       <c r="C133" t="s">
-        <v>371</v>
+        <v>489</v>
       </c>
       <c r="D133">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>731</v>
+        <v>16</v>
+      </c>
+      <c r="E133" t="s">
+        <v>490</v>
       </c>
       <c r="F133">
         <v>2017</v>
       </c>
       <c r="G133" t="s">
-        <v>493</v>
+        <v>491</v>
       </c>
       <c r="H133">
-        <v>4.12</v>
+        <v>3.45</v>
       </c>
       <c r="I133">
-        <v>1.53</v>
+        <v>1.05</v>
       </c>
     </row>
     <row r="134" spans="1:9">
       <c r="A134" t="s">
+        <v>492</v>
+      </c>
+      <c r="B134" t="s">
+        <v>390</v>
+      </c>
+      <c r="C134" t="s">
+        <v>493</v>
+      </c>
+      <c r="D134"/>
+      <c r="E134" t="s">
         <v>494</v>
-      </c>
-[...10 lines deleted...]
-        <v>1678</v>
       </c>
       <c r="F134">
         <v>2017</v>
       </c>
       <c r="G134" t="s">
-        <v>496</v>
-[...6 lines deleted...]
-      </c>
+        <v>495</v>
+      </c>
+      <c r="H134"/>
+      <c r="I134"/>
     </row>
     <row r="135" spans="1:9">
       <c r="A135" t="s">
+        <v>496</v>
+      </c>
+      <c r="B135" t="s">
         <v>497</v>
       </c>
-      <c r="B135" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C135" t="s">
-        <v>498</v>
+        <v>24</v>
       </c>
       <c r="D135">
-        <v>4</v>
+        <v>96</v>
       </c>
       <c r="E135">
-        <v>21102</v>
+        <v>35146</v>
       </c>
       <c r="F135">
         <v>2017</v>
       </c>
       <c r="G135" t="s">
-        <v>499</v>
+        <v>498</v>
       </c>
       <c r="H135">
-        <v>12.89</v>
+        <v>3.81</v>
       </c>
       <c r="I135">
-        <v>4.16</v>
+        <v>2.34</v>
       </c>
     </row>
     <row r="136" spans="1:9">
       <c r="A136" t="s">
+        <v>499</v>
+      </c>
+      <c r="B136" t="s">
         <v>500</v>
       </c>
-      <c r="B136" t="s">
+      <c r="C136" t="s">
+        <v>493</v>
+      </c>
+      <c r="D136"/>
+      <c r="E136" t="s">
         <v>501</v>
-      </c>
-[...7 lines deleted...]
-        <v>502</v>
       </c>
       <c r="F136">
         <v>2017</v>
       </c>
       <c r="G136" t="s">
-        <v>503</v>
-[...6 lines deleted...]
-      </c>
+        <v>502</v>
+      </c>
+      <c r="H136"/>
+      <c r="I136"/>
     </row>
     <row r="137" spans="1:9">
       <c r="A137" t="s">
+        <v>503</v>
+      </c>
+      <c r="B137" t="s">
         <v>504</v>
       </c>
-      <c r="B137" t="s">
+      <c r="C137" t="s">
+        <v>163</v>
+      </c>
+      <c r="D137">
+        <v>65</v>
+      </c>
+      <c r="E137" t="s">
         <v>505</v>
-      </c>
-[...7 lines deleted...]
-        <v>507</v>
       </c>
       <c r="F137">
         <v>2017</v>
       </c>
       <c r="G137" t="s">
-        <v>508</v>
+        <v>506</v>
       </c>
       <c r="H137">
-        <v>6.88</v>
+        <v>4.13</v>
       </c>
       <c r="I137">
-        <v>3.38</v>
+        <v>1.31</v>
       </c>
     </row>
     <row r="138" spans="1:9">
       <c r="A138" t="s">
+        <v>507</v>
+      </c>
+      <c r="B138" t="s">
+        <v>508</v>
+      </c>
+      <c r="C138" t="s">
         <v>509</v>
       </c>
-      <c r="B138" t="s">
+      <c r="D138"/>
+      <c r="E138" t="s">
         <v>510</v>
       </c>
-      <c r="C138" t="s">
-[...3 lines deleted...]
-      <c r="E138"/>
       <c r="F138">
         <v>2017</v>
       </c>
       <c r="G138" t="s">
         <v>511</v>
       </c>
       <c r="H138"/>
       <c r="I138"/>
     </row>
     <row r="139" spans="1:9">
       <c r="A139" t="s">
         <v>512</v>
       </c>
       <c r="B139" t="s">
         <v>513</v>
       </c>
       <c r="C139" t="s">
-        <v>146</v>
+        <v>420</v>
       </c>
       <c r="D139">
-        <v>917</v>
-[...2 lines deleted...]
-        <v>62054</v>
+        <v>17</v>
+      </c>
+      <c r="E139" t="s">
+        <v>514</v>
       </c>
       <c r="F139">
         <v>2017</v>
       </c>
       <c r="G139" t="s">
-        <v>514</v>
-[...1 lines deleted...]
-      <c r="H139"/>
+        <v>515</v>
+      </c>
+      <c r="H139">
+        <v>12.08</v>
+      </c>
       <c r="I139">
-        <v>0.24</v>
+        <v>7.45</v>
       </c>
     </row>
     <row r="140" spans="1:9">
       <c r="A140" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="B140" t="s">
-        <v>298</v>
+        <v>517</v>
       </c>
       <c r="C140" t="s">
-        <v>146</v>
+        <v>24</v>
       </c>
       <c r="D140">
-        <v>917</v>
+        <v>95</v>
       </c>
       <c r="E140">
-        <v>62060</v>
+        <v>165119</v>
       </c>
       <c r="F140">
         <v>2017</v>
       </c>
       <c r="G140" t="s">
-        <v>516</v>
-[...1 lines deleted...]
-      <c r="H140"/>
+        <v>518</v>
+      </c>
+      <c r="H140">
+        <v>3.81</v>
+      </c>
       <c r="I140">
-        <v>0.24</v>
+        <v>2.34</v>
       </c>
     </row>
     <row r="141" spans="1:9">
       <c r="A141" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="B141" t="s">
-        <v>518</v>
+        <v>520</v>
       </c>
       <c r="C141" t="s">
-        <v>291</v>
+        <v>521</v>
       </c>
       <c r="D141">
-        <v>1606034</v>
-[...2 lines deleted...]
-        <v>43709</v>
+        <v>34</v>
+      </c>
+      <c r="E141" t="s">
+        <v>522</v>
       </c>
       <c r="F141">
         <v>2017</v>
       </c>
       <c r="G141" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="H141">
-        <v>21.95</v>
+        <v>1.84</v>
       </c>
       <c r="I141">
-        <v>10.58</v>
+        <v>0.85</v>
       </c>
     </row>
     <row r="142" spans="1:9">
       <c r="A142" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="B142" t="s">
-        <v>521</v>
+        <v>525</v>
       </c>
       <c r="C142" t="s">
-        <v>522</v>
-[...2 lines deleted...]
-      <c r="E142"/>
+        <v>404</v>
+      </c>
+      <c r="D142">
+        <v>7</v>
+      </c>
+      <c r="E142">
+        <v>731</v>
+      </c>
       <c r="F142">
         <v>2017</v>
       </c>
       <c r="G142" t="s">
-        <v>523</v>
-[...2 lines deleted...]
-      <c r="I142"/>
+        <v>526</v>
+      </c>
+      <c r="H142">
+        <v>4.12</v>
+      </c>
+      <c r="I142">
+        <v>1.53</v>
+      </c>
     </row>
     <row r="143" spans="1:9">
       <c r="A143" t="s">
-        <v>524</v>
+        <v>527</v>
       </c>
       <c r="B143" t="s">
-        <v>525</v>
+        <v>528</v>
       </c>
       <c r="C143" t="s">
-        <v>456</v>
+        <v>404</v>
       </c>
       <c r="D143">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>526</v>
+        <v>7</v>
+      </c>
+      <c r="E143">
+        <v>1678</v>
       </c>
       <c r="F143">
         <v>2017</v>
       </c>
       <c r="G143" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="H143">
-        <v>3.45</v>
+        <v>4.12</v>
       </c>
       <c r="I143">
-        <v>1.05</v>
+        <v>1.53</v>
       </c>
     </row>
     <row r="144" spans="1:9">
       <c r="A144" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="B144" t="s">
-        <v>529</v>
+        <v>390</v>
       </c>
       <c r="C144" t="s">
-        <v>237</v>
+        <v>531</v>
       </c>
       <c r="D144">
         <v>4</v>
       </c>
       <c r="E144">
-        <v>2899</v>
+        <v>21102</v>
       </c>
       <c r="F144">
         <v>2017</v>
       </c>
       <c r="G144" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="H144">
-        <v>6.88</v>
+        <v>12.89</v>
       </c>
       <c r="I144">
-        <v>3.38</v>
+        <v>4.16</v>
       </c>
     </row>
     <row r="145" spans="1:9">
       <c r="A145" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="B145" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="C145" t="s">
-        <v>533</v>
-[...2 lines deleted...]
-      <c r="E145"/>
+        <v>270</v>
+      </c>
+      <c r="D145" t="s">
+        <v>535</v>
+      </c>
+      <c r="E145" t="s">
+        <v>536</v>
+      </c>
       <c r="F145">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G145" t="s">
-        <v>534</v>
-[...2 lines deleted...]
-      <c r="I145"/>
+        <v>537</v>
+      </c>
+      <c r="H145">
+        <v>6.88</v>
+      </c>
+      <c r="I145">
+        <v>3.38</v>
+      </c>
     </row>
     <row r="146" spans="1:9">
       <c r="A146" t="s">
-        <v>535</v>
+        <v>538</v>
       </c>
       <c r="B146" t="s">
-        <v>353</v>
+        <v>539</v>
       </c>
       <c r="C146" t="s">
-        <v>179</v>
+        <v>127</v>
       </c>
       <c r="D146">
-        <v>109</v>
-[...2 lines deleted...]
-        <v>223902</v>
+        <v>24</v>
+      </c>
+      <c r="E146" t="s">
+        <v>540</v>
       </c>
       <c r="F146">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G146" t="s">
-        <v>536</v>
+        <v>541</v>
       </c>
       <c r="H146">
-        <v>3.41</v>
+        <v>1.71</v>
       </c>
       <c r="I146">
-        <v>1.67</v>
+        <v>0.54</v>
       </c>
     </row>
     <row r="147" spans="1:9">
       <c r="A147" t="s">
-        <v>537</v>
+        <v>542</v>
       </c>
       <c r="B147" t="s">
-        <v>538</v>
+        <v>543</v>
       </c>
       <c r="C147" t="s">
-        <v>207</v>
-[...6 lines deleted...]
-      </c>
+        <v>426</v>
+      </c>
+      <c r="D147"/>
+      <c r="E147"/>
       <c r="F147">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G147" t="s">
-        <v>539</v>
-[...6 lines deleted...]
-      </c>
+        <v>544</v>
+      </c>
+      <c r="H147"/>
+      <c r="I147"/>
     </row>
     <row r="148" spans="1:9">
       <c r="A148" t="s">
-        <v>540</v>
+        <v>545</v>
       </c>
       <c r="B148" t="s">
-        <v>453</v>
+        <v>546</v>
       </c>
       <c r="C148" t="s">
-        <v>541</v>
-[...3 lines deleted...]
-        <v>542</v>
+        <v>179</v>
+      </c>
+      <c r="D148">
+        <v>917</v>
+      </c>
+      <c r="E148">
+        <v>62054</v>
       </c>
       <c r="F148">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G148" t="s">
-        <v>543</v>
+        <v>547</v>
       </c>
       <c r="H148"/>
-      <c r="I148"/>
+      <c r="I148">
+        <v>0.24</v>
+      </c>
     </row>
     <row r="149" spans="1:9">
       <c r="A149" t="s">
-        <v>544</v>
+        <v>548</v>
       </c>
       <c r="B149" t="s">
-        <v>501</v>
+        <v>331</v>
       </c>
       <c r="C149" t="s">
-        <v>541</v>
-[...3 lines deleted...]
-        <v>545</v>
+        <v>179</v>
+      </c>
+      <c r="D149">
+        <v>917</v>
+      </c>
+      <c r="E149">
+        <v>62060</v>
       </c>
       <c r="F149">
-        <v>2016</v>
-[...1 lines deleted...]
-      <c r="G149"/>
+        <v>2017</v>
+      </c>
+      <c r="G149" t="s">
+        <v>549</v>
+      </c>
       <c r="H149"/>
-      <c r="I149"/>
+      <c r="I149">
+        <v>0.24</v>
+      </c>
     </row>
     <row r="150" spans="1:9">
       <c r="A150" t="s">
-        <v>546</v>
+        <v>550</v>
       </c>
       <c r="B150" t="s">
-        <v>353</v>
+        <v>551</v>
       </c>
       <c r="C150" t="s">
-        <v>547</v>
-[...3 lines deleted...]
-        <v>548</v>
+        <v>321</v>
+      </c>
+      <c r="D150">
+        <v>1606034</v>
+      </c>
+      <c r="E150">
+        <v>43709</v>
       </c>
       <c r="F150">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G150" t="s">
-        <v>549</v>
-[...2 lines deleted...]
-      <c r="I150"/>
+        <v>552</v>
+      </c>
+      <c r="H150">
+        <v>21.95</v>
+      </c>
+      <c r="I150">
+        <v>10.58</v>
+      </c>
     </row>
     <row r="151" spans="1:9">
       <c r="A151" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="B151" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="C151" t="s">
-        <v>541</v>
+        <v>555</v>
       </c>
       <c r="D151"/>
-      <c r="E151" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E151"/>
       <c r="F151">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G151" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="H151"/>
       <c r="I151"/>
     </row>
     <row r="152" spans="1:9">
       <c r="A152" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="B152" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
       <c r="C152" t="s">
-        <v>541</v>
-[...1 lines deleted...]
-      <c r="D152"/>
+        <v>489</v>
+      </c>
+      <c r="D152">
+        <v>16</v>
+      </c>
       <c r="E152" t="s">
-        <v>556</v>
+        <v>559</v>
       </c>
       <c r="F152">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G152" t="s">
-        <v>557</v>
-[...2 lines deleted...]
-      <c r="I152"/>
+        <v>560</v>
+      </c>
+      <c r="H152">
+        <v>3.45</v>
+      </c>
+      <c r="I152">
+        <v>1.05</v>
+      </c>
     </row>
     <row r="153" spans="1:9">
       <c r="A153" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
       <c r="B153" t="s">
-        <v>471</v>
+        <v>562</v>
       </c>
       <c r="C153" t="s">
-        <v>559</v>
-[...3 lines deleted...]
-        <v>560</v>
+        <v>270</v>
+      </c>
+      <c r="D153">
+        <v>4</v>
+      </c>
+      <c r="E153">
+        <v>2899</v>
       </c>
       <c r="F153">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="G153" t="s">
-        <v>561</v>
-[...2 lines deleted...]
-      <c r="I153"/>
+        <v>563</v>
+      </c>
+      <c r="H153">
+        <v>6.88</v>
+      </c>
+      <c r="I153">
+        <v>3.38</v>
+      </c>
     </row>
     <row r="154" spans="1:9">
       <c r="A154" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="B154" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="C154" t="s">
-        <v>559</v>
+        <v>566</v>
       </c>
       <c r="D154"/>
-      <c r="E154" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E154"/>
       <c r="F154">
         <v>2016</v>
       </c>
       <c r="G154" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="H154"/>
       <c r="I154"/>
     </row>
     <row r="155" spans="1:9">
       <c r="A155" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="B155" t="s">
-        <v>567</v>
+        <v>390</v>
       </c>
       <c r="C155" t="s">
-        <v>559</v>
-[...3 lines deleted...]
-        <v>568</v>
+        <v>212</v>
+      </c>
+      <c r="D155">
+        <v>109</v>
+      </c>
+      <c r="E155">
+        <v>223902</v>
       </c>
       <c r="F155">
         <v>2016</v>
       </c>
       <c r="G155" t="s">
         <v>569</v>
       </c>
-      <c r="H155"/>
-      <c r="I155"/>
+      <c r="H155">
+        <v>3.41</v>
+      </c>
+      <c r="I155">
+        <v>1.67</v>
+      </c>
     </row>
     <row r="156" spans="1:9">
       <c r="A156" t="s">
         <v>570</v>
       </c>
       <c r="B156" t="s">
         <v>571</v>
       </c>
       <c r="C156" t="s">
-        <v>541</v>
-[...3 lines deleted...]
-        <v>572</v>
+        <v>240</v>
+      </c>
+      <c r="D156">
+        <v>529</v>
+      </c>
+      <c r="E156">
+        <v>43647</v>
       </c>
       <c r="F156">
         <v>2016</v>
       </c>
       <c r="G156" t="s">
-        <v>573</v>
-[...2 lines deleted...]
-      <c r="I156"/>
+        <v>572</v>
+      </c>
+      <c r="H156">
+        <v>3.04</v>
+      </c>
+      <c r="I156">
+        <v>1.47</v>
+      </c>
     </row>
     <row r="157" spans="1:9">
       <c r="A157" t="s">
+        <v>573</v>
+      </c>
+      <c r="B157" t="s">
         <v>574</v>
       </c>
-      <c r="B157" t="s">
+      <c r="C157" t="s">
         <v>575</v>
-      </c>
-[...1 lines deleted...]
-        <v>559</v>
       </c>
       <c r="D157"/>
       <c r="E157" t="s">
         <v>576</v>
       </c>
       <c r="F157">
         <v>2016</v>
       </c>
       <c r="G157" t="s">
         <v>577</v>
       </c>
       <c r="H157"/>
       <c r="I157"/>
     </row>
     <row r="158" spans="1:9">
       <c r="A158" t="s">
         <v>578</v>
       </c>
       <c r="B158" t="s">
-        <v>521</v>
+        <v>486</v>
       </c>
       <c r="C158" t="s">
-        <v>559</v>
+        <v>575</v>
       </c>
       <c r="D158"/>
       <c r="E158" t="s">
         <v>579</v>
       </c>
       <c r="F158">
         <v>2016</v>
       </c>
       <c r="G158" t="s">
         <v>580</v>
       </c>
       <c r="H158"/>
       <c r="I158"/>
     </row>
     <row r="159" spans="1:9">
       <c r="A159" t="s">
         <v>581</v>
       </c>
       <c r="B159" t="s">
-        <v>582</v>
+        <v>539</v>
       </c>
       <c r="C159" t="s">
-        <v>559</v>
+        <v>575</v>
       </c>
       <c r="D159"/>
       <c r="E159" t="s">
-        <v>583</v>
+        <v>582</v>
       </c>
       <c r="F159">
         <v>2016</v>
       </c>
-      <c r="G159" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G159"/>
       <c r="H159"/>
       <c r="I159"/>
     </row>
     <row r="160" spans="1:9">
       <c r="A160" t="s">
-        <v>585</v>
+        <v>583</v>
       </c>
       <c r="B160" t="s">
-        <v>586</v>
+        <v>390</v>
       </c>
       <c r="C160" t="s">
-        <v>559</v>
+        <v>584</v>
       </c>
       <c r="D160"/>
       <c r="E160" t="s">
-        <v>587</v>
+        <v>585</v>
       </c>
       <c r="F160">
         <v>2016</v>
       </c>
       <c r="G160" t="s">
-        <v>588</v>
+        <v>586</v>
       </c>
       <c r="H160"/>
       <c r="I160"/>
     </row>
     <row r="161" spans="1:9">
       <c r="A161" t="s">
-        <v>589</v>
+        <v>587</v>
       </c>
       <c r="B161" t="s">
-        <v>590</v>
+        <v>588</v>
       </c>
       <c r="C161" t="s">
-        <v>559</v>
+        <v>575</v>
       </c>
       <c r="D161"/>
       <c r="E161" t="s">
-        <v>591</v>
+        <v>589</v>
       </c>
       <c r="F161">
         <v>2016</v>
       </c>
       <c r="G161" t="s">
-        <v>592</v>
+        <v>590</v>
       </c>
       <c r="H161"/>
       <c r="I161"/>
     </row>
     <row r="162" spans="1:9">
       <c r="A162" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="B162" t="s">
-        <v>594</v>
+        <v>504</v>
       </c>
       <c r="C162" t="s">
-        <v>559</v>
+        <v>592</v>
       </c>
       <c r="D162"/>
       <c r="E162" t="s">
-        <v>595</v>
+        <v>593</v>
       </c>
       <c r="F162">
         <v>2016</v>
       </c>
       <c r="G162" t="s">
-        <v>596</v>
+        <v>594</v>
       </c>
       <c r="H162"/>
       <c r="I162"/>
     </row>
     <row r="163" spans="1:9">
       <c r="A163" t="s">
+        <v>595</v>
+      </c>
+      <c r="B163" t="s">
+        <v>596</v>
+      </c>
+      <c r="C163" t="s">
+        <v>592</v>
+      </c>
+      <c r="D163"/>
+      <c r="E163" t="s">
         <v>597</v>
-      </c>
-[...10 lines deleted...]
-        <v>1600199</v>
       </c>
       <c r="F163">
         <v>2016</v>
       </c>
       <c r="G163" t="s">
         <v>598</v>
       </c>
-      <c r="H163">
-[...4 lines deleted...]
-      </c>
+      <c r="H163"/>
+      <c r="I163"/>
     </row>
     <row r="164" spans="1:9">
       <c r="A164" t="s">
         <v>599</v>
       </c>
       <c r="B164" t="s">
         <v>600</v>
       </c>
       <c r="C164" t="s">
+        <v>592</v>
+      </c>
+      <c r="D164"/>
+      <c r="E164" t="s">
         <v>601</v>
       </c>
-      <c r="D164"/>
-      <c r="E164"/>
       <c r="F164">
         <v>2016</v>
       </c>
       <c r="G164" t="s">
         <v>602</v>
       </c>
       <c r="H164"/>
       <c r="I164"/>
     </row>
     <row r="165" spans="1:9">
       <c r="A165" t="s">
         <v>603</v>
       </c>
       <c r="B165" t="s">
         <v>604</v>
       </c>
       <c r="C165" t="s">
-        <v>547</v>
+        <v>575</v>
       </c>
       <c r="D165"/>
       <c r="E165" t="s">
         <v>605</v>
       </c>
       <c r="F165">
         <v>2016</v>
       </c>
       <c r="G165" t="s">
         <v>606</v>
       </c>
       <c r="H165"/>
       <c r="I165"/>
     </row>
     <row r="166" spans="1:9">
       <c r="A166" t="s">
         <v>607</v>
       </c>
       <c r="B166" t="s">
         <v>608</v>
       </c>
       <c r="C166" t="s">
-        <v>547</v>
+        <v>592</v>
       </c>
       <c r="D166"/>
       <c r="E166" t="s">
         <v>609</v>
       </c>
       <c r="F166">
         <v>2016</v>
       </c>
       <c r="G166" t="s">
         <v>610</v>
       </c>
       <c r="H166"/>
       <c r="I166"/>
     </row>
     <row r="167" spans="1:9">
       <c r="A167" t="s">
         <v>611</v>
       </c>
       <c r="B167" t="s">
-        <v>612</v>
+        <v>554</v>
       </c>
       <c r="C167" t="s">
-        <v>547</v>
+        <v>592</v>
       </c>
       <c r="D167"/>
       <c r="E167" t="s">
-        <v>613</v>
+        <v>612</v>
       </c>
       <c r="F167">
         <v>2016</v>
       </c>
       <c r="G167" t="s">
-        <v>614</v>
+        <v>613</v>
       </c>
       <c r="H167"/>
       <c r="I167"/>
     </row>
     <row r="168" spans="1:9">
       <c r="A168" t="s">
+        <v>614</v>
+      </c>
+      <c r="B168" t="s">
         <v>615</v>
       </c>
-      <c r="B168" t="s">
+      <c r="C168" t="s">
+        <v>592</v>
+      </c>
+      <c r="D168"/>
+      <c r="E168" t="s">
         <v>616</v>
-      </c>
-[...7 lines deleted...]
-        <v>35516</v>
       </c>
       <c r="F168">
         <v>2016</v>
       </c>
       <c r="G168" t="s">
         <v>617</v>
       </c>
-      <c r="H168">
-[...4 lines deleted...]
-      </c>
+      <c r="H168"/>
+      <c r="I168"/>
     </row>
     <row r="169" spans="1:9">
       <c r="A169" t="s">
         <v>618</v>
       </c>
       <c r="B169" t="s">
         <v>619</v>
       </c>
       <c r="C169" t="s">
+        <v>592</v>
+      </c>
+      <c r="D169"/>
+      <c r="E169" t="s">
         <v>620</v>
-      </c>
-[...4 lines deleted...]
-        <v>621</v>
       </c>
       <c r="F169">
         <v>2016</v>
       </c>
       <c r="G169" t="s">
-        <v>622</v>
-[...6 lines deleted...]
-      </c>
+        <v>621</v>
+      </c>
+      <c r="H169"/>
+      <c r="I169"/>
     </row>
     <row r="170" spans="1:9">
       <c r="A170" t="s">
+        <v>622</v>
+      </c>
+      <c r="B170" t="s">
         <v>623</v>
       </c>
-      <c r="B170" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C170" t="s">
-        <v>414</v>
-[...3 lines deleted...]
-      </c>
+        <v>592</v>
+      </c>
+      <c r="D170"/>
       <c r="E170" t="s">
         <v>624</v>
       </c>
       <c r="F170">
         <v>2016</v>
       </c>
       <c r="G170" t="s">
         <v>625</v>
       </c>
-      <c r="H170">
-[...4 lines deleted...]
-      </c>
+      <c r="H170"/>
+      <c r="I170"/>
     </row>
     <row r="171" spans="1:9">
       <c r="A171" t="s">
         <v>626</v>
       </c>
       <c r="B171" t="s">
         <v>627</v>
       </c>
       <c r="C171" t="s">
-        <v>146</v>
-[...5 lines deleted...]
-        <v>12112</v>
+        <v>592</v>
+      </c>
+      <c r="D171"/>
+      <c r="E171" t="s">
+        <v>628</v>
       </c>
       <c r="F171">
         <v>2016</v>
       </c>
       <c r="G171" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="H171"/>
-      <c r="I171">
-[...1 lines deleted...]
-      </c>
+      <c r="I171"/>
     </row>
     <row r="172" spans="1:9">
       <c r="A172" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="B172" t="s">
-        <v>630</v>
+        <v>331</v>
       </c>
       <c r="C172" t="s">
-        <v>146</v>
+        <v>447</v>
       </c>
       <c r="D172">
-        <v>741</v>
+        <v>11</v>
       </c>
       <c r="E172">
-        <v>12119</v>
+        <v>1600199</v>
       </c>
       <c r="F172">
         <v>2016</v>
       </c>
       <c r="G172" t="s">
         <v>631</v>
       </c>
-      <c r="H172"/>
+      <c r="H172">
+        <v>8.43</v>
+      </c>
       <c r="I172">
-        <v>0.25</v>
+        <v>4.01</v>
       </c>
     </row>
     <row r="173" spans="1:9">
       <c r="A173" t="s">
         <v>632</v>
       </c>
       <c r="B173" t="s">
         <v>633</v>
       </c>
       <c r="C173" t="s">
         <v>634</v>
       </c>
       <c r="D173"/>
       <c r="E173"/>
       <c r="F173">
         <v>2016</v>
       </c>
       <c r="G173" t="s">
         <v>635</v>
       </c>
       <c r="H173"/>
       <c r="I173"/>
     </row>
     <row r="174" spans="1:9">
       <c r="A174" t="s">
         <v>636</v>
       </c>
       <c r="B174" t="s">
         <v>637</v>
       </c>
       <c r="C174" t="s">
+        <v>584</v>
+      </c>
+      <c r="D174"/>
+      <c r="E174" t="s">
         <v>638</v>
-      </c>
-[...4 lines deleted...]
-        <v>639</v>
       </c>
       <c r="F174">
         <v>2016</v>
       </c>
       <c r="G174" t="s">
-        <v>640</v>
-[...6 lines deleted...]
-      </c>
+        <v>639</v>
+      </c>
+      <c r="H174"/>
+      <c r="I174"/>
     </row>
     <row r="175" spans="1:9">
       <c r="A175" t="s">
+        <v>640</v>
+      </c>
+      <c r="B175" t="s">
         <v>641</v>
       </c>
-      <c r="B175" t="s">
+      <c r="C175" t="s">
+        <v>584</v>
+      </c>
+      <c r="D175"/>
+      <c r="E175" t="s">
         <v>642</v>
-      </c>
-[...7 lines deleted...]
-        <v>644</v>
       </c>
       <c r="F175">
         <v>2016</v>
       </c>
       <c r="G175" t="s">
-        <v>645</v>
-[...6 lines deleted...]
-      </c>
+        <v>643</v>
+      </c>
+      <c r="H175"/>
+      <c r="I175"/>
     </row>
     <row r="176" spans="1:9">
       <c r="A176" t="s">
-        <v>646</v>
+        <v>644</v>
       </c>
       <c r="B176" t="s">
-        <v>422</v>
+        <v>645</v>
       </c>
       <c r="C176" t="s">
-        <v>647</v>
+        <v>584</v>
       </c>
       <c r="D176"/>
       <c r="E176" t="s">
-        <v>648</v>
+        <v>646</v>
       </c>
       <c r="F176">
         <v>2016</v>
       </c>
       <c r="G176" t="s">
-        <v>649</v>
+        <v>647</v>
       </c>
       <c r="H176"/>
       <c r="I176"/>
     </row>
     <row r="177" spans="1:9">
       <c r="A177" t="s">
-        <v>650</v>
+        <v>648</v>
       </c>
       <c r="B177" t="s">
-        <v>651</v>
+        <v>649</v>
       </c>
       <c r="C177" t="s">
-        <v>190</v>
+        <v>404</v>
       </c>
       <c r="D177">
-        <v>186</v>
-[...2 lines deleted...]
-        <v>652</v>
+        <v>6</v>
+      </c>
+      <c r="E177">
+        <v>35516</v>
       </c>
       <c r="F177">
         <v>2016</v>
       </c>
       <c r="G177" t="s">
-        <v>653</v>
+        <v>650</v>
       </c>
       <c r="H177">
-        <v>2.3</v>
+        <v>4.26</v>
       </c>
       <c r="I177">
-        <v>0.85</v>
+        <v>1.69</v>
       </c>
     </row>
     <row r="178" spans="1:9">
       <c r="A178" t="s">
+        <v>651</v>
+      </c>
+      <c r="B178" t="s">
+        <v>652</v>
+      </c>
+      <c r="C178" t="s">
+        <v>653</v>
+      </c>
+      <c r="D178">
+        <v>10</v>
+      </c>
+      <c r="E178" t="s">
         <v>654</v>
-      </c>
-[...10 lines deleted...]
-        <v>657</v>
       </c>
       <c r="F178">
         <v>2016</v>
       </c>
       <c r="G178" t="s">
-        <v>658</v>
+        <v>655</v>
       </c>
       <c r="H178">
-        <v>0.86</v>
+        <v>2.58</v>
       </c>
       <c r="I178">
-        <v>0.43</v>
+        <v>1.15</v>
       </c>
     </row>
     <row r="179" spans="1:9">
       <c r="A179" t="s">
-        <v>659</v>
+        <v>656</v>
       </c>
       <c r="B179" t="s">
-        <v>660</v>
+        <v>539</v>
       </c>
       <c r="C179" t="s">
-        <v>237</v>
+        <v>447</v>
       </c>
       <c r="D179">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="E179" t="s">
-        <v>661</v>
+        <v>657</v>
       </c>
       <c r="F179">
         <v>2016</v>
       </c>
       <c r="G179" t="s">
-        <v>662</v>
+        <v>658</v>
       </c>
       <c r="H179">
-        <v>6.76</v>
+        <v>8.43</v>
       </c>
       <c r="I179">
-        <v>3.47</v>
+        <v>4.01</v>
       </c>
     </row>
     <row r="180" spans="1:9">
       <c r="A180" t="s">
-        <v>663</v>
+        <v>659</v>
       </c>
       <c r="B180" t="s">
-        <v>664</v>
+        <v>660</v>
       </c>
       <c r="C180" t="s">
-        <v>146</v>
+        <v>179</v>
       </c>
       <c r="D180">
         <v>741</v>
       </c>
       <c r="E180">
-        <v>12152</v>
+        <v>12112</v>
       </c>
       <c r="F180">
         <v>2016</v>
       </c>
       <c r="G180" t="s">
-        <v>665</v>
+        <v>661</v>
       </c>
       <c r="H180"/>
       <c r="I180">
         <v>0.25</v>
       </c>
     </row>
     <row r="181" spans="1:9">
       <c r="A181" t="s">
-        <v>666</v>
+        <v>662</v>
       </c>
       <c r="B181" t="s">
-        <v>667</v>
+        <v>663</v>
       </c>
       <c r="C181" t="s">
-        <v>146</v>
+        <v>179</v>
       </c>
       <c r="D181">
         <v>741</v>
       </c>
       <c r="E181">
-        <v>12140</v>
+        <v>12119</v>
       </c>
       <c r="F181">
         <v>2016</v>
       </c>
       <c r="G181" t="s">
-        <v>668</v>
+        <v>664</v>
       </c>
       <c r="H181"/>
       <c r="I181">
         <v>0.25</v>
       </c>
     </row>
     <row r="182" spans="1:9">
       <c r="A182" t="s">
-        <v>669</v>
+        <v>665</v>
       </c>
       <c r="B182" t="s">
-        <v>422</v>
+        <v>666</v>
       </c>
       <c r="C182" t="s">
-        <v>179</v>
-[...6 lines deleted...]
-      </c>
+        <v>667</v>
+      </c>
+      <c r="D182"/>
+      <c r="E182"/>
       <c r="F182">
         <v>2016</v>
       </c>
       <c r="G182" t="s">
-        <v>670</v>
-[...6 lines deleted...]
-      </c>
+        <v>668</v>
+      </c>
+      <c r="H182"/>
+      <c r="I182"/>
     </row>
     <row r="183" spans="1:9">
       <c r="A183" t="s">
+        <v>669</v>
+      </c>
+      <c r="B183" t="s">
+        <v>670</v>
+      </c>
+      <c r="C183" t="s">
         <v>671</v>
       </c>
-      <c r="B183" t="s">
+      <c r="D183">
+        <v>8</v>
+      </c>
+      <c r="E183" t="s">
         <v>672</v>
-      </c>
-[...7 lines deleted...]
-        <v>30001</v>
       </c>
       <c r="F183">
         <v>2016</v>
       </c>
       <c r="G183" t="s">
         <v>673</v>
       </c>
-      <c r="H183"/>
+      <c r="H183">
+        <v>7.37</v>
+      </c>
       <c r="I183">
-        <v>0.18</v>
+        <v>2.79</v>
       </c>
     </row>
     <row r="184" spans="1:9">
       <c r="A184" t="s">
         <v>674</v>
       </c>
       <c r="B184" t="s">
         <v>675</v>
       </c>
       <c r="C184" t="s">
         <v>676</v>
       </c>
-      <c r="D184"/>
-      <c r="E184"/>
+      <c r="D184">
+        <v>33</v>
+      </c>
+      <c r="E184" t="s">
+        <v>677</v>
+      </c>
       <c r="F184">
         <v>2016</v>
       </c>
       <c r="G184" t="s">
-        <v>677</v>
-[...1 lines deleted...]
-      <c r="H184"/>
+        <v>678</v>
+      </c>
+      <c r="H184">
+        <v>1.46</v>
+      </c>
       <c r="I184">
-        <v>0.1</v>
+        <v>0.92</v>
       </c>
     </row>
     <row r="185" spans="1:9">
       <c r="A185" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="B185" t="s">
-        <v>679</v>
+        <v>455</v>
       </c>
       <c r="C185" t="s">
-        <v>179</v>
-[...5 lines deleted...]
-        <v>221903</v>
+        <v>680</v>
+      </c>
+      <c r="D185"/>
+      <c r="E185" t="s">
+        <v>681</v>
       </c>
       <c r="F185">
         <v>2016</v>
       </c>
       <c r="G185" t="s">
-        <v>680</v>
-[...6 lines deleted...]
-      </c>
+        <v>682</v>
+      </c>
+      <c r="H185"/>
+      <c r="I185"/>
     </row>
     <row r="186" spans="1:9">
       <c r="A186" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="B186" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
       <c r="C186" t="s">
-        <v>36</v>
+        <v>223</v>
       </c>
       <c r="D186">
-        <v>93</v>
-[...2 lines deleted...]
-        <v>201115</v>
+        <v>186</v>
+      </c>
+      <c r="E186" t="s">
+        <v>685</v>
       </c>
       <c r="F186">
         <v>2016</v>
       </c>
       <c r="G186" t="s">
-        <v>683</v>
+        <v>686</v>
       </c>
       <c r="H186">
-        <v>3.84</v>
-[...1 lines deleted...]
-      <c r="I186"/>
+        <v>2.3</v>
+      </c>
+      <c r="I186">
+        <v>0.85</v>
+      </c>
     </row>
     <row r="187" spans="1:9">
       <c r="A187" t="s">
-        <v>684</v>
+        <v>687</v>
       </c>
       <c r="B187" t="s">
-        <v>685</v>
+        <v>688</v>
       </c>
       <c r="C187" t="s">
-        <v>179</v>
+        <v>689</v>
       </c>
       <c r="D187">
-        <v>108</v>
-[...2 lines deleted...]
-        <v>211105</v>
+        <v>58</v>
+      </c>
+      <c r="E187" t="s">
+        <v>690</v>
       </c>
       <c r="F187">
         <v>2016</v>
       </c>
       <c r="G187" t="s">
-        <v>686</v>
+        <v>691</v>
       </c>
       <c r="H187">
-        <v>3.41</v>
+        <v>0.86</v>
       </c>
       <c r="I187">
-        <v>1.67</v>
+        <v>0.43</v>
       </c>
     </row>
     <row r="188" spans="1:9">
       <c r="A188" t="s">
-        <v>687</v>
+        <v>692</v>
       </c>
       <c r="B188" t="s">
-        <v>688</v>
+        <v>693</v>
       </c>
       <c r="C188" t="s">
-        <v>689</v>
+        <v>270</v>
       </c>
       <c r="D188">
-        <v>634</v>
-[...2 lines deleted...]
-        <v>26299</v>
+        <v>3</v>
+      </c>
+      <c r="E188" t="s">
+        <v>694</v>
       </c>
       <c r="F188">
         <v>2016</v>
       </c>
       <c r="G188" t="s">
-        <v>690</v>
+        <v>695</v>
       </c>
       <c r="H188">
-        <v>16.24</v>
+        <v>6.76</v>
       </c>
       <c r="I188">
-        <v>8.05</v>
+        <v>3.47</v>
       </c>
     </row>
     <row r="189" spans="1:9">
       <c r="A189" t="s">
-        <v>691</v>
+        <v>696</v>
       </c>
       <c r="B189" t="s">
-        <v>692</v>
+        <v>697</v>
       </c>
       <c r="C189" t="s">
-        <v>36</v>
+        <v>179</v>
       </c>
       <c r="D189">
-        <v>93</v>
+        <v>741</v>
       </c>
       <c r="E189">
-        <v>165125</v>
+        <v>12152</v>
       </c>
       <c r="F189">
         <v>2016</v>
       </c>
       <c r="G189" t="s">
-        <v>693</v>
-[...4 lines deleted...]
-      <c r="I189"/>
+        <v>698</v>
+      </c>
+      <c r="H189"/>
+      <c r="I189">
+        <v>0.25</v>
+      </c>
     </row>
     <row r="190" spans="1:9">
       <c r="A190" t="s">
-        <v>694</v>
+        <v>699</v>
       </c>
       <c r="B190" t="s">
-        <v>695</v>
+        <v>700</v>
       </c>
       <c r="C190" t="s">
-        <v>696</v>
+        <v>179</v>
       </c>
       <c r="D190">
-        <v>9885</v>
-[...2 lines deleted...]
-        <v>697</v>
+        <v>741</v>
+      </c>
+      <c r="E190">
+        <v>12140</v>
       </c>
       <c r="F190">
         <v>2016</v>
       </c>
       <c r="G190" t="s">
-        <v>698</v>
+        <v>701</v>
       </c>
       <c r="H190"/>
       <c r="I190">
-        <v>0.24</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="191" spans="1:9">
       <c r="A191" t="s">
-        <v>699</v>
+        <v>702</v>
       </c>
       <c r="B191" t="s">
-        <v>695</v>
+        <v>455</v>
       </c>
       <c r="C191" t="s">
-        <v>696</v>
+        <v>212</v>
       </c>
       <c r="D191">
-        <v>9885</v>
+        <v>109</v>
       </c>
       <c r="E191">
-        <v>988515</v>
+        <v>11901</v>
       </c>
       <c r="F191">
         <v>2016</v>
       </c>
       <c r="G191" t="s">
-        <v>700</v>
-[...1 lines deleted...]
-      <c r="H191"/>
+        <v>703</v>
+      </c>
+      <c r="H191">
+        <v>3.41</v>
+      </c>
       <c r="I191">
-        <v>0.24</v>
+        <v>1.67</v>
       </c>
     </row>
     <row r="192" spans="1:9">
       <c r="A192" t="s">
-        <v>701</v>
+        <v>704</v>
       </c>
       <c r="B192" t="s">
-        <v>702</v>
+        <v>705</v>
       </c>
       <c r="C192" t="s">
-        <v>638</v>
+        <v>235</v>
       </c>
       <c r="D192">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>703</v>
+        <v>1748</v>
+      </c>
+      <c r="E192">
+        <v>30001</v>
       </c>
       <c r="F192">
         <v>2016</v>
       </c>
       <c r="G192" t="s">
-        <v>704</v>
-[...3 lines deleted...]
-      </c>
+        <v>706</v>
+      </c>
+      <c r="H192"/>
       <c r="I192">
-        <v>2.79</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="193" spans="1:9">
       <c r="A193" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="B193" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
       <c r="C193" t="s">
-        <v>707</v>
-[...6 lines deleted...]
-      </c>
+        <v>709</v>
+      </c>
+      <c r="D193"/>
+      <c r="E193"/>
       <c r="F193">
         <v>2016</v>
       </c>
       <c r="G193" t="s">
-        <v>708</v>
-[...4 lines deleted...]
-      <c r="I193"/>
+        <v>710</v>
+      </c>
+      <c r="H193"/>
+      <c r="I193">
+        <v>0.1</v>
+      </c>
     </row>
     <row r="194" spans="1:9">
       <c r="A194" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
       <c r="B194" t="s">
-        <v>710</v>
+        <v>712</v>
       </c>
       <c r="C194" t="s">
-        <v>146</v>
+        <v>212</v>
       </c>
       <c r="D194">
-        <v>690</v>
+        <v>108</v>
       </c>
       <c r="E194">
-        <v>12034</v>
+        <v>221903</v>
       </c>
       <c r="F194">
         <v>2016</v>
       </c>
       <c r="G194" t="s">
-        <v>711</v>
-[...1 lines deleted...]
-      <c r="H194"/>
+        <v>713</v>
+      </c>
+      <c r="H194">
+        <v>3.41</v>
+      </c>
       <c r="I194">
-        <v>0.25</v>
+        <v>1.67</v>
       </c>
     </row>
     <row r="195" spans="1:9">
       <c r="A195" t="s">
-        <v>712</v>
+        <v>714</v>
       </c>
       <c r="B195" t="s">
-        <v>713</v>
+        <v>715</v>
       </c>
       <c r="C195" t="s">
-        <v>714</v>
+        <v>24</v>
       </c>
       <c r="D195">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>715</v>
+        <v>93</v>
+      </c>
+      <c r="E195">
+        <v>201115</v>
       </c>
       <c r="F195">
         <v>2016</v>
       </c>
       <c r="G195" t="s">
         <v>716</v>
       </c>
       <c r="H195">
-        <v>2.54</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.84</v>
+      </c>
+      <c r="I195"/>
     </row>
     <row r="196" spans="1:9">
       <c r="A196" t="s">
         <v>717</v>
       </c>
       <c r="B196" t="s">
         <v>718</v>
       </c>
       <c r="C196" t="s">
-        <v>146</v>
+        <v>212</v>
       </c>
       <c r="D196">
-        <v>690</v>
+        <v>108</v>
       </c>
       <c r="E196">
-        <v>12020</v>
+        <v>211105</v>
       </c>
       <c r="F196">
         <v>2016</v>
       </c>
       <c r="G196" t="s">
         <v>719</v>
       </c>
-      <c r="H196"/>
+      <c r="H196">
+        <v>3.41</v>
+      </c>
       <c r="I196">
-        <v>0.25</v>
+        <v>1.67</v>
       </c>
     </row>
     <row r="197" spans="1:9">
       <c r="A197" t="s">
         <v>720</v>
       </c>
       <c r="B197" t="s">
         <v>721</v>
       </c>
       <c r="C197" t="s">
-        <v>146</v>
+        <v>722</v>
       </c>
       <c r="D197">
-        <v>690</v>
+        <v>634</v>
       </c>
       <c r="E197">
-        <v>12021</v>
+        <v>26299</v>
       </c>
       <c r="F197">
         <v>2016</v>
       </c>
       <c r="G197" t="s">
-        <v>722</v>
-[...1 lines deleted...]
-      <c r="H197"/>
+        <v>723</v>
+      </c>
+      <c r="H197">
+        <v>16.24</v>
+      </c>
       <c r="I197">
-        <v>0.25</v>
+        <v>8.05</v>
       </c>
     </row>
     <row r="198" spans="1:9">
       <c r="A198" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="B198" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="C198" t="s">
-        <v>291</v>
+        <v>24</v>
       </c>
       <c r="D198">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>725</v>
+        <v>93</v>
+      </c>
+      <c r="E198">
+        <v>165125</v>
       </c>
       <c r="F198">
         <v>2016</v>
       </c>
       <c r="G198" t="s">
         <v>726</v>
       </c>
       <c r="H198">
-        <v>19.79</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.84</v>
+      </c>
+      <c r="I198"/>
     </row>
     <row r="199" spans="1:9">
       <c r="A199" t="s">
         <v>727</v>
       </c>
       <c r="B199" t="s">
         <v>728</v>
       </c>
       <c r="C199" t="s">
-        <v>371</v>
+        <v>729</v>
       </c>
       <c r="D199">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>22136</v>
+        <v>9885</v>
+      </c>
+      <c r="E199" t="s">
+        <v>730</v>
       </c>
       <c r="F199">
         <v>2016</v>
       </c>
       <c r="G199" t="s">
-        <v>729</v>
-[...3 lines deleted...]
-      </c>
+        <v>731</v>
+      </c>
+      <c r="H199"/>
       <c r="I199">
-        <v>1.69</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="200" spans="1:9">
       <c r="A200" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
       <c r="B200" t="s">
-        <v>731</v>
+        <v>728</v>
       </c>
       <c r="C200" t="s">
-        <v>371</v>
+        <v>729</v>
       </c>
       <c r="D200">
-        <v>6</v>
+        <v>9885</v>
       </c>
       <c r="E200">
-        <v>22546</v>
+        <v>988515</v>
       </c>
       <c r="F200">
         <v>2016</v>
       </c>
       <c r="G200" t="s">
-        <v>732</v>
-[...3 lines deleted...]
-      </c>
+        <v>733</v>
+      </c>
+      <c r="H200"/>
       <c r="I200">
-        <v>1.69</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="201" spans="1:9">
       <c r="A201" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="B201" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="C201" t="s">
-        <v>121</v>
+        <v>671</v>
       </c>
       <c r="D201">
-        <v>41</v>
+        <v>8</v>
       </c>
       <c r="E201" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="F201">
         <v>2016</v>
       </c>
       <c r="G201" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="H201">
-        <v>3.42</v>
+        <v>7.37</v>
       </c>
       <c r="I201">
-        <v>1.77</v>
+        <v>2.79</v>
       </c>
     </row>
     <row r="202" spans="1:9">
       <c r="A202" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="B202" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="C202" t="s">
-        <v>179</v>
+        <v>740</v>
       </c>
       <c r="D202">
-        <v>108</v>
+        <v>93</v>
       </c>
       <c r="E202">
-        <v>23902</v>
+        <v>33855</v>
       </c>
       <c r="F202">
         <v>2016</v>
       </c>
       <c r="G202" t="s">
-        <v>739</v>
+        <v>741</v>
       </c>
       <c r="H202">
-        <v>3.41</v>
-[...3 lines deleted...]
-      </c>
+        <v>2.93</v>
+      </c>
+      <c r="I202"/>
     </row>
     <row r="203" spans="1:9">
       <c r="A203" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="B203" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
       <c r="C203" t="s">
-        <v>291</v>
+        <v>179</v>
       </c>
       <c r="D203">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>742</v>
+        <v>690</v>
+      </c>
+      <c r="E203">
+        <v>12034</v>
       </c>
       <c r="F203">
         <v>2016</v>
       </c>
       <c r="G203" t="s">
-        <v>743</v>
-[...3 lines deleted...]
-      </c>
+        <v>744</v>
+      </c>
+      <c r="H203"/>
       <c r="I203">
-        <v>9.18</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="204" spans="1:9">
       <c r="A204" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="B204" t="s">
-        <v>721</v>
+        <v>746</v>
       </c>
       <c r="C204" t="s">
-        <v>638</v>
+        <v>747</v>
       </c>
       <c r="D204">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="E204" t="s">
-        <v>745</v>
+        <v>748</v>
       </c>
       <c r="F204">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G204" t="s">
-        <v>746</v>
+        <v>749</v>
       </c>
       <c r="H204">
-        <v>7.76</v>
+        <v>2.54</v>
       </c>
       <c r="I204">
-        <v>2.77</v>
+        <v>0.94</v>
       </c>
     </row>
     <row r="205" spans="1:9">
       <c r="A205" t="s">
-        <v>747</v>
+        <v>750</v>
       </c>
       <c r="B205" t="s">
-        <v>748</v>
+        <v>751</v>
       </c>
       <c r="C205" t="s">
-        <v>749</v>
-[...3 lines deleted...]
-        <v>750</v>
+        <v>179</v>
+      </c>
+      <c r="D205">
+        <v>690</v>
+      </c>
+      <c r="E205">
+        <v>12020</v>
       </c>
       <c r="F205">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G205" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="H205"/>
-      <c r="I205"/>
+      <c r="I205">
+        <v>0.25</v>
+      </c>
     </row>
     <row r="206" spans="1:9">
       <c r="A206" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="B206" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="C206" t="s">
-        <v>36</v>
+        <v>179</v>
       </c>
       <c r="D206">
-        <v>92</v>
+        <v>690</v>
       </c>
       <c r="E206">
-        <v>245413</v>
+        <v>12021</v>
       </c>
       <c r="F206">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G206" t="s">
-        <v>754</v>
-[...4 lines deleted...]
-      <c r="I206"/>
+        <v>755</v>
+      </c>
+      <c r="H206"/>
+      <c r="I206">
+        <v>0.25</v>
+      </c>
     </row>
     <row r="207" spans="1:9">
       <c r="A207" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="B207" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="C207" t="s">
-        <v>36</v>
+        <v>321</v>
       </c>
       <c r="D207">
-        <v>92</v>
-[...2 lines deleted...]
-        <v>214436</v>
+        <v>28</v>
+      </c>
+      <c r="E207" t="s">
+        <v>758</v>
       </c>
       <c r="F207">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G207" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="H207">
-        <v>3.72</v>
-[...1 lines deleted...]
-      <c r="I207"/>
+        <v>19.79</v>
+      </c>
+      <c r="I207">
+        <v>9.18</v>
+      </c>
     </row>
     <row r="208" spans="1:9">
       <c r="A208" t="s">
-        <v>758</v>
+        <v>760</v>
       </c>
       <c r="B208" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
       <c r="C208" t="s">
-        <v>414</v>
+        <v>404</v>
       </c>
       <c r="D208">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>760</v>
+        <v>6</v>
+      </c>
+      <c r="E208">
+        <v>22136</v>
       </c>
       <c r="F208">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G208" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="H208">
-        <v>7.49</v>
+        <v>4.26</v>
       </c>
       <c r="I208">
-        <v>4.21</v>
+        <v>1.69</v>
       </c>
     </row>
     <row r="209" spans="1:9">
       <c r="A209" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="B209" t="s">
-        <v>695</v>
+        <v>764</v>
       </c>
       <c r="C209" t="s">
-        <v>28</v>
+        <v>404</v>
       </c>
       <c r="D209">
         <v>6</v>
       </c>
       <c r="E209">
-        <v>10102</v>
+        <v>22546</v>
       </c>
       <c r="F209">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G209" t="s">
-        <v>763</v>
+        <v>765</v>
       </c>
       <c r="H209">
-        <v>11.33</v>
+        <v>4.26</v>
       </c>
       <c r="I209">
-        <v>6.29</v>
+        <v>1.69</v>
       </c>
     </row>
     <row r="210" spans="1:9">
       <c r="A210" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
       <c r="B210" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="C210" t="s">
-        <v>766</v>
+        <v>154</v>
       </c>
       <c r="D210">
-        <v>23</v>
+        <v>41</v>
       </c>
       <c r="E210" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="F210">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G210" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="H210">
-        <v>3.15</v>
+        <v>3.42</v>
       </c>
       <c r="I210">
-        <v>1.91</v>
+        <v>1.77</v>
       </c>
     </row>
     <row r="211" spans="1:9">
       <c r="A211" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="B211" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="C211" t="s">
-        <v>771</v>
-[...2 lines deleted...]
-      <c r="E211"/>
+        <v>212</v>
+      </c>
+      <c r="D211">
+        <v>108</v>
+      </c>
+      <c r="E211">
+        <v>23902</v>
+      </c>
       <c r="F211">
-        <v>2015</v>
-[...3 lines deleted...]
-      <c r="I211"/>
+        <v>2016</v>
+      </c>
+      <c r="G211" t="s">
+        <v>772</v>
+      </c>
+      <c r="H211">
+        <v>3.41</v>
+      </c>
+      <c r="I211">
+        <v>1.67</v>
+      </c>
     </row>
     <row r="212" spans="1:9">
       <c r="A212" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="B212" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="C212" t="s">
-        <v>771</v>
-[...2 lines deleted...]
-      <c r="E212"/>
+        <v>321</v>
+      </c>
+      <c r="D212">
+        <v>28</v>
+      </c>
+      <c r="E212" t="s">
+        <v>775</v>
+      </c>
       <c r="F212">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="G212" t="s">
-        <v>774</v>
-[...2 lines deleted...]
-      <c r="I212"/>
+        <v>776</v>
+      </c>
+      <c r="H212">
+        <v>19.79</v>
+      </c>
+      <c r="I212">
+        <v>9.18</v>
+      </c>
     </row>
     <row r="213" spans="1:9">
       <c r="A213" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
       <c r="B213" t="s">
-        <v>776</v>
+        <v>754</v>
       </c>
       <c r="C213" t="s">
-        <v>771</v>
-[...2 lines deleted...]
-      <c r="E213"/>
+        <v>671</v>
+      </c>
+      <c r="D213">
+        <v>8</v>
+      </c>
+      <c r="E213" t="s">
+        <v>778</v>
+      </c>
       <c r="F213">
         <v>2015</v>
       </c>
       <c r="G213" t="s">
-        <v>777</v>
-[...2 lines deleted...]
-      <c r="I213"/>
+        <v>779</v>
+      </c>
+      <c r="H213">
+        <v>7.76</v>
+      </c>
+      <c r="I213">
+        <v>2.77</v>
+      </c>
     </row>
     <row r="214" spans="1:9">
       <c r="A214" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
       <c r="B214" t="s">
-        <v>495</v>
+        <v>781</v>
       </c>
       <c r="C214" t="s">
-        <v>771</v>
+        <v>782</v>
       </c>
       <c r="D214"/>
-      <c r="E214"/>
+      <c r="E214" t="s">
+        <v>783</v>
+      </c>
       <c r="F214">
         <v>2015</v>
       </c>
       <c r="G214" t="s">
-        <v>779</v>
+        <v>784</v>
       </c>
       <c r="H214"/>
       <c r="I214"/>
     </row>
     <row r="215" spans="1:9">
       <c r="A215" t="s">
-        <v>780</v>
+        <v>785</v>
       </c>
       <c r="B215" t="s">
-        <v>781</v>
+        <v>786</v>
       </c>
       <c r="C215" t="s">
-        <v>771</v>
-[...2 lines deleted...]
-      <c r="E215"/>
+        <v>24</v>
+      </c>
+      <c r="D215">
+        <v>92</v>
+      </c>
+      <c r="E215">
+        <v>245413</v>
+      </c>
       <c r="F215">
         <v>2015</v>
       </c>
       <c r="G215" t="s">
-        <v>782</v>
-[...1 lines deleted...]
-      <c r="H215"/>
+        <v>787</v>
+      </c>
+      <c r="H215">
+        <v>3.72</v>
+      </c>
       <c r="I215"/>
     </row>
     <row r="216" spans="1:9">
       <c r="A216" t="s">
-        <v>783</v>
+        <v>788</v>
       </c>
       <c r="B216" t="s">
-        <v>784</v>
+        <v>789</v>
       </c>
       <c r="C216" t="s">
-        <v>771</v>
-[...2 lines deleted...]
-      <c r="E216"/>
+        <v>24</v>
+      </c>
+      <c r="D216">
+        <v>92</v>
+      </c>
+      <c r="E216">
+        <v>214436</v>
+      </c>
       <c r="F216">
         <v>2015</v>
       </c>
       <c r="G216" t="s">
-        <v>785</v>
-[...1 lines deleted...]
-      <c r="H216"/>
+        <v>790</v>
+      </c>
+      <c r="H216">
+        <v>3.72</v>
+      </c>
       <c r="I216"/>
     </row>
     <row r="217" spans="1:9">
       <c r="A217" t="s">
-        <v>786</v>
+        <v>791</v>
       </c>
       <c r="B217" t="s">
-        <v>787</v>
+        <v>792</v>
       </c>
       <c r="C217" t="s">
-        <v>771</v>
-[...2 lines deleted...]
-      <c r="E217"/>
+        <v>447</v>
+      </c>
+      <c r="D217">
+        <v>10</v>
+      </c>
+      <c r="E217" t="s">
+        <v>793</v>
+      </c>
       <c r="F217">
         <v>2015</v>
       </c>
       <c r="G217" t="s">
-        <v>788</v>
-[...2 lines deleted...]
-      <c r="I217"/>
+        <v>794</v>
+      </c>
+      <c r="H217">
+        <v>7.49</v>
+      </c>
+      <c r="I217">
+        <v>4.21</v>
+      </c>
     </row>
     <row r="218" spans="1:9">
       <c r="A218" t="s">
-        <v>789</v>
+        <v>795</v>
       </c>
       <c r="B218" t="s">
-        <v>790</v>
+        <v>728</v>
       </c>
       <c r="C218" t="s">
-        <v>771</v>
-[...2 lines deleted...]
-      <c r="E218"/>
+        <v>40</v>
+      </c>
+      <c r="D218">
+        <v>6</v>
+      </c>
+      <c r="E218">
+        <v>10102</v>
+      </c>
       <c r="F218">
         <v>2015</v>
       </c>
       <c r="G218" t="s">
-        <v>791</v>
-[...2 lines deleted...]
-      <c r="I218"/>
+        <v>796</v>
+      </c>
+      <c r="H218">
+        <v>11.33</v>
+      </c>
+      <c r="I218">
+        <v>6.29</v>
+      </c>
     </row>
     <row r="219" spans="1:9">
       <c r="A219" t="s">
-        <v>792</v>
+        <v>797</v>
       </c>
       <c r="B219" t="s">
-        <v>793</v>
+        <v>798</v>
       </c>
       <c r="C219" t="s">
-        <v>794</v>
-[...2 lines deleted...]
-      <c r="E219"/>
+        <v>799</v>
+      </c>
+      <c r="D219">
+        <v>23</v>
+      </c>
+      <c r="E219" t="s">
+        <v>800</v>
+      </c>
       <c r="F219">
         <v>2015</v>
       </c>
       <c r="G219" t="s">
-        <v>795</v>
-[...2 lines deleted...]
-      <c r="I219"/>
+        <v>801</v>
+      </c>
+      <c r="H219">
+        <v>3.15</v>
+      </c>
+      <c r="I219">
+        <v>1.91</v>
+      </c>
     </row>
     <row r="220" spans="1:9">
       <c r="A220" t="s">
-        <v>796</v>
+        <v>802</v>
       </c>
       <c r="B220" t="s">
-        <v>797</v>
+        <v>803</v>
       </c>
       <c r="C220" t="s">
-        <v>794</v>
+        <v>804</v>
       </c>
       <c r="D220"/>
       <c r="E220"/>
       <c r="F220">
         <v>2015</v>
       </c>
       <c r="G220" t="s">
-        <v>798</v>
+        <v>805</v>
       </c>
       <c r="H220"/>
       <c r="I220"/>
     </row>
     <row r="221" spans="1:9">
       <c r="A221" t="s">
-        <v>799</v>
+        <v>806</v>
       </c>
       <c r="B221" t="s">
-        <v>800</v>
+        <v>807</v>
       </c>
       <c r="C221" t="s">
-        <v>801</v>
+        <v>804</v>
       </c>
       <c r="D221"/>
-      <c r="E221" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E221"/>
       <c r="F221">
         <v>2015</v>
       </c>
-      <c r="G221" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G221"/>
       <c r="H221"/>
       <c r="I221"/>
     </row>
     <row r="222" spans="1:9">
       <c r="A222" t="s">
+        <v>808</v>
+      </c>
+      <c r="B222" t="s">
+        <v>809</v>
+      </c>
+      <c r="C222" t="s">
         <v>804</v>
       </c>
-      <c r="B222" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="D222"/>
+      <c r="E222"/>
       <c r="F222">
         <v>2015</v>
       </c>
       <c r="G222" t="s">
-        <v>807</v>
-[...6 lines deleted...]
-      </c>
+        <v>810</v>
+      </c>
+      <c r="H222"/>
+      <c r="I222"/>
     </row>
     <row r="223" spans="1:9">
       <c r="A223" t="s">
-        <v>808</v>
+        <v>811</v>
       </c>
       <c r="B223" t="s">
-        <v>809</v>
+        <v>812</v>
       </c>
       <c r="C223" t="s">
-        <v>179</v>
-[...6 lines deleted...]
-      </c>
+        <v>804</v>
+      </c>
+      <c r="D223"/>
+      <c r="E223"/>
       <c r="F223">
         <v>2015</v>
       </c>
       <c r="G223" t="s">
-        <v>810</v>
-[...6 lines deleted...]
-      </c>
+        <v>813</v>
+      </c>
+      <c r="H223"/>
+      <c r="I223"/>
     </row>
     <row r="224" spans="1:9">
       <c r="A224" t="s">
-        <v>811</v>
+        <v>814</v>
       </c>
       <c r="B224" t="s">
-        <v>812</v>
+        <v>528</v>
       </c>
       <c r="C224" t="s">
-        <v>36</v>
-[...6 lines deleted...]
-      </c>
+        <v>804</v>
+      </c>
+      <c r="D224"/>
+      <c r="E224"/>
       <c r="F224">
         <v>2015</v>
       </c>
       <c r="G224" t="s">
-        <v>813</v>
-[...3 lines deleted...]
-      </c>
+        <v>815</v>
+      </c>
+      <c r="H224"/>
       <c r="I224"/>
     </row>
     <row r="225" spans="1:9">
       <c r="A225" t="s">
-        <v>814</v>
+        <v>816</v>
       </c>
       <c r="B225" t="s">
-        <v>815</v>
+        <v>817</v>
       </c>
       <c r="C225" t="s">
-        <v>816</v>
-[...6 lines deleted...]
-      </c>
+        <v>804</v>
+      </c>
+      <c r="D225"/>
+      <c r="E225"/>
       <c r="F225">
         <v>2015</v>
       </c>
       <c r="G225" t="s">
         <v>818</v>
       </c>
       <c r="H225"/>
       <c r="I225"/>
     </row>
     <row r="226" spans="1:9">
       <c r="A226" t="s">
         <v>819</v>
       </c>
       <c r="B226" t="s">
         <v>820</v>
       </c>
       <c r="C226" t="s">
-        <v>821</v>
+        <v>804</v>
       </c>
       <c r="D226"/>
-      <c r="E226" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E226"/>
       <c r="F226">
         <v>2015</v>
       </c>
       <c r="G226" t="s">
-        <v>823</v>
+        <v>821</v>
       </c>
       <c r="H226"/>
       <c r="I226"/>
     </row>
     <row r="227" spans="1:9">
       <c r="A227" t="s">
-        <v>824</v>
+        <v>822</v>
       </c>
       <c r="B227" t="s">
-        <v>825</v>
+        <v>823</v>
       </c>
       <c r="C227" t="s">
-        <v>826</v>
-[...6 lines deleted...]
-      </c>
+        <v>804</v>
+      </c>
+      <c r="D227"/>
+      <c r="E227"/>
       <c r="F227">
         <v>2015</v>
       </c>
       <c r="G227" t="s">
-        <v>828</v>
-[...6 lines deleted...]
-      </c>
+        <v>824</v>
+      </c>
+      <c r="H227"/>
+      <c r="I227"/>
     </row>
     <row r="228" spans="1:9">
       <c r="A228" t="s">
-        <v>829</v>
+        <v>825</v>
       </c>
       <c r="B228" t="s">
-        <v>830</v>
+        <v>826</v>
       </c>
       <c r="C228" t="s">
-        <v>130</v>
-[...6 lines deleted...]
-      </c>
+        <v>827</v>
+      </c>
+      <c r="D228"/>
+      <c r="E228"/>
       <c r="F228">
         <v>2015</v>
       </c>
       <c r="G228" t="s">
-        <v>832</v>
-[...6 lines deleted...]
-      </c>
+        <v>828</v>
+      </c>
+      <c r="H228"/>
+      <c r="I228"/>
     </row>
     <row r="229" spans="1:9">
       <c r="A229" t="s">
-        <v>833</v>
+        <v>829</v>
       </c>
       <c r="B229" t="s">
-        <v>753</v>
+        <v>830</v>
       </c>
       <c r="C229" t="s">
-        <v>749</v>
+        <v>827</v>
       </c>
       <c r="D229"/>
-      <c r="E229" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E229"/>
       <c r="F229">
         <v>2015</v>
       </c>
       <c r="G229" t="s">
-        <v>835</v>
+        <v>831</v>
       </c>
       <c r="H229"/>
       <c r="I229"/>
     </row>
     <row r="230" spans="1:9">
       <c r="A230" t="s">
-        <v>836</v>
+        <v>832</v>
       </c>
       <c r="B230" t="s">
-        <v>765</v>
+        <v>833</v>
       </c>
       <c r="C230" t="s">
-        <v>287</v>
-[...5 lines deleted...]
-        <v>119701</v>
+        <v>834</v>
+      </c>
+      <c r="D230"/>
+      <c r="E230" t="s">
+        <v>835</v>
       </c>
       <c r="F230">
         <v>2015</v>
       </c>
       <c r="G230" t="s">
-        <v>837</v>
-[...6 lines deleted...]
-      </c>
+        <v>836</v>
+      </c>
+      <c r="H230"/>
+      <c r="I230"/>
     </row>
     <row r="231" spans="1:9">
       <c r="A231" t="s">
+        <v>837</v>
+      </c>
+      <c r="B231" t="s">
         <v>838</v>
       </c>
-      <c r="B231" t="s">
+      <c r="C231" t="s">
+        <v>671</v>
+      </c>
+      <c r="D231">
+        <v>7</v>
+      </c>
+      <c r="E231" t="s">
         <v>839</v>
-      </c>
-[...7 lines deleted...]
-        <v>12956</v>
       </c>
       <c r="F231">
         <v>2015</v>
       </c>
       <c r="G231" t="s">
         <v>840</v>
       </c>
       <c r="H231">
-        <v>5.23</v>
+        <v>7.76</v>
       </c>
       <c r="I231">
-        <v>2.03</v>
+        <v>2.77</v>
       </c>
     </row>
     <row r="232" spans="1:9">
       <c r="A232" t="s">
         <v>841</v>
       </c>
       <c r="B232" t="s">
         <v>842</v>
       </c>
       <c r="C232" t="s">
-        <v>387</v>
+        <v>212</v>
       </c>
       <c r="D232">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>843</v>
+        <v>107</v>
+      </c>
+      <c r="E232">
+        <v>171101</v>
       </c>
       <c r="F232">
         <v>2015</v>
       </c>
       <c r="G232" t="s">
-        <v>844</v>
+        <v>843</v>
       </c>
       <c r="H232">
-        <v>13.78</v>
+        <v>3.14</v>
       </c>
       <c r="I232">
-        <v>8.36</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="233" spans="1:9">
       <c r="A233" t="s">
+        <v>844</v>
+      </c>
+      <c r="B233" t="s">
         <v>845</v>
       </c>
-      <c r="B233" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C233" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="D233">
         <v>92</v>
       </c>
       <c r="E233">
-        <v>85107</v>
+        <v>155415</v>
       </c>
       <c r="F233">
         <v>2015</v>
       </c>
       <c r="G233" t="s">
         <v>846</v>
       </c>
       <c r="H233">
         <v>3.72</v>
       </c>
       <c r="I233"/>
     </row>
     <row r="234" spans="1:9">
       <c r="A234" t="s">
         <v>847</v>
       </c>
       <c r="B234" t="s">
         <v>848</v>
       </c>
       <c r="C234" t="s">
-        <v>36</v>
+        <v>849</v>
       </c>
       <c r="D234">
-        <v>92</v>
+        <v>28</v>
       </c>
       <c r="E234" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="F234">
         <v>2015</v>
       </c>
       <c r="G234" t="s">
-        <v>850</v>
-[...3 lines deleted...]
-      </c>
+        <v>851</v>
+      </c>
+      <c r="H234"/>
       <c r="I234"/>
     </row>
     <row r="235" spans="1:9">
       <c r="A235" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="B235" t="s">
-        <v>770</v>
+        <v>853</v>
       </c>
       <c r="C235" t="s">
-        <v>36</v>
-[...5 lines deleted...]
-        <v>45127</v>
+        <v>854</v>
+      </c>
+      <c r="D235"/>
+      <c r="E235" t="s">
+        <v>855</v>
       </c>
       <c r="F235">
         <v>2015</v>
       </c>
       <c r="G235" t="s">
-        <v>852</v>
-[...3 lines deleted...]
-      </c>
+        <v>856</v>
+      </c>
+      <c r="H235"/>
       <c r="I235"/>
     </row>
     <row r="236" spans="1:9">
       <c r="A236" t="s">
-        <v>853</v>
+        <v>857</v>
       </c>
       <c r="B236" t="s">
-        <v>460</v>
+        <v>858</v>
       </c>
       <c r="C236" t="s">
-        <v>854</v>
-[...2 lines deleted...]
-      <c r="E236"/>
+        <v>859</v>
+      </c>
+      <c r="D236">
+        <v>119</v>
+      </c>
+      <c r="E236" t="s">
+        <v>860</v>
+      </c>
       <c r="F236">
         <v>2015</v>
       </c>
-      <c r="G236"/>
-[...1 lines deleted...]
-      <c r="I236"/>
+      <c r="G236" t="s">
+        <v>861</v>
+      </c>
+      <c r="H236">
+        <v>0.64</v>
+      </c>
+      <c r="I236">
+        <v>0.27</v>
+      </c>
     </row>
     <row r="237" spans="1:9">
       <c r="A237" t="s">
-        <v>855</v>
+        <v>862</v>
       </c>
       <c r="B237" t="s">
-        <v>453</v>
+        <v>863</v>
       </c>
       <c r="C237" t="s">
-        <v>856</v>
-[...1 lines deleted...]
-      <c r="D237"/>
+        <v>163</v>
+      </c>
+      <c r="D237">
+        <v>63</v>
+      </c>
       <c r="E237" t="s">
-        <v>857</v>
+        <v>864</v>
       </c>
       <c r="F237">
         <v>2015</v>
       </c>
-      <c r="G237"/>
-[...1 lines deleted...]
-      <c r="I237"/>
+      <c r="G237" t="s">
+        <v>865</v>
+      </c>
+      <c r="H237">
+        <v>2.05</v>
+      </c>
+      <c r="I237">
+        <v>1.74</v>
+      </c>
     </row>
     <row r="238" spans="1:9">
       <c r="A238" t="s">
-        <v>858</v>
+        <v>866</v>
       </c>
       <c r="B238" t="s">
-        <v>859</v>
+        <v>786</v>
       </c>
       <c r="C238" t="s">
-        <v>856</v>
+        <v>782</v>
       </c>
       <c r="D238"/>
       <c r="E238" t="s">
-        <v>860</v>
+        <v>867</v>
       </c>
       <c r="F238">
         <v>2015</v>
       </c>
-      <c r="G238"/>
+      <c r="G238" t="s">
+        <v>868</v>
+      </c>
       <c r="H238"/>
       <c r="I238"/>
     </row>
     <row r="239" spans="1:9">
       <c r="A239" t="s">
-        <v>861</v>
+        <v>869</v>
       </c>
       <c r="B239" t="s">
-        <v>784</v>
+        <v>798</v>
       </c>
       <c r="C239" t="s">
-        <v>856</v>
-[...3 lines deleted...]
-        <v>862</v>
+        <v>324</v>
+      </c>
+      <c r="D239">
+        <v>115</v>
+      </c>
+      <c r="E239">
+        <v>119701</v>
       </c>
       <c r="F239">
         <v>2015</v>
       </c>
-      <c r="G239"/>
-[...1 lines deleted...]
-      <c r="I239"/>
+      <c r="G239" t="s">
+        <v>870</v>
+      </c>
+      <c r="H239">
+        <v>7.65</v>
+      </c>
+      <c r="I239">
+        <v>4.66</v>
+      </c>
     </row>
     <row r="240" spans="1:9">
       <c r="A240" t="s">
-        <v>863</v>
+        <v>871</v>
       </c>
       <c r="B240" t="s">
-        <v>675</v>
+        <v>872</v>
       </c>
       <c r="C240" t="s">
-        <v>707</v>
+        <v>420</v>
       </c>
       <c r="D240">
-        <v>91</v>
-[...2 lines deleted...]
-        <v>63830</v>
+        <v>15</v>
+      </c>
+      <c r="E240" t="s">
+        <v>873</v>
       </c>
       <c r="F240">
         <v>2015</v>
       </c>
       <c r="G240" t="s">
-        <v>864</v>
+        <v>874</v>
       </c>
       <c r="H240">
-        <v>2.77</v>
-[...1 lines deleted...]
-      <c r="I240"/>
+        <v>13.78</v>
+      </c>
+      <c r="I240">
+        <v>8.36</v>
+      </c>
     </row>
     <row r="241" spans="1:9">
       <c r="A241" t="s">
-        <v>865</v>
+        <v>875</v>
       </c>
       <c r="B241" t="s">
-        <v>866</v>
+        <v>876</v>
       </c>
       <c r="C241" t="s">
-        <v>414</v>
+        <v>404</v>
       </c>
       <c r="D241">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>867</v>
+        <v>5</v>
+      </c>
+      <c r="E241">
+        <v>12956</v>
       </c>
       <c r="F241">
         <v>2015</v>
       </c>
       <c r="G241" t="s">
-        <v>868</v>
+        <v>877</v>
       </c>
       <c r="H241">
-        <v>7.49</v>
+        <v>5.23</v>
       </c>
       <c r="I241">
-        <v>4.21</v>
+        <v>2.03</v>
       </c>
     </row>
     <row r="242" spans="1:9">
       <c r="A242" t="s">
-        <v>869</v>
+        <v>878</v>
       </c>
       <c r="B242" t="s">
-        <v>870</v>
+        <v>486</v>
       </c>
       <c r="C242" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="D242">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="E242">
-        <v>205126</v>
+        <v>85107</v>
       </c>
       <c r="F242">
         <v>2015</v>
       </c>
       <c r="G242" t="s">
-        <v>871</v>
+        <v>879</v>
       </c>
       <c r="H242">
         <v>3.72</v>
       </c>
       <c r="I242"/>
     </row>
     <row r="243" spans="1:9">
       <c r="A243" t="s">
-        <v>872</v>
+        <v>880</v>
       </c>
       <c r="B243" t="s">
-        <v>748</v>
+        <v>881</v>
       </c>
       <c r="C243" t="s">
-        <v>90</v>
+        <v>24</v>
       </c>
       <c r="D243">
-        <v>117</v>
-[...2 lines deleted...]
-        <v>203101</v>
+        <v>92</v>
+      </c>
+      <c r="E243" t="s">
+        <v>882</v>
       </c>
       <c r="F243">
         <v>2015</v>
       </c>
       <c r="G243" t="s">
-        <v>873</v>
+        <v>883</v>
       </c>
       <c r="H243">
-        <v>2.1</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.72</v>
+      </c>
+      <c r="I243"/>
     </row>
     <row r="244" spans="1:9">
       <c r="A244" t="s">
-        <v>874</v>
+        <v>884</v>
       </c>
       <c r="B244" t="s">
-        <v>875</v>
+        <v>807</v>
       </c>
       <c r="C244" t="s">
-        <v>696</v>
+        <v>24</v>
       </c>
       <c r="D244">
-        <v>9502</v>
+        <v>92</v>
       </c>
       <c r="E244">
-        <v>950203</v>
+        <v>45127</v>
       </c>
       <c r="F244">
         <v>2015</v>
       </c>
       <c r="G244" t="s">
-        <v>876</v>
-[...4 lines deleted...]
-      </c>
+        <v>885</v>
+      </c>
+      <c r="H244">
+        <v>3.72</v>
+      </c>
+      <c r="I244"/>
     </row>
     <row r="245" spans="1:9">
       <c r="A245" t="s">
-        <v>877</v>
+        <v>886</v>
       </c>
       <c r="B245" t="s">
-        <v>878</v>
+        <v>497</v>
       </c>
       <c r="C245" t="s">
-        <v>287</v>
-[...6 lines deleted...]
-      </c>
+        <v>887</v>
+      </c>
+      <c r="D245"/>
+      <c r="E245"/>
       <c r="F245">
         <v>2015</v>
       </c>
-      <c r="G245" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G245"/>
+      <c r="H245"/>
+      <c r="I245"/>
     </row>
     <row r="246" spans="1:9">
       <c r="A246" t="s">
-        <v>880</v>
+        <v>888</v>
       </c>
       <c r="B246" t="s">
-        <v>881</v>
+        <v>820</v>
       </c>
       <c r="C246" t="s">
-        <v>179</v>
-[...5 lines deleted...]
-        <v>171913</v>
+        <v>889</v>
+      </c>
+      <c r="D246"/>
+      <c r="E246" t="s">
+        <v>890</v>
       </c>
       <c r="F246">
         <v>2015</v>
       </c>
-      <c r="G246" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G246"/>
+      <c r="H246"/>
+      <c r="I246"/>
     </row>
     <row r="247" spans="1:9">
       <c r="A247" t="s">
-        <v>883</v>
+        <v>891</v>
       </c>
       <c r="B247" t="s">
-        <v>781</v>
+        <v>486</v>
       </c>
       <c r="C247" t="s">
-        <v>179</v>
-[...5 lines deleted...]
-        <v>171110</v>
+        <v>889</v>
+      </c>
+      <c r="D247"/>
+      <c r="E247" t="s">
+        <v>892</v>
       </c>
       <c r="F247">
         <v>2015</v>
       </c>
-      <c r="G247" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G247"/>
+      <c r="H247"/>
+      <c r="I247"/>
     </row>
     <row r="248" spans="1:9">
       <c r="A248" t="s">
-        <v>885</v>
+        <v>893</v>
       </c>
       <c r="B248" t="s">
-        <v>886</v>
+        <v>894</v>
       </c>
       <c r="C248" t="s">
-        <v>36</v>
-[...5 lines deleted...]
-        <v>125426</v>
+        <v>889</v>
+      </c>
+      <c r="D248"/>
+      <c r="E248" t="s">
+        <v>895</v>
       </c>
       <c r="F248">
         <v>2015</v>
       </c>
-      <c r="G248" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G248"/>
+      <c r="H248"/>
+      <c r="I248"/>
     </row>
     <row r="249" spans="1:9">
       <c r="A249" t="s">
-        <v>888</v>
+        <v>896</v>
       </c>
       <c r="B249" t="s">
-        <v>889</v>
+        <v>708</v>
       </c>
       <c r="C249" t="s">
-        <v>371</v>
+        <v>740</v>
       </c>
       <c r="D249">
-        <v>5</v>
+        <v>91</v>
       </c>
       <c r="E249">
-        <v>8774</v>
+        <v>63830</v>
       </c>
       <c r="F249">
         <v>2015</v>
       </c>
       <c r="G249" t="s">
-        <v>890</v>
+        <v>897</v>
       </c>
       <c r="H249">
-        <v>5.23</v>
-[...3 lines deleted...]
-      </c>
+        <v>2.77</v>
+      </c>
+      <c r="I249"/>
     </row>
     <row r="250" spans="1:9">
       <c r="A250" t="s">
-        <v>891</v>
+        <v>898</v>
       </c>
       <c r="B250" t="s">
-        <v>892</v>
+        <v>899</v>
       </c>
       <c r="C250" t="s">
-        <v>287</v>
+        <v>447</v>
       </c>
       <c r="D250">
-        <v>114</v>
-[...2 lines deleted...]
-        <v>123901</v>
+        <v>9</v>
+      </c>
+      <c r="E250" t="s">
+        <v>900</v>
       </c>
       <c r="F250">
         <v>2015</v>
       </c>
       <c r="G250" t="s">
-        <v>893</v>
+        <v>901</v>
       </c>
       <c r="H250">
-        <v>7.65</v>
+        <v>7.49</v>
       </c>
       <c r="I250">
-        <v>4.66</v>
+        <v>4.21</v>
       </c>
     </row>
     <row r="251" spans="1:9">
       <c r="A251" t="s">
-        <v>894</v>
+        <v>902</v>
       </c>
       <c r="B251" t="s">
-        <v>895</v>
+        <v>903</v>
       </c>
       <c r="C251" t="s">
-        <v>190</v>
+        <v>24</v>
       </c>
       <c r="D251">
-        <v>185</v>
-[...2 lines deleted...]
-        <v>896</v>
+        <v>91</v>
+      </c>
+      <c r="E251">
+        <v>205126</v>
       </c>
       <c r="F251">
         <v>2015</v>
       </c>
       <c r="G251" t="s">
-        <v>897</v>
+        <v>904</v>
       </c>
       <c r="H251">
-        <v>2.13</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.72</v>
+      </c>
+      <c r="I251"/>
     </row>
     <row r="252" spans="1:9">
       <c r="A252" t="s">
-        <v>898</v>
+        <v>905</v>
       </c>
       <c r="B252" t="s">
-        <v>899</v>
+        <v>781</v>
       </c>
       <c r="C252" t="s">
-        <v>900</v>
+        <v>123</v>
       </c>
       <c r="D252">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>901</v>
+        <v>117</v>
+      </c>
+      <c r="E252">
+        <v>203101</v>
       </c>
       <c r="F252">
         <v>2015</v>
       </c>
       <c r="G252" t="s">
-        <v>902</v>
+        <v>906</v>
       </c>
       <c r="H252">
-        <v>2.08</v>
+        <v>2.1</v>
       </c>
       <c r="I252">
-        <v>0.57</v>
+        <v>0.82</v>
       </c>
     </row>
     <row r="253" spans="1:9">
       <c r="A253" t="s">
-        <v>903</v>
+        <v>907</v>
       </c>
       <c r="B253" t="s">
-        <v>904</v>
+        <v>908</v>
       </c>
       <c r="C253" t="s">
-        <v>94</v>
+        <v>729</v>
       </c>
       <c r="D253">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>905</v>
+        <v>9502</v>
+      </c>
+      <c r="E253">
+        <v>950203</v>
       </c>
       <c r="F253">
         <v>2015</v>
       </c>
       <c r="G253" t="s">
-        <v>906</v>
-[...3 lines deleted...]
-      </c>
+        <v>909</v>
+      </c>
+      <c r="H253"/>
       <c r="I253">
-        <v>0.74</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="254" spans="1:9">
       <c r="A254" t="s">
-        <v>907</v>
+        <v>910</v>
       </c>
       <c r="B254" t="s">
-        <v>908</v>
+        <v>911</v>
       </c>
       <c r="C254" t="s">
-        <v>36</v>
+        <v>324</v>
       </c>
       <c r="D254">
-        <v>92</v>
+        <v>114</v>
       </c>
       <c r="E254">
-        <v>195127</v>
+        <v>185501</v>
       </c>
       <c r="F254">
         <v>2015</v>
       </c>
       <c r="G254" t="s">
-        <v>909</v>
+        <v>912</v>
       </c>
       <c r="H254">
-        <v>3.72</v>
+        <v>7.65</v>
       </c>
       <c r="I254">
-        <v>2.76</v>
+        <v>4.66</v>
       </c>
     </row>
     <row r="255" spans="1:9">
       <c r="A255" t="s">
-        <v>910</v>
+        <v>913</v>
       </c>
       <c r="B255" t="s">
-        <v>911</v>
+        <v>914</v>
       </c>
       <c r="C255" t="s">
-        <v>912</v>
+        <v>212</v>
       </c>
       <c r="D255">
-        <v>94</v>
-[...2 lines deleted...]
-        <v>913</v>
+        <v>106</v>
+      </c>
+      <c r="E255">
+        <v>171913</v>
       </c>
       <c r="F255">
-        <v>2014</v>
-[...3 lines deleted...]
-      <c r="I255"/>
+        <v>2015</v>
+      </c>
+      <c r="G255" t="s">
+        <v>915</v>
+      </c>
+      <c r="H255">
+        <v>3.14</v>
+      </c>
+      <c r="I255">
+        <v>1.5</v>
+      </c>
     </row>
     <row r="256" spans="1:9">
       <c r="A256" t="s">
-        <v>914</v>
+        <v>916</v>
       </c>
       <c r="B256" t="s">
-        <v>915</v>
+        <v>817</v>
       </c>
       <c r="C256" t="s">
-        <v>90</v>
+        <v>212</v>
       </c>
       <c r="D256">
-        <v>116</v>
+        <v>106</v>
       </c>
       <c r="E256">
-        <v>184508</v>
+        <v>171110</v>
       </c>
       <c r="F256">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G256" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="H256">
-        <v>2.18</v>
+        <v>3.14</v>
       </c>
       <c r="I256">
-        <v>1.04</v>
+        <v>1.5</v>
       </c>
     </row>
     <row r="257" spans="1:9">
       <c r="A257" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="B257" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="C257" t="s">
-        <v>638</v>
+        <v>24</v>
       </c>
       <c r="D257">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>919</v>
+        <v>91</v>
+      </c>
+      <c r="E257">
+        <v>125426</v>
       </c>
       <c r="F257">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G257" t="s">
         <v>920</v>
       </c>
       <c r="H257">
-        <v>7.39</v>
+        <v>3.72</v>
       </c>
       <c r="I257">
-        <v>2.65</v>
+        <v>2.76</v>
       </c>
     </row>
     <row r="258" spans="1:9">
       <c r="A258" t="s">
         <v>921</v>
       </c>
       <c r="B258" t="s">
         <v>922</v>
       </c>
       <c r="C258" t="s">
-        <v>656</v>
+        <v>404</v>
       </c>
       <c r="D258">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="E258" t="s">
+        <v>5</v>
+      </c>
+      <c r="E258">
+        <v>8774</v>
+      </c>
+      <c r="F258">
+        <v>2015</v>
+      </c>
+      <c r="G258" t="s">
         <v>923</v>
       </c>
-      <c r="F258">
-[...4 lines deleted...]
-      </c>
       <c r="H258">
-        <v>0.82</v>
+        <v>5.23</v>
       </c>
       <c r="I258">
-        <v>0.47</v>
+        <v>2.03</v>
       </c>
     </row>
     <row r="259" spans="1:9">
       <c r="A259" t="s">
+        <v>924</v>
+      </c>
+      <c r="B259" t="s">
         <v>925</v>
       </c>
-      <c r="B259" t="s">
+      <c r="C259" t="s">
+        <v>324</v>
+      </c>
+      <c r="D259">
+        <v>114</v>
+      </c>
+      <c r="E259">
+        <v>123901</v>
+      </c>
+      <c r="F259">
+        <v>2015</v>
+      </c>
+      <c r="G259" t="s">
         <v>926</v>
       </c>
-      <c r="C259" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H259">
-        <v>3.3</v>
+        <v>7.65</v>
       </c>
       <c r="I259">
-        <v>1.86</v>
+        <v>4.66</v>
       </c>
     </row>
     <row r="260" spans="1:9">
       <c r="A260" t="s">
+        <v>927</v>
+      </c>
+      <c r="B260" t="s">
         <v>928</v>
       </c>
-      <c r="B260" t="s">
+      <c r="C260" t="s">
+        <v>223</v>
+      </c>
+      <c r="D260">
+        <v>185</v>
+      </c>
+      <c r="E260" t="s">
         <v>929</v>
       </c>
-      <c r="C260" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F260">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G260" t="s">
         <v>930</v>
       </c>
       <c r="H260">
-        <v>3.3</v>
+        <v>2.13</v>
       </c>
       <c r="I260">
-        <v>1.86</v>
+        <v>0.87</v>
       </c>
     </row>
     <row r="261" spans="1:9">
       <c r="A261" t="s">
         <v>931</v>
       </c>
       <c r="B261" t="s">
         <v>932</v>
       </c>
       <c r="C261" t="s">
-        <v>620</v>
+        <v>933</v>
       </c>
       <c r="D261">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="E261" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="F261">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G261" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="H261">
-        <v>2.34</v>
+        <v>2.08</v>
       </c>
       <c r="I261">
-        <v>1.16</v>
+        <v>0.57</v>
       </c>
     </row>
     <row r="262" spans="1:9">
       <c r="A262" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="B262" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="C262" t="s">
-        <v>36</v>
+        <v>127</v>
       </c>
       <c r="D262">
-        <v>90</v>
-[...2 lines deleted...]
-        <v>115155</v>
+        <v>13</v>
+      </c>
+      <c r="E262" t="s">
+        <v>938</v>
       </c>
       <c r="F262">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G262" t="s">
-        <v>937</v>
+        <v>939</v>
       </c>
       <c r="H262">
-        <v>3.74</v>
+        <v>1.47</v>
       </c>
       <c r="I262">
-        <v>2.81</v>
+        <v>0.74</v>
       </c>
     </row>
     <row r="263" spans="1:9">
       <c r="A263" t="s">
-        <v>938</v>
+        <v>940</v>
       </c>
       <c r="B263" t="s">
-        <v>453</v>
+        <v>941</v>
       </c>
       <c r="C263" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="D263">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="E263">
-        <v>115136</v>
+        <v>195127</v>
       </c>
       <c r="F263">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="G263" t="s">
-        <v>939</v>
+        <v>942</v>
       </c>
       <c r="H263">
-        <v>3.74</v>
+        <v>3.72</v>
       </c>
       <c r="I263">
-        <v>2.81</v>
+        <v>2.76</v>
       </c>
     </row>
     <row r="264" spans="1:9">
       <c r="A264" t="s">
-        <v>940</v>
+        <v>943</v>
       </c>
       <c r="B264" t="s">
-        <v>941</v>
+        <v>944</v>
       </c>
       <c r="C264" t="s">
-        <v>900</v>
+        <v>945</v>
       </c>
       <c r="D264">
-        <v>4</v>
+        <v>94</v>
       </c>
       <c r="E264" t="s">
-        <v>942</v>
+        <v>946</v>
       </c>
       <c r="F264">
         <v>2014</v>
       </c>
-      <c r="G264" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G264"/>
       <c r="H264"/>
-      <c r="I264">
-[...1 lines deleted...]
-      </c>
+      <c r="I264"/>
     </row>
     <row r="265" spans="1:9">
       <c r="A265" t="s">
-        <v>944</v>
+        <v>947</v>
       </c>
       <c r="B265" t="s">
-        <v>765</v>
+        <v>948</v>
       </c>
       <c r="C265" t="s">
-        <v>945</v>
+        <v>123</v>
       </c>
       <c r="D265">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>946</v>
+        <v>116</v>
+      </c>
+      <c r="E265">
+        <v>184508</v>
       </c>
       <c r="F265">
         <v>2014</v>
       </c>
       <c r="G265" t="s">
-        <v>947</v>
+        <v>949</v>
       </c>
       <c r="H265">
-        <v>1.78</v>
+        <v>2.18</v>
       </c>
       <c r="I265">
-        <v>1.05</v>
+        <v>1.04</v>
       </c>
     </row>
     <row r="266" spans="1:9">
       <c r="A266" t="s">
-        <v>948</v>
+        <v>950</v>
       </c>
       <c r="B266" t="s">
-        <v>949</v>
+        <v>951</v>
       </c>
       <c r="C266" t="s">
-        <v>696</v>
+        <v>671</v>
       </c>
       <c r="D266">
-        <v>9163</v>
+        <v>7</v>
       </c>
       <c r="E266" t="s">
-        <v>950</v>
+        <v>952</v>
       </c>
       <c r="F266">
         <v>2014</v>
       </c>
       <c r="G266" t="s">
-        <v>951</v>
-[...1 lines deleted...]
-      <c r="H266"/>
+        <v>953</v>
+      </c>
+      <c r="H266">
+        <v>7.39</v>
+      </c>
       <c r="I266">
-        <v>0.24</v>
+        <v>2.65</v>
       </c>
     </row>
     <row r="267" spans="1:9">
       <c r="A267" t="s">
-        <v>952</v>
+        <v>954</v>
       </c>
       <c r="B267" t="s">
-        <v>953</v>
+        <v>955</v>
       </c>
       <c r="C267" t="s">
-        <v>707</v>
+        <v>689</v>
       </c>
       <c r="D267">
-        <v>90</v>
-[...2 lines deleted...]
-        <v>23854</v>
+        <v>56</v>
+      </c>
+      <c r="E267" t="s">
+        <v>956</v>
       </c>
       <c r="F267">
         <v>2014</v>
       </c>
       <c r="G267" t="s">
-        <v>954</v>
+        <v>957</v>
       </c>
       <c r="H267">
-        <v>2.81</v>
+        <v>0.82</v>
       </c>
       <c r="I267">
-        <v>2.31</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="268" spans="1:9">
       <c r="A268" t="s">
-        <v>955</v>
+        <v>958</v>
       </c>
       <c r="B268" t="s">
-        <v>956</v>
+        <v>959</v>
       </c>
       <c r="C268" t="s">
-        <v>957</v>
-[...3 lines deleted...]
-        <v>958</v>
+        <v>212</v>
+      </c>
+      <c r="D268">
+        <v>105</v>
+      </c>
+      <c r="E268">
+        <v>191905</v>
       </c>
       <c r="F268">
         <v>2014</v>
       </c>
       <c r="G268" t="s">
-        <v>959</v>
-[...2 lines deleted...]
-      <c r="I268"/>
+        <v>960</v>
+      </c>
+      <c r="H268">
+        <v>3.3</v>
+      </c>
+      <c r="I268">
+        <v>1.86</v>
+      </c>
     </row>
     <row r="269" spans="1:9">
       <c r="A269" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="B269" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="C269" t="s">
-        <v>957</v>
-[...3 lines deleted...]
-        <v>962</v>
+        <v>212</v>
+      </c>
+      <c r="D269">
+        <v>105</v>
+      </c>
+      <c r="E269">
+        <v>181116</v>
       </c>
       <c r="F269">
         <v>2014</v>
       </c>
       <c r="G269" t="s">
         <v>963</v>
       </c>
-      <c r="H269"/>
-      <c r="I269"/>
+      <c r="H269">
+        <v>3.3</v>
+      </c>
+      <c r="I269">
+        <v>1.86</v>
+      </c>
     </row>
     <row r="270" spans="1:9">
       <c r="A270" t="s">
         <v>964</v>
       </c>
       <c r="B270" t="s">
         <v>965</v>
       </c>
       <c r="C270" t="s">
-        <v>957</v>
-[...1 lines deleted...]
-      <c r="D270"/>
+        <v>653</v>
+      </c>
+      <c r="D270">
+        <v>8</v>
+      </c>
       <c r="E270" t="s">
         <v>966</v>
       </c>
       <c r="F270">
         <v>2014</v>
       </c>
       <c r="G270" t="s">
         <v>967</v>
       </c>
-      <c r="H270"/>
-      <c r="I270"/>
+      <c r="H270">
+        <v>2.34</v>
+      </c>
+      <c r="I270">
+        <v>1.16</v>
+      </c>
     </row>
     <row r="271" spans="1:9">
       <c r="A271" t="s">
         <v>968</v>
       </c>
       <c r="B271" t="s">
-        <v>495</v>
+        <v>969</v>
       </c>
       <c r="C271" t="s">
-        <v>957</v>
-[...3 lines deleted...]
-        <v>969</v>
+        <v>24</v>
+      </c>
+      <c r="D271">
+        <v>90</v>
+      </c>
+      <c r="E271">
+        <v>115155</v>
       </c>
       <c r="F271">
         <v>2014</v>
       </c>
       <c r="G271" t="s">
         <v>970</v>
       </c>
-      <c r="H271"/>
-      <c r="I271"/>
+      <c r="H271">
+        <v>3.74</v>
+      </c>
+      <c r="I271">
+        <v>2.81</v>
+      </c>
     </row>
     <row r="272" spans="1:9">
       <c r="A272" t="s">
         <v>971</v>
       </c>
       <c r="B272" t="s">
-        <v>961</v>
+        <v>486</v>
       </c>
       <c r="C272" t="s">
-        <v>957</v>
-[...3 lines deleted...]
-        <v>972</v>
+        <v>24</v>
+      </c>
+      <c r="D272">
+        <v>90</v>
+      </c>
+      <c r="E272">
+        <v>115136</v>
       </c>
       <c r="F272">
         <v>2014</v>
       </c>
       <c r="G272" t="s">
-        <v>973</v>
-[...2 lines deleted...]
-      <c r="I272"/>
+        <v>972</v>
+      </c>
+      <c r="H272">
+        <v>3.74</v>
+      </c>
+      <c r="I272">
+        <v>2.81</v>
+      </c>
     </row>
     <row r="273" spans="1:9">
       <c r="A273" t="s">
+        <v>973</v>
+      </c>
+      <c r="B273" t="s">
         <v>974</v>
       </c>
-      <c r="B273" t="s">
+      <c r="C273" t="s">
+        <v>933</v>
+      </c>
+      <c r="D273">
+        <v>4</v>
+      </c>
+      <c r="E273" t="s">
         <v>975</v>
-      </c>
-[...7 lines deleted...]
-        <v>976</v>
       </c>
       <c r="F273">
         <v>2014</v>
       </c>
       <c r="G273" t="s">
-        <v>977</v>
-[...3 lines deleted...]
-      </c>
+        <v>976</v>
+      </c>
+      <c r="H273"/>
       <c r="I273">
-        <v>0.76</v>
+        <v>0.36</v>
       </c>
     </row>
     <row r="274" spans="1:9">
       <c r="A274" t="s">
+        <v>977</v>
+      </c>
+      <c r="B274" t="s">
+        <v>798</v>
+      </c>
+      <c r="C274" t="s">
         <v>978</v>
       </c>
-      <c r="B274" t="s">
+      <c r="D274">
+        <v>53</v>
+      </c>
+      <c r="E274" t="s">
         <v>979</v>
-      </c>
-[...7 lines deleted...]
-        <v>980</v>
       </c>
       <c r="F274">
         <v>2014</v>
       </c>
       <c r="G274" t="s">
-        <v>981</v>
+        <v>980</v>
       </c>
       <c r="H274">
-        <v>1.36</v>
+        <v>1.78</v>
       </c>
       <c r="I274">
-        <v>0.76</v>
+        <v>1.05</v>
       </c>
     </row>
     <row r="275" spans="1:9">
       <c r="A275" t="s">
+        <v>981</v>
+      </c>
+      <c r="B275" t="s">
         <v>982</v>
       </c>
-      <c r="B275" t="s">
+      <c r="C275" t="s">
+        <v>729</v>
+      </c>
+      <c r="D275">
+        <v>9163</v>
+      </c>
+      <c r="E275" t="s">
         <v>983</v>
-      </c>
-[...7 lines deleted...]
-        <v>985</v>
       </c>
       <c r="F275">
         <v>2014</v>
       </c>
       <c r="G275" t="s">
-        <v>986</v>
-[...3 lines deleted...]
-      </c>
+        <v>984</v>
+      </c>
+      <c r="H275"/>
       <c r="I275">
-        <v>0.61</v>
+        <v>0.24</v>
       </c>
     </row>
     <row r="276" spans="1:9">
       <c r="A276" t="s">
-        <v>987</v>
+        <v>985</v>
       </c>
       <c r="B276" t="s">
-        <v>988</v>
+        <v>986</v>
       </c>
       <c r="C276" t="s">
-        <v>989</v>
+        <v>740</v>
       </c>
       <c r="D276">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>990</v>
+        <v>90</v>
+      </c>
+      <c r="E276">
+        <v>23854</v>
       </c>
       <c r="F276">
         <v>2014</v>
       </c>
-      <c r="G276"/>
+      <c r="G276" t="s">
+        <v>987</v>
+      </c>
       <c r="H276">
-        <v>0.78</v>
+        <v>2.81</v>
       </c>
       <c r="I276">
-        <v>0.58</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="277" spans="1:9">
       <c r="A277" t="s">
+        <v>988</v>
+      </c>
+      <c r="B277" t="s">
+        <v>989</v>
+      </c>
+      <c r="C277" t="s">
+        <v>990</v>
+      </c>
+      <c r="D277"/>
+      <c r="E277" t="s">
         <v>991</v>
-      </c>
-[...10 lines deleted...]
-        <v>13812</v>
       </c>
       <c r="F277">
         <v>2014</v>
       </c>
       <c r="G277" t="s">
-        <v>993</v>
-[...6 lines deleted...]
-      </c>
+        <v>992</v>
+      </c>
+      <c r="H277"/>
+      <c r="I277"/>
     </row>
     <row r="278" spans="1:9">
       <c r="A278" t="s">
+        <v>993</v>
+      </c>
+      <c r="B278" t="s">
         <v>994</v>
       </c>
-      <c r="B278" t="s">
+      <c r="C278" t="s">
+        <v>990</v>
+      </c>
+      <c r="D278"/>
+      <c r="E278" t="s">
         <v>995</v>
-      </c>
-[...7 lines deleted...]
-        <v>35106</v>
       </c>
       <c r="F278">
         <v>2014</v>
       </c>
       <c r="G278" t="s">
         <v>996</v>
       </c>
-      <c r="H278">
-[...4 lines deleted...]
-      </c>
+      <c r="H278"/>
+      <c r="I278"/>
     </row>
     <row r="279" spans="1:9">
       <c r="A279" t="s">
         <v>997</v>
       </c>
       <c r="B279" t="s">
         <v>998</v>
       </c>
       <c r="C279" t="s">
-        <v>488</v>
-[...3 lines deleted...]
-      </c>
+        <v>990</v>
+      </c>
+      <c r="D279"/>
       <c r="E279" t="s">
         <v>999</v>
       </c>
       <c r="F279">
         <v>2014</v>
       </c>
       <c r="G279" t="s">
         <v>1000</v>
       </c>
-      <c r="H279">
-[...4 lines deleted...]
-      </c>
+      <c r="H279"/>
+      <c r="I279"/>
     </row>
     <row r="280" spans="1:9">
       <c r="A280" t="s">
         <v>1001</v>
       </c>
       <c r="B280" t="s">
+        <v>528</v>
+      </c>
+      <c r="C280" t="s">
+        <v>990</v>
+      </c>
+      <c r="D280"/>
+      <c r="E280" t="s">
         <v>1002</v>
-      </c>
-[...7 lines deleted...]
-        <v>245414</v>
       </c>
       <c r="F280">
         <v>2014</v>
       </c>
       <c r="G280" t="s">
         <v>1003</v>
       </c>
-      <c r="H280">
-[...4 lines deleted...]
-      </c>
+      <c r="H280"/>
+      <c r="I280"/>
     </row>
     <row r="281" spans="1:9">
       <c r="A281" t="s">
         <v>1004</v>
       </c>
       <c r="B281" t="s">
+        <v>994</v>
+      </c>
+      <c r="C281" t="s">
+        <v>990</v>
+      </c>
+      <c r="D281"/>
+      <c r="E281" t="s">
         <v>1005</v>
-      </c>
-[...7 lines deleted...]
-        <v>1007</v>
       </c>
       <c r="F281">
         <v>2014</v>
       </c>
       <c r="G281" t="s">
-        <v>1008</v>
+        <v>1006</v>
       </c>
       <c r="H281"/>
-      <c r="I281">
-[...1 lines deleted...]
-      </c>
+      <c r="I281"/>
     </row>
     <row r="282" spans="1:9">
       <c r="A282" t="s">
+        <v>1007</v>
+      </c>
+      <c r="B282" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C282" t="s">
+        <v>368</v>
+      </c>
+      <c r="D282">
+        <v>99</v>
+      </c>
+      <c r="E282" t="s">
         <v>1009</v>
-      </c>
-[...10 lines deleted...]
-        <v>1012</v>
       </c>
       <c r="F282">
         <v>2014</v>
       </c>
       <c r="G282" t="s">
-        <v>1013</v>
-[...1 lines deleted...]
-      <c r="H282"/>
+        <v>1010</v>
+      </c>
+      <c r="H282">
+        <v>1.36</v>
+      </c>
       <c r="I282">
-        <v>0.1</v>
+        <v>0.76</v>
       </c>
     </row>
     <row r="283" spans="1:9">
       <c r="A283" t="s">
-        <v>1014</v>
+        <v>1011</v>
       </c>
       <c r="B283" t="s">
-        <v>784</v>
+        <v>1012</v>
       </c>
       <c r="C283" t="s">
-        <v>676</v>
-[...2 lines deleted...]
-        <v>1015</v>
+        <v>368</v>
+      </c>
+      <c r="D283">
+        <v>99</v>
       </c>
       <c r="E283" t="s">
-        <v>1016</v>
+        <v>1013</v>
       </c>
       <c r="F283">
         <v>2014</v>
       </c>
       <c r="G283" t="s">
-        <v>1017</v>
-[...1 lines deleted...]
-      <c r="H283"/>
+        <v>1014</v>
+      </c>
+      <c r="H283">
+        <v>1.36</v>
+      </c>
       <c r="I283">
-        <v>0.1</v>
+        <v>0.76</v>
       </c>
     </row>
     <row r="284" spans="1:9">
       <c r="A284" t="s">
+        <v>1015</v>
+      </c>
+      <c r="B284" t="s">
+        <v>1016</v>
+      </c>
+      <c r="C284" t="s">
+        <v>1017</v>
+      </c>
+      <c r="D284">
+        <v>61</v>
+      </c>
+      <c r="E284" t="s">
         <v>1018</v>
-      </c>
-[...10 lines deleted...]
-        <v>1021</v>
       </c>
       <c r="F284">
         <v>2014</v>
       </c>
       <c r="G284" t="s">
-        <v>1022</v>
+        <v>1019</v>
       </c>
       <c r="H284">
-        <v>0.39</v>
+        <v>1.01</v>
       </c>
       <c r="I284">
-        <v>0.29</v>
+        <v>0.61</v>
       </c>
     </row>
     <row r="285" spans="1:9">
       <c r="A285" t="s">
+        <v>1020</v>
+      </c>
+      <c r="B285" t="s">
+        <v>1021</v>
+      </c>
+      <c r="C285" t="s">
+        <v>1022</v>
+      </c>
+      <c r="D285">
+        <v>56</v>
+      </c>
+      <c r="E285" t="s">
         <v>1023</v>
       </c>
-      <c r="B285" t="s">
-[...6 lines deleted...]
-      <c r="E285"/>
       <c r="F285">
         <v>2014</v>
       </c>
-      <c r="G285" t="s">
-[...3 lines deleted...]
-      <c r="I285"/>
+      <c r="G285"/>
+      <c r="H285">
+        <v>0.78</v>
+      </c>
+      <c r="I285">
+        <v>0.58</v>
+      </c>
     </row>
     <row r="286" spans="1:9">
       <c r="A286" t="s">
-        <v>1026</v>
+        <v>1024</v>
       </c>
       <c r="B286" t="s">
-        <v>1027</v>
+        <v>1025</v>
       </c>
       <c r="C286" t="s">
-        <v>1024</v>
-[...2 lines deleted...]
-      <c r="E286"/>
+        <v>740</v>
+      </c>
+      <c r="D286">
+        <v>90</v>
+      </c>
+      <c r="E286">
+        <v>13812</v>
+      </c>
       <c r="F286">
         <v>2014</v>
       </c>
       <c r="G286" t="s">
-        <v>1028</v>
-[...2 lines deleted...]
-      <c r="I286"/>
+        <v>1026</v>
+      </c>
+      <c r="H286">
+        <v>2.81</v>
+      </c>
+      <c r="I286">
+        <v>2.31</v>
+      </c>
     </row>
     <row r="287" spans="1:9">
       <c r="A287" t="s">
-        <v>1029</v>
+        <v>1027</v>
       </c>
       <c r="B287" t="s">
-        <v>995</v>
+        <v>1028</v>
       </c>
       <c r="C287" t="s">
-        <v>1024</v>
-[...2 lines deleted...]
-      <c r="E287"/>
+        <v>24</v>
+      </c>
+      <c r="D287">
+        <v>90</v>
+      </c>
+      <c r="E287">
+        <v>35106</v>
+      </c>
       <c r="F287">
         <v>2014</v>
       </c>
       <c r="G287" t="s">
-        <v>1030</v>
-[...2 lines deleted...]
-      <c r="I287"/>
+        <v>1029</v>
+      </c>
+      <c r="H287">
+        <v>3.74</v>
+      </c>
+      <c r="I287">
+        <v>2.81</v>
+      </c>
     </row>
     <row r="288" spans="1:9">
       <c r="A288" t="s">
+        <v>1030</v>
+      </c>
+      <c r="B288" t="s">
         <v>1031</v>
       </c>
-      <c r="B288" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C288" t="s">
+        <v>521</v>
+      </c>
+      <c r="D288">
+        <v>31</v>
+      </c>
+      <c r="E288" t="s">
         <v>1032</v>
-      </c>
-[...4 lines deleted...]
-        <v>1033</v>
       </c>
       <c r="F288">
         <v>2014</v>
       </c>
-      <c r="G288"/>
-[...1 lines deleted...]
-      <c r="I288"/>
+      <c r="G288" t="s">
+        <v>1033</v>
+      </c>
+      <c r="H288">
+        <v>1.81</v>
+      </c>
+      <c r="I288">
+        <v>1.35</v>
+      </c>
     </row>
     <row r="289" spans="1:9">
       <c r="A289" t="s">
         <v>1034</v>
       </c>
       <c r="B289" t="s">
         <v>1035</v>
       </c>
       <c r="C289" t="s">
-        <v>766</v>
+        <v>24</v>
       </c>
       <c r="D289">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>1036</v>
+        <v>89</v>
+      </c>
+      <c r="E289">
+        <v>245414</v>
       </c>
       <c r="F289">
         <v>2014</v>
       </c>
       <c r="G289" t="s">
-        <v>1037</v>
+        <v>1036</v>
       </c>
       <c r="H289">
-        <v>3.49</v>
+        <v>3.74</v>
       </c>
       <c r="I289">
-        <v>2.31</v>
+        <v>2.81</v>
       </c>
     </row>
     <row r="290" spans="1:9">
       <c r="A290" t="s">
+        <v>1037</v>
+      </c>
+      <c r="B290" t="s">
         <v>1038</v>
       </c>
-      <c r="B290" t="s">
+      <c r="C290" t="s">
+        <v>709</v>
+      </c>
+      <c r="D290" t="s">
         <v>1039</v>
       </c>
-      <c r="C290" t="s">
-[...6 lines deleted...]
-        <v>161105</v>
+      <c r="E290" t="s">
+        <v>1040</v>
       </c>
       <c r="F290">
         <v>2014</v>
       </c>
       <c r="G290" t="s">
-        <v>1040</v>
-[...3 lines deleted...]
-      </c>
+        <v>1041</v>
+      </c>
+      <c r="H290"/>
       <c r="I290">
-        <v>1.86</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="291" spans="1:9">
       <c r="A291" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
       <c r="B291" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
       <c r="C291" t="s">
-        <v>638</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>709</v>
+      </c>
+      <c r="D291" t="s">
+        <v>1044</v>
       </c>
       <c r="E291" t="s">
-        <v>1043</v>
+        <v>1045</v>
       </c>
       <c r="F291">
         <v>2014</v>
       </c>
       <c r="G291" t="s">
-        <v>1044</v>
-[...3 lines deleted...]
-      </c>
+        <v>1046</v>
+      </c>
+      <c r="H291"/>
       <c r="I291">
-        <v>2.65</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="292" spans="1:9">
       <c r="A292" t="s">
-        <v>1045</v>
+        <v>1047</v>
       </c>
       <c r="B292" t="s">
-        <v>1046</v>
+        <v>820</v>
       </c>
       <c r="C292" t="s">
-        <v>1047</v>
-[...5 lines deleted...]
-        <v>12008</v>
+        <v>709</v>
+      </c>
+      <c r="D292" t="s">
+        <v>1048</v>
+      </c>
+      <c r="E292" t="s">
+        <v>1049</v>
       </c>
       <c r="F292">
         <v>2014</v>
       </c>
       <c r="G292" t="s">
-        <v>1048</v>
+        <v>1050</v>
       </c>
       <c r="H292"/>
       <c r="I292">
-        <v>0.21</v>
+        <v>0.1</v>
       </c>
     </row>
     <row r="293" spans="1:9">
       <c r="A293" t="s">
-        <v>1049</v>
+        <v>1051</v>
       </c>
       <c r="B293" t="s">
-        <v>1050</v>
+        <v>1052</v>
       </c>
       <c r="C293" t="s">
-        <v>179</v>
+        <v>1053</v>
       </c>
       <c r="D293">
-        <v>104</v>
-[...2 lines deleted...]
-        <v>133502</v>
+        <v>59</v>
+      </c>
+      <c r="E293" t="s">
+        <v>1054</v>
       </c>
       <c r="F293">
         <v>2014</v>
       </c>
       <c r="G293" t="s">
-        <v>1051</v>
+        <v>1055</v>
       </c>
       <c r="H293">
-        <v>3.3</v>
+        <v>0.39</v>
       </c>
       <c r="I293">
-        <v>1.86</v>
+        <v>0.29</v>
       </c>
     </row>
     <row r="294" spans="1:9">
       <c r="A294" t="s">
-        <v>1052</v>
+        <v>1056</v>
       </c>
       <c r="B294" t="s">
-        <v>1053</v>
+        <v>798</v>
       </c>
       <c r="C294" t="s">
-        <v>94</v>
-[...6 lines deleted...]
-      </c>
+        <v>1057</v>
+      </c>
+      <c r="D294"/>
+      <c r="E294"/>
       <c r="F294">
         <v>2014</v>
       </c>
       <c r="G294" t="s">
-        <v>1055</v>
-[...6 lines deleted...]
-      </c>
+        <v>1058</v>
+      </c>
+      <c r="H294"/>
+      <c r="I294"/>
     </row>
     <row r="295" spans="1:9">
       <c r="A295" t="s">
-        <v>1056</v>
+        <v>1059</v>
       </c>
       <c r="B295" t="s">
-        <v>995</v>
+        <v>1060</v>
       </c>
       <c r="C295" t="s">
-        <v>707</v>
-[...6 lines deleted...]
-      </c>
+        <v>1057</v>
+      </c>
+      <c r="D295"/>
+      <c r="E295"/>
       <c r="F295">
         <v>2014</v>
       </c>
       <c r="G295" t="s">
-        <v>1057</v>
-[...3 lines deleted...]
-      </c>
+        <v>1061</v>
+      </c>
+      <c r="H295"/>
       <c r="I295"/>
     </row>
     <row r="296" spans="1:9">
       <c r="A296" t="s">
-        <v>1058</v>
+        <v>1062</v>
       </c>
       <c r="B296" t="s">
-        <v>1059</v>
+        <v>1028</v>
       </c>
       <c r="C296" t="s">
-        <v>912</v>
-[...6 lines deleted...]
-      </c>
+        <v>1057</v>
+      </c>
+      <c r="D296"/>
+      <c r="E296"/>
       <c r="F296">
         <v>2014</v>
       </c>
-      <c r="G296"/>
+      <c r="G296" t="s">
+        <v>1063</v>
+      </c>
       <c r="H296"/>
       <c r="I296"/>
     </row>
     <row r="297" spans="1:9">
       <c r="A297" t="s">
-        <v>1061</v>
+        <v>1064</v>
       </c>
       <c r="B297" t="s">
-        <v>1062</v>
+        <v>528</v>
       </c>
       <c r="C297" t="s">
-        <v>28</v>
+        <v>1065</v>
       </c>
       <c r="D297">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>3226</v>
+        <v>20</v>
+      </c>
+      <c r="E297" t="s">
+        <v>1066</v>
       </c>
       <c r="F297">
         <v>2014</v>
       </c>
-      <c r="G297" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G297"/>
+      <c r="H297"/>
+      <c r="I297"/>
     </row>
     <row r="298" spans="1:9">
       <c r="A298" t="s">
-        <v>1064</v>
+        <v>1067</v>
       </c>
       <c r="B298" t="s">
-        <v>1065</v>
+        <v>1068</v>
       </c>
       <c r="C298" t="s">
-        <v>36</v>
+        <v>799</v>
       </c>
       <c r="D298">
-        <v>89</v>
-[...2 lines deleted...]
-        <v>35435</v>
+        <v>22</v>
+      </c>
+      <c r="E298" t="s">
+        <v>1069</v>
       </c>
       <c r="F298">
         <v>2014</v>
       </c>
       <c r="G298" t="s">
-        <v>1066</v>
+        <v>1070</v>
       </c>
       <c r="H298">
-        <v>3.74</v>
-[...1 lines deleted...]
-      <c r="I298"/>
+        <v>3.49</v>
+      </c>
+      <c r="I298">
+        <v>2.31</v>
+      </c>
     </row>
     <row r="299" spans="1:9">
       <c r="A299" t="s">
-        <v>1067</v>
+        <v>1071</v>
       </c>
       <c r="B299" t="s">
-        <v>1068</v>
+        <v>1072</v>
       </c>
       <c r="C299" t="s">
-        <v>179</v>
+        <v>212</v>
       </c>
       <c r="D299">
         <v>104</v>
       </c>
       <c r="E299">
-        <v>21104</v>
+        <v>161105</v>
       </c>
       <c r="F299">
         <v>2014</v>
       </c>
       <c r="G299" t="s">
-        <v>1069</v>
+        <v>1073</v>
       </c>
       <c r="H299">
         <v>3.3</v>
       </c>
       <c r="I299">
         <v>1.86</v>
       </c>
     </row>
     <row r="300" spans="1:9">
       <c r="A300" t="s">
-        <v>1070</v>
+        <v>1074</v>
       </c>
       <c r="B300" t="s">
-        <v>1071</v>
+        <v>1075</v>
       </c>
       <c r="C300" t="s">
-        <v>179</v>
+        <v>671</v>
       </c>
       <c r="D300">
-        <v>104</v>
-[...2 lines deleted...]
-        <v>14104</v>
+        <v>6</v>
+      </c>
+      <c r="E300" t="s">
+        <v>1076</v>
       </c>
       <c r="F300">
         <v>2014</v>
       </c>
       <c r="G300" t="s">
-        <v>1072</v>
+        <v>1077</v>
       </c>
       <c r="H300">
-        <v>3.3</v>
+        <v>7.39</v>
       </c>
       <c r="I300">
-        <v>1.86</v>
+        <v>2.65</v>
       </c>
     </row>
     <row r="301" spans="1:9">
       <c r="A301" t="s">
-        <v>1073</v>
+        <v>1078</v>
       </c>
       <c r="B301" t="s">
-        <v>1074</v>
+        <v>1079</v>
       </c>
       <c r="C301" t="s">
-        <v>912</v>
+        <v>1080</v>
       </c>
       <c r="D301">
-        <v>1</v>
+        <v>67</v>
       </c>
       <c r="E301">
-        <v>43556</v>
+        <v>12008</v>
       </c>
       <c r="F301">
         <v>2014</v>
       </c>
-      <c r="G301"/>
+      <c r="G301" t="s">
+        <v>1081</v>
+      </c>
       <c r="H301"/>
-      <c r="I301"/>
+      <c r="I301">
+        <v>0.21</v>
+      </c>
     </row>
     <row r="302" spans="1:9">
       <c r="A302" t="s">
-        <v>1075</v>
+        <v>1082</v>
       </c>
       <c r="B302" t="s">
-        <v>1076</v>
+        <v>1083</v>
       </c>
       <c r="C302" t="s">
-        <v>1077</v>
+        <v>212</v>
       </c>
       <c r="D302">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>1078</v>
+        <v>104</v>
+      </c>
+      <c r="E302">
+        <v>133502</v>
       </c>
       <c r="F302">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G302" t="s">
-        <v>1079</v>
+        <v>1084</v>
       </c>
       <c r="H302">
-        <v>29.96</v>
+        <v>3.3</v>
       </c>
       <c r="I302">
-        <v>13.68</v>
+        <v>1.86</v>
       </c>
     </row>
     <row r="303" spans="1:9">
       <c r="A303" t="s">
-        <v>1080</v>
+        <v>1085</v>
       </c>
       <c r="B303" t="s">
-        <v>1081</v>
+        <v>1086</v>
       </c>
       <c r="C303" t="s">
-        <v>36</v>
+        <v>127</v>
       </c>
       <c r="D303">
-        <v>88</v>
-[...2 lines deleted...]
-        <v>195422</v>
+        <v>12</v>
+      </c>
+      <c r="E303" t="s">
+        <v>1087</v>
       </c>
       <c r="F303">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G303" t="s">
-        <v>1082</v>
+        <v>1088</v>
       </c>
       <c r="H303">
-        <v>3.66</v>
-[...1 lines deleted...]
-      <c r="I303"/>
+        <v>1.35</v>
+      </c>
+      <c r="I303">
+        <v>0.85</v>
+      </c>
     </row>
     <row r="304" spans="1:9">
       <c r="A304" t="s">
-        <v>1083</v>
+        <v>1089</v>
       </c>
       <c r="B304" t="s">
-        <v>1084</v>
+        <v>1028</v>
       </c>
       <c r="C304" t="s">
-        <v>179</v>
+        <v>740</v>
       </c>
       <c r="D304">
-        <v>103</v>
+        <v>89</v>
       </c>
       <c r="E304">
-        <v>211903</v>
+        <v>32508</v>
       </c>
       <c r="F304">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G304" t="s">
-        <v>1085</v>
+        <v>1090</v>
       </c>
       <c r="H304">
-        <v>3.52</v>
-[...3 lines deleted...]
-      </c>
+        <v>2.81</v>
+      </c>
+      <c r="I304"/>
     </row>
     <row r="305" spans="1:9">
       <c r="A305" t="s">
-        <v>1086</v>
+        <v>1091</v>
       </c>
       <c r="B305" t="s">
-        <v>1087</v>
+        <v>1092</v>
       </c>
       <c r="C305" t="s">
-        <v>36</v>
+        <v>945</v>
       </c>
       <c r="D305">
-        <v>88</v>
+        <v>2</v>
       </c>
       <c r="E305" t="s">
-        <v>1088</v>
+        <v>1093</v>
       </c>
       <c r="F305">
-        <v>2013</v>
-[...6 lines deleted...]
-      </c>
+        <v>2014</v>
+      </c>
+      <c r="G305"/>
+      <c r="H305"/>
       <c r="I305"/>
     </row>
     <row r="306" spans="1:9">
       <c r="A306" t="s">
-        <v>1090</v>
+        <v>1094</v>
       </c>
       <c r="B306" t="s">
-        <v>784</v>
+        <v>1095</v>
       </c>
       <c r="C306" t="s">
-        <v>414</v>
+        <v>40</v>
       </c>
       <c r="D306">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>1091</v>
+        <v>5</v>
+      </c>
+      <c r="E306">
+        <v>3226</v>
       </c>
       <c r="F306">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G306" t="s">
-        <v>1092</v>
+        <v>1096</v>
       </c>
       <c r="H306">
-        <v>9.31</v>
+        <v>11.47</v>
       </c>
       <c r="I306">
-        <v>5.13</v>
+        <v>6.41</v>
       </c>
     </row>
     <row r="307" spans="1:9">
       <c r="A307" t="s">
-        <v>1093</v>
+        <v>1097</v>
       </c>
       <c r="B307" t="s">
-        <v>1094</v>
+        <v>1098</v>
       </c>
       <c r="C307" t="s">
-        <v>1095</v>
-[...1 lines deleted...]
-      <c r="D307"/>
+        <v>24</v>
+      </c>
+      <c r="D307">
+        <v>89</v>
+      </c>
       <c r="E307">
-        <v>43556</v>
+        <v>35435</v>
       </c>
       <c r="F307">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G307" t="s">
-        <v>1096</v>
-[...1 lines deleted...]
-      <c r="H307"/>
+        <v>1099</v>
+      </c>
+      <c r="H307">
+        <v>3.74</v>
+      </c>
       <c r="I307"/>
     </row>
     <row r="308" spans="1:9">
       <c r="A308" t="s">
-        <v>1097</v>
+        <v>1100</v>
       </c>
       <c r="B308" t="s">
-        <v>1098</v>
+        <v>1101</v>
       </c>
       <c r="C308" t="s">
-        <v>179</v>
+        <v>212</v>
       </c>
       <c r="D308">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E308">
-        <v>161103</v>
+        <v>21104</v>
       </c>
       <c r="F308">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G308" t="s">
-        <v>1099</v>
+        <v>1102</v>
       </c>
       <c r="H308">
-        <v>3.52</v>
+        <v>3.3</v>
       </c>
       <c r="I308">
-        <v>2.15</v>
+        <v>1.86</v>
       </c>
     </row>
     <row r="309" spans="1:9">
       <c r="A309" t="s">
-        <v>1100</v>
+        <v>1103</v>
       </c>
       <c r="B309" t="s">
-        <v>1068</v>
+        <v>1104</v>
       </c>
       <c r="C309" t="s">
-        <v>1095</v>
-[...1 lines deleted...]
-      <c r="D309"/>
+        <v>212</v>
+      </c>
+      <c r="D309">
+        <v>104</v>
+      </c>
       <c r="E309">
-        <v>43525</v>
+        <v>14104</v>
       </c>
       <c r="F309">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G309" t="s">
-        <v>1101</v>
-[...2 lines deleted...]
-      <c r="I309"/>
+        <v>1105</v>
+      </c>
+      <c r="H309">
+        <v>3.3</v>
+      </c>
+      <c r="I309">
+        <v>1.86</v>
+      </c>
     </row>
     <row r="310" spans="1:9">
       <c r="A310" t="s">
-        <v>1102</v>
+        <v>1106</v>
       </c>
       <c r="B310" t="s">
-        <v>1103</v>
+        <v>1107</v>
       </c>
       <c r="C310" t="s">
-        <v>1104</v>
-[...3 lines deleted...]
-        <v>1105</v>
+        <v>945</v>
+      </c>
+      <c r="D310">
+        <v>1</v>
+      </c>
+      <c r="E310">
+        <v>43556</v>
       </c>
       <c r="F310">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="G310"/>
       <c r="H310"/>
       <c r="I310"/>
     </row>
     <row r="311" spans="1:9">
       <c r="A311" t="s">
-        <v>1106</v>
+        <v>1108</v>
       </c>
       <c r="B311" t="s">
-        <v>1107</v>
+        <v>1109</v>
       </c>
       <c r="C311" t="s">
-        <v>1108</v>
-[...1 lines deleted...]
-      <c r="D311"/>
+        <v>1110</v>
+      </c>
+      <c r="D311">
+        <v>7</v>
+      </c>
       <c r="E311" t="s">
-        <v>1109</v>
+        <v>1111</v>
       </c>
       <c r="F311">
         <v>2013</v>
       </c>
       <c r="G311" t="s">
-        <v>1110</v>
-[...2 lines deleted...]
-      <c r="I311"/>
+        <v>1112</v>
+      </c>
+      <c r="H311">
+        <v>29.96</v>
+      </c>
+      <c r="I311">
+        <v>13.68</v>
+      </c>
     </row>
     <row r="312" spans="1:9">
       <c r="A312" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="B312" t="s">
-        <v>1042</v>
+        <v>1114</v>
       </c>
       <c r="C312" t="s">
-        <v>1108</v>
-[...3 lines deleted...]
-        <v>1112</v>
+        <v>24</v>
+      </c>
+      <c r="D312">
+        <v>88</v>
+      </c>
+      <c r="E312">
+        <v>195422</v>
       </c>
       <c r="F312">
         <v>2013</v>
       </c>
       <c r="G312" t="s">
-        <v>1113</v>
-[...1 lines deleted...]
-      <c r="H312"/>
+        <v>1115</v>
+      </c>
+      <c r="H312">
+        <v>3.66</v>
+      </c>
       <c r="I312"/>
     </row>
     <row r="313" spans="1:9">
       <c r="A313" t="s">
-        <v>1114</v>
+        <v>1116</v>
       </c>
       <c r="B313" t="s">
-        <v>784</v>
+        <v>1117</v>
       </c>
       <c r="C313" t="s">
-        <v>1108</v>
-[...3 lines deleted...]
-        <v>1115</v>
+        <v>212</v>
+      </c>
+      <c r="D313">
+        <v>103</v>
+      </c>
+      <c r="E313">
+        <v>211903</v>
       </c>
       <c r="F313">
         <v>2013</v>
       </c>
       <c r="G313" t="s">
-        <v>1116</v>
-[...2 lines deleted...]
-      <c r="I313"/>
+        <v>1118</v>
+      </c>
+      <c r="H313">
+        <v>3.52</v>
+      </c>
+      <c r="I313">
+        <v>2.15</v>
+      </c>
     </row>
     <row r="314" spans="1:9">
       <c r="A314" t="s">
-        <v>1117</v>
+        <v>1119</v>
       </c>
       <c r="B314" t="s">
-        <v>1118</v>
+        <v>1120</v>
       </c>
       <c r="C314" t="s">
-        <v>1108</v>
-[...1 lines deleted...]
-      <c r="D314"/>
+        <v>24</v>
+      </c>
+      <c r="D314">
+        <v>88</v>
+      </c>
       <c r="E314" t="s">
-        <v>1119</v>
+        <v>1121</v>
       </c>
       <c r="F314">
         <v>2013</v>
       </c>
       <c r="G314" t="s">
-        <v>1120</v>
-[...1 lines deleted...]
-      <c r="H314"/>
+        <v>1122</v>
+      </c>
+      <c r="H314">
+        <v>3.66</v>
+      </c>
       <c r="I314"/>
     </row>
     <row r="315" spans="1:9">
       <c r="A315" t="s">
-        <v>1121</v>
+        <v>1123</v>
       </c>
       <c r="B315" t="s">
-        <v>1094</v>
+        <v>820</v>
       </c>
       <c r="C315" t="s">
-        <v>1108</v>
-[...1 lines deleted...]
-      <c r="D315"/>
+        <v>447</v>
+      </c>
+      <c r="D315">
+        <v>8</v>
+      </c>
       <c r="E315" t="s">
-        <v>1122</v>
+        <v>1124</v>
       </c>
       <c r="F315">
         <v>2013</v>
       </c>
       <c r="G315" t="s">
-        <v>1123</v>
-[...2 lines deleted...]
-      <c r="I315"/>
+        <v>1125</v>
+      </c>
+      <c r="H315">
+        <v>9.31</v>
+      </c>
+      <c r="I315">
+        <v>5.13</v>
+      </c>
     </row>
     <row r="316" spans="1:9">
       <c r="A316" t="s">
-        <v>1124</v>
+        <v>1126</v>
       </c>
       <c r="B316" t="s">
-        <v>1125</v>
+        <v>1101</v>
       </c>
       <c r="C316" t="s">
-        <v>1108</v>
+        <v>1127</v>
       </c>
       <c r="D316"/>
-      <c r="E316" t="s">
-        <v>1126</v>
+      <c r="E316">
+        <v>43525</v>
       </c>
       <c r="F316">
         <v>2013</v>
       </c>
       <c r="G316" t="s">
-        <v>1127</v>
+        <v>1128</v>
       </c>
       <c r="H316"/>
       <c r="I316"/>
     </row>
     <row r="317" spans="1:9">
       <c r="A317" t="s">
-        <v>1128</v>
+        <v>1129</v>
       </c>
       <c r="B317" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
       <c r="C317" t="s">
-        <v>696</v>
-[...5 lines deleted...]
-        <v>1130</v>
+        <v>1127</v>
+      </c>
+      <c r="D317"/>
+      <c r="E317">
+        <v>43556</v>
       </c>
       <c r="F317">
         <v>2013</v>
       </c>
       <c r="G317" t="s">
         <v>1131</v>
       </c>
       <c r="H317"/>
-      <c r="I317">
-[...1 lines deleted...]
-      </c>
+      <c r="I317"/>
     </row>
     <row r="318" spans="1:9">
       <c r="A318" t="s">
         <v>1132</v>
       </c>
       <c r="B318" t="s">
-        <v>1042</v>
+        <v>1133</v>
       </c>
       <c r="C318" t="s">
-        <v>696</v>
+        <v>212</v>
       </c>
       <c r="D318">
-        <v>8806</v>
-[...2 lines deleted...]
-        <v>1133</v>
+        <v>103</v>
+      </c>
+      <c r="E318">
+        <v>161103</v>
       </c>
       <c r="F318">
         <v>2013</v>
       </c>
       <c r="G318" t="s">
         <v>1134</v>
       </c>
-      <c r="H318"/>
+      <c r="H318">
+        <v>3.52</v>
+      </c>
       <c r="I318">
-        <v>0.25</v>
+        <v>2.15</v>
       </c>
     </row>
     <row r="319" spans="1:9">
       <c r="A319" t="s">
         <v>1135</v>
       </c>
       <c r="B319" t="s">
-        <v>956</v>
+        <v>1136</v>
       </c>
       <c r="C319" t="s">
-        <v>90</v>
-[...3 lines deleted...]
-      </c>
+        <v>1137</v>
+      </c>
+      <c r="D319"/>
       <c r="E319" t="s">
-        <v>1136</v>
+        <v>1138</v>
       </c>
       <c r="F319">
         <v>2013</v>
       </c>
-      <c r="G319" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G319"/>
+      <c r="H319"/>
+      <c r="I319"/>
     </row>
     <row r="320" spans="1:9">
       <c r="A320" t="s">
-        <v>1138</v>
+        <v>1139</v>
       </c>
       <c r="B320" t="s">
-        <v>1068</v>
+        <v>1140</v>
       </c>
       <c r="C320" t="s">
-        <v>1139</v>
+        <v>1141</v>
       </c>
       <c r="D320"/>
-      <c r="E320">
-        <v>43525</v>
+      <c r="E320" t="s">
+        <v>1142</v>
       </c>
       <c r="F320">
         <v>2013</v>
       </c>
       <c r="G320" t="s">
-        <v>1140</v>
+        <v>1143</v>
       </c>
       <c r="H320"/>
       <c r="I320"/>
     </row>
     <row r="321" spans="1:9">
       <c r="A321" t="s">
+        <v>1144</v>
+      </c>
+      <c r="B321" t="s">
+        <v>1075</v>
+      </c>
+      <c r="C321" t="s">
         <v>1141</v>
       </c>
-      <c r="B321" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D321"/>
-      <c r="E321">
-        <v>43525</v>
+      <c r="E321" t="s">
+        <v>1145</v>
       </c>
       <c r="F321">
         <v>2013</v>
       </c>
       <c r="G321" t="s">
-        <v>1142</v>
+        <v>1146</v>
       </c>
       <c r="H321"/>
       <c r="I321"/>
     </row>
     <row r="322" spans="1:9">
       <c r="A322" t="s">
-        <v>1143</v>
+        <v>1147</v>
       </c>
       <c r="B322" t="s">
-        <v>1144</v>
+        <v>820</v>
       </c>
       <c r="C322" t="s">
-        <v>179</v>
-[...3 lines deleted...]
-      </c>
+        <v>1141</v>
+      </c>
+      <c r="D322"/>
       <c r="E322" t="s">
-        <v>1145</v>
+        <v>1148</v>
       </c>
       <c r="F322">
         <v>2013</v>
       </c>
       <c r="G322" t="s">
-        <v>1146</v>
-[...6 lines deleted...]
-      </c>
+        <v>1149</v>
+      </c>
+      <c r="H322"/>
+      <c r="I322"/>
     </row>
     <row r="323" spans="1:9">
       <c r="A323" t="s">
-        <v>1147</v>
+        <v>1150</v>
       </c>
       <c r="B323" t="s">
-        <v>1129</v>
+        <v>1151</v>
       </c>
       <c r="C323" t="s">
-        <v>287</v>
-[...3 lines deleted...]
-      </c>
+        <v>1141</v>
+      </c>
+      <c r="D323"/>
       <c r="E323" t="s">
-        <v>1148</v>
+        <v>1152</v>
       </c>
       <c r="F323">
         <v>2013</v>
       </c>
       <c r="G323" t="s">
-        <v>1149</v>
-[...6 lines deleted...]
-      </c>
+        <v>1153</v>
+      </c>
+      <c r="H323"/>
+      <c r="I323"/>
     </row>
     <row r="324" spans="1:9">
       <c r="A324" t="s">
-        <v>1150</v>
+        <v>1154</v>
       </c>
       <c r="B324" t="s">
-        <v>1042</v>
+        <v>1130</v>
       </c>
       <c r="C324" t="s">
-        <v>1151</v>
+        <v>1141</v>
       </c>
       <c r="D324"/>
       <c r="E324" t="s">
-        <v>1152</v>
+        <v>1155</v>
       </c>
       <c r="F324">
         <v>2013</v>
       </c>
       <c r="G324" t="s">
-        <v>1153</v>
+        <v>1156</v>
       </c>
       <c r="H324"/>
       <c r="I324"/>
     </row>
     <row r="325" spans="1:9">
       <c r="A325" t="s">
-        <v>1154</v>
+        <v>1157</v>
       </c>
       <c r="B325" t="s">
-        <v>1155</v>
+        <v>1158</v>
       </c>
       <c r="C325" t="s">
-        <v>36</v>
-[...3 lines deleted...]
-      </c>
+        <v>1141</v>
+      </c>
+      <c r="D325"/>
       <c r="E325" t="s">
-        <v>1156</v>
+        <v>1159</v>
       </c>
       <c r="F325">
         <v>2013</v>
       </c>
       <c r="G325" t="s">
-        <v>1157</v>
-[...3 lines deleted...]
-      </c>
+        <v>1160</v>
+      </c>
+      <c r="H325"/>
       <c r="I325"/>
     </row>
     <row r="326" spans="1:9">
       <c r="A326" t="s">
-        <v>1158</v>
+        <v>1161</v>
       </c>
       <c r="B326" t="s">
-        <v>1159</v>
+        <v>1162</v>
       </c>
       <c r="C326" t="s">
-        <v>1160</v>
-[...1 lines deleted...]
-      <c r="D326"/>
+        <v>729</v>
+      </c>
+      <c r="D326">
+        <v>8806</v>
+      </c>
       <c r="E326" t="s">
-        <v>1161</v>
+        <v>1163</v>
       </c>
       <c r="F326">
         <v>2013</v>
       </c>
       <c r="G326" t="s">
-        <v>1162</v>
+        <v>1164</v>
       </c>
       <c r="H326"/>
       <c r="I326">
-        <v>0.22</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="327" spans="1:9">
       <c r="A327" t="s">
-        <v>1163</v>
+        <v>1165</v>
       </c>
       <c r="B327" t="s">
-        <v>1164</v>
+        <v>1075</v>
       </c>
       <c r="C327" t="s">
-        <v>1160</v>
-[...1 lines deleted...]
-      <c r="D327"/>
+        <v>729</v>
+      </c>
+      <c r="D327">
+        <v>8806</v>
+      </c>
       <c r="E327" t="s">
-        <v>1165</v>
+        <v>1166</v>
       </c>
       <c r="F327">
         <v>2013</v>
       </c>
       <c r="G327" t="s">
-        <v>1166</v>
+        <v>1167</v>
       </c>
       <c r="H327"/>
       <c r="I327">
-        <v>0.22</v>
+        <v>0.25</v>
       </c>
     </row>
     <row r="328" spans="1:9">
       <c r="A328" t="s">
-        <v>1167</v>
+        <v>1168</v>
       </c>
       <c r="B328" t="s">
-        <v>1168</v>
+        <v>989</v>
       </c>
       <c r="C328" t="s">
-        <v>1160</v>
-[...1 lines deleted...]
-      <c r="D328"/>
+        <v>123</v>
+      </c>
+      <c r="D328">
+        <v>114</v>
+      </c>
       <c r="E328" t="s">
         <v>1169</v>
       </c>
       <c r="F328">
         <v>2013</v>
       </c>
       <c r="G328" t="s">
         <v>1170</v>
       </c>
-      <c r="H328"/>
+      <c r="H328">
+        <v>2.19</v>
+      </c>
       <c r="I328">
-        <v>0.22</v>
+        <v>1.16</v>
       </c>
     </row>
     <row r="329" spans="1:9">
       <c r="A329" t="s">
         <v>1171</v>
       </c>
       <c r="B329" t="s">
-        <v>1081</v>
+        <v>1130</v>
       </c>
       <c r="C329" t="s">
-        <v>335</v>
-[...4 lines deleted...]
-      <c r="E329" t="s">
         <v>1172</v>
+      </c>
+      <c r="D329"/>
+      <c r="E329">
+        <v>43525</v>
       </c>
       <c r="F329">
         <v>2013</v>
       </c>
       <c r="G329" t="s">
         <v>1173</v>
       </c>
-      <c r="H329">
-[...4 lines deleted...]
-      </c>
+      <c r="H329"/>
+      <c r="I329"/>
     </row>
     <row r="330" spans="1:9">
       <c r="A330" t="s">
         <v>1174</v>
       </c>
       <c r="B330" t="s">
-        <v>1175</v>
+        <v>1101</v>
       </c>
       <c r="C330" t="s">
-        <v>912</v>
-[...5 lines deleted...]
-        <v>1176</v>
+        <v>1172</v>
+      </c>
+      <c r="D330"/>
+      <c r="E330">
+        <v>43525</v>
       </c>
       <c r="F330">
         <v>2013</v>
       </c>
-      <c r="G330"/>
+      <c r="G330" t="s">
+        <v>1175</v>
+      </c>
       <c r="H330"/>
       <c r="I330"/>
     </row>
     <row r="331" spans="1:9">
       <c r="A331" t="s">
+        <v>1176</v>
+      </c>
+      <c r="B331" t="s">
         <v>1177</v>
       </c>
-      <c r="B331" t="s">
+      <c r="C331" t="s">
+        <v>212</v>
+      </c>
+      <c r="D331">
+        <v>103</v>
+      </c>
+      <c r="E331" t="s">
         <v>1178</v>
-      </c>
-[...7 lines deleted...]
-        <v>1179</v>
       </c>
       <c r="F331">
         <v>2013</v>
       </c>
-      <c r="G331"/>
-[...1 lines deleted...]
-      <c r="I331"/>
+      <c r="G331" t="s">
+        <v>1179</v>
+      </c>
+      <c r="H331">
+        <v>3.52</v>
+      </c>
+      <c r="I331">
+        <v>2.15</v>
+      </c>
     </row>
     <row r="332" spans="1:9">
       <c r="A332" t="s">
         <v>1180</v>
       </c>
       <c r="B332" t="s">
-        <v>1118</v>
+        <v>1162</v>
       </c>
       <c r="C332" t="s">
-        <v>766</v>
+        <v>324</v>
       </c>
       <c r="D332">
-        <v>21</v>
+        <v>111</v>
       </c>
       <c r="E332" t="s">
         <v>1181</v>
       </c>
       <c r="F332">
         <v>2013</v>
       </c>
       <c r="G332" t="s">
         <v>1182</v>
       </c>
       <c r="H332">
-        <v>3.53</v>
+        <v>7.73</v>
       </c>
       <c r="I332">
-        <v>2.34</v>
+        <v>5.68</v>
       </c>
     </row>
     <row r="333" spans="1:9">
       <c r="A333" t="s">
         <v>1183</v>
       </c>
       <c r="B333" t="s">
+        <v>1075</v>
+      </c>
+      <c r="C333" t="s">
         <v>1184</v>
       </c>
-      <c r="C333" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D333"/>
       <c r="E333" t="s">
         <v>1185</v>
       </c>
       <c r="F333">
         <v>2013</v>
       </c>
       <c r="G333" t="s">
         <v>1186</v>
       </c>
-      <c r="H333">
-[...4 lines deleted...]
-      </c>
+      <c r="H333"/>
+      <c r="I333"/>
     </row>
     <row r="334" spans="1:9">
       <c r="A334" t="s">
         <v>1187</v>
       </c>
       <c r="B334" t="s">
-        <v>1042</v>
+        <v>1188</v>
       </c>
       <c r="C334" t="s">
-        <v>190</v>
+        <v>24</v>
       </c>
       <c r="D334">
-        <v>56</v>
+        <v>87</v>
       </c>
       <c r="E334" t="s">
-        <v>1188</v>
+        <v>1189</v>
       </c>
       <c r="F334">
         <v>2013</v>
       </c>
       <c r="G334" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
       <c r="H334">
-        <v>1.91</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.66</v>
+      </c>
+      <c r="I334"/>
     </row>
     <row r="335" spans="1:9">
       <c r="A335" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
       <c r="B335" t="s">
-        <v>765</v>
+        <v>1192</v>
       </c>
       <c r="C335" t="s">
-        <v>1191</v>
+        <v>1193</v>
       </c>
       <c r="D335"/>
-      <c r="E335"/>
+      <c r="E335" t="s">
+        <v>1194</v>
+      </c>
       <c r="F335">
         <v>2013</v>
       </c>
       <c r="G335" t="s">
-        <v>1192</v>
+        <v>1195</v>
       </c>
       <c r="H335"/>
-      <c r="I335"/>
+      <c r="I335">
+        <v>0.22</v>
+      </c>
     </row>
     <row r="336" spans="1:9">
       <c r="A336" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B336" t="s">
+        <v>1197</v>
+      </c>
+      <c r="C336" t="s">
         <v>1193</v>
       </c>
-      <c r="B336" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="D336"/>
       <c r="E336" t="s">
-        <v>1195</v>
+        <v>1198</v>
       </c>
       <c r="F336">
         <v>2013</v>
       </c>
       <c r="G336" t="s">
-        <v>1196</v>
-[...3 lines deleted...]
-      </c>
+        <v>1199</v>
+      </c>
+      <c r="H336"/>
       <c r="I336">
-        <v>7.56</v>
+        <v>0.22</v>
       </c>
     </row>
     <row r="337" spans="1:9">
       <c r="A337" t="s">
-        <v>1197</v>
+        <v>1200</v>
       </c>
       <c r="B337" t="s">
-        <v>904</v>
+        <v>1201</v>
       </c>
       <c r="C337" t="s">
-        <v>1198</v>
+        <v>1193</v>
       </c>
       <c r="D337"/>
       <c r="E337" t="s">
-        <v>1199</v>
+        <v>1202</v>
       </c>
       <c r="F337">
         <v>2013</v>
       </c>
-      <c r="G337"/>
+      <c r="G337" t="s">
+        <v>1203</v>
+      </c>
       <c r="H337"/>
-      <c r="I337"/>
+      <c r="I337">
+        <v>0.22</v>
+      </c>
     </row>
     <row r="338" spans="1:9">
       <c r="A338" t="s">
-        <v>1200</v>
+        <v>1204</v>
       </c>
       <c r="B338" t="s">
-        <v>1081</v>
+        <v>1114</v>
       </c>
       <c r="C338" t="s">
-        <v>335</v>
+        <v>368</v>
       </c>
       <c r="D338">
         <v>97</v>
       </c>
       <c r="E338" t="s">
-        <v>1201</v>
+        <v>1205</v>
       </c>
       <c r="F338">
         <v>2013</v>
       </c>
       <c r="G338" t="s">
-        <v>1202</v>
+        <v>1206</v>
       </c>
       <c r="H338">
         <v>1.36</v>
       </c>
       <c r="I338">
         <v>0.8</v>
       </c>
     </row>
     <row r="339" spans="1:9">
       <c r="A339" t="s">
-        <v>1203</v>
+        <v>1207</v>
       </c>
       <c r="B339" t="s">
-        <v>1204</v>
+        <v>1208</v>
       </c>
       <c r="C339" t="s">
-        <v>36</v>
+        <v>945</v>
       </c>
       <c r="D339">
-        <v>87</v>
+        <v>5</v>
       </c>
       <c r="E339" t="s">
-        <v>1205</v>
+        <v>1209</v>
       </c>
       <c r="F339">
         <v>2013</v>
       </c>
-      <c r="G339" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G339"/>
+      <c r="H339"/>
       <c r="I339"/>
     </row>
     <row r="340" spans="1:9">
       <c r="A340" t="s">
-        <v>1207</v>
+        <v>1210</v>
       </c>
       <c r="B340" t="s">
-        <v>1129</v>
+        <v>1211</v>
       </c>
       <c r="C340" t="s">
-        <v>36</v>
+        <v>945</v>
       </c>
       <c r="D340">
-        <v>87</v>
+        <v>5</v>
       </c>
       <c r="E340" t="s">
-        <v>1208</v>
+        <v>1212</v>
       </c>
       <c r="F340">
         <v>2013</v>
       </c>
-      <c r="G340" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G340"/>
+      <c r="H340"/>
       <c r="I340"/>
     </row>
     <row r="341" spans="1:9">
       <c r="A341" t="s">
-        <v>1210</v>
+        <v>1213</v>
       </c>
       <c r="B341" t="s">
-        <v>1211</v>
+        <v>1151</v>
       </c>
       <c r="C341" t="s">
-        <v>766</v>
+        <v>799</v>
       </c>
       <c r="D341">
         <v>21</v>
       </c>
       <c r="E341" t="s">
-        <v>1212</v>
+        <v>1214</v>
       </c>
       <c r="F341">
         <v>2013</v>
       </c>
       <c r="G341" t="s">
-        <v>1213</v>
+        <v>1215</v>
       </c>
       <c r="H341">
         <v>3.53</v>
       </c>
       <c r="I341">
         <v>2.34</v>
       </c>
     </row>
     <row r="342" spans="1:9">
       <c r="A342" t="s">
-        <v>1214</v>
+        <v>1216</v>
       </c>
       <c r="B342" t="s">
-        <v>1215</v>
+        <v>1217</v>
       </c>
       <c r="C342" t="s">
-        <v>36</v>
+        <v>799</v>
       </c>
       <c r="D342">
-        <v>87</v>
+        <v>21</v>
       </c>
       <c r="E342" t="s">
-        <v>1216</v>
+        <v>1218</v>
       </c>
       <c r="F342">
         <v>2013</v>
       </c>
       <c r="G342" t="s">
-        <v>1217</v>
+        <v>1219</v>
       </c>
       <c r="H342">
-        <v>3.66</v>
-[...1 lines deleted...]
-      <c r="I342"/>
+        <v>3.53</v>
+      </c>
+      <c r="I342">
+        <v>2.34</v>
+      </c>
     </row>
     <row r="343" spans="1:9">
       <c r="A343" t="s">
-        <v>1218</v>
+        <v>1220</v>
       </c>
       <c r="B343" t="s">
-        <v>805</v>
+        <v>1075</v>
       </c>
       <c r="C343" t="s">
-        <v>1219</v>
+        <v>223</v>
       </c>
       <c r="D343">
-        <v>139</v>
+        <v>56</v>
       </c>
       <c r="E343" t="s">
-        <v>1220</v>
+        <v>1221</v>
       </c>
       <c r="F343">
         <v>2013</v>
       </c>
       <c r="G343" t="s">
-        <v>1221</v>
+        <v>1222</v>
       </c>
       <c r="H343">
-        <v>5.59</v>
+        <v>1.91</v>
       </c>
       <c r="I343">
-        <v>0.54</v>
+        <v>0.86</v>
       </c>
     </row>
     <row r="344" spans="1:9">
       <c r="A344" t="s">
-        <v>1222</v>
+        <v>1223</v>
       </c>
       <c r="B344" t="s">
-        <v>1103</v>
+        <v>798</v>
       </c>
       <c r="C344" t="s">
-        <v>179</v>
-[...6 lines deleted...]
-      </c>
+        <v>1224</v>
+      </c>
+      <c r="D344"/>
+      <c r="E344"/>
       <c r="F344">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="G344" t="s">
-        <v>1223</v>
-[...6 lines deleted...]
-      </c>
+        <v>1225</v>
+      </c>
+      <c r="H344"/>
+      <c r="I344"/>
     </row>
     <row r="345" spans="1:9">
       <c r="A345" t="s">
-        <v>1224</v>
+        <v>1226</v>
       </c>
       <c r="B345" t="s">
-        <v>1225</v>
+        <v>1227</v>
       </c>
       <c r="C345" t="s">
-        <v>305</v>
+        <v>321</v>
       </c>
       <c r="D345">
-        <v>3</v>
+        <v>25</v>
       </c>
       <c r="E345" t="s">
-        <v>1226</v>
+        <v>1228</v>
       </c>
       <c r="F345">
-        <v>2012</v>
-[...3 lines deleted...]
-      <c r="I345"/>
+        <v>2013</v>
+      </c>
+      <c r="G345" t="s">
+        <v>1229</v>
+      </c>
+      <c r="H345">
+        <v>15.41</v>
+      </c>
+      <c r="I345">
+        <v>7.56</v>
+      </c>
     </row>
     <row r="346" spans="1:9">
       <c r="A346" t="s">
-        <v>1227</v>
+        <v>1230</v>
       </c>
       <c r="B346" t="s">
-        <v>1228</v>
+        <v>937</v>
       </c>
       <c r="C346" t="s">
-        <v>371</v>
-[...3 lines deleted...]
-      </c>
+        <v>1231</v>
+      </c>
+      <c r="D346"/>
       <c r="E346" t="s">
-        <v>1229</v>
+        <v>1232</v>
       </c>
       <c r="F346">
-        <v>2012</v>
-[...9 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="G346"/>
+      <c r="H346"/>
+      <c r="I346"/>
     </row>
     <row r="347" spans="1:9">
       <c r="A347" t="s">
-        <v>1231</v>
+        <v>1233</v>
       </c>
       <c r="B347" t="s">
-        <v>765</v>
+        <v>1114</v>
       </c>
       <c r="C347" t="s">
-        <v>1232</v>
+        <v>368</v>
       </c>
       <c r="D347">
-        <v>2012</v>
+        <v>97</v>
       </c>
       <c r="E347" t="s">
-        <v>1233</v>
+        <v>1234</v>
       </c>
       <c r="F347">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="G347" t="s">
-        <v>1234</v>
-[...2 lines deleted...]
-      <c r="I347"/>
+        <v>1235</v>
+      </c>
+      <c r="H347">
+        <v>1.36</v>
+      </c>
+      <c r="I347">
+        <v>0.8</v>
+      </c>
     </row>
     <row r="348" spans="1:9">
       <c r="A348" t="s">
-        <v>1235</v>
+        <v>1236</v>
       </c>
       <c r="B348" t="s">
-        <v>1236</v>
+        <v>1237</v>
       </c>
       <c r="C348" t="s">
-        <v>1237</v>
-[...1 lines deleted...]
-      <c r="D348"/>
+        <v>24</v>
+      </c>
+      <c r="D348">
+        <v>87</v>
+      </c>
       <c r="E348" t="s">
         <v>1238</v>
       </c>
       <c r="F348">
-        <v>2012</v>
-[...2 lines deleted...]
-      <c r="H348"/>
+        <v>2013</v>
+      </c>
+      <c r="G348" t="s">
+        <v>1239</v>
+      </c>
+      <c r="H348">
+        <v>3.66</v>
+      </c>
       <c r="I348"/>
     </row>
     <row r="349" spans="1:9">
       <c r="A349" t="s">
-        <v>1239</v>
+        <v>1240</v>
       </c>
       <c r="B349" t="s">
-        <v>1240</v>
+        <v>1162</v>
       </c>
       <c r="C349" t="s">
+        <v>24</v>
+      </c>
+      <c r="D349">
+        <v>87</v>
+      </c>
+      <c r="E349" t="s">
         <v>1241</v>
       </c>
-      <c r="D349"/>
-      <c r="E349" t="s">
+      <c r="F349">
+        <v>2013</v>
+      </c>
+      <c r="G349" t="s">
         <v>1242</v>
       </c>
-      <c r="F349">
-[...3 lines deleted...]
-      <c r="H349"/>
+      <c r="H349">
+        <v>3.66</v>
+      </c>
       <c r="I349"/>
     </row>
     <row r="350" spans="1:9">
       <c r="A350" t="s">
         <v>1243</v>
       </c>
       <c r="B350" t="s">
         <v>1244</v>
       </c>
       <c r="C350" t="s">
-        <v>90</v>
+        <v>799</v>
       </c>
       <c r="D350">
-        <v>112</v>
+        <v>21</v>
       </c>
       <c r="E350" t="s">
         <v>1245</v>
       </c>
       <c r="F350">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="G350" t="s">
         <v>1246</v>
       </c>
       <c r="H350">
-        <v>2.21</v>
+        <v>3.53</v>
       </c>
       <c r="I350">
-        <v>1.31</v>
+        <v>2.34</v>
       </c>
     </row>
     <row r="351" spans="1:9">
       <c r="A351" t="s">
         <v>1247</v>
       </c>
       <c r="B351" t="s">
-        <v>1129</v>
+        <v>1248</v>
       </c>
       <c r="C351" t="s">
-        <v>707</v>
+        <v>24</v>
       </c>
       <c r="D351">
-        <v>86</v>
-[...2 lines deleted...]
-        <v>33826</v>
+        <v>87</v>
+      </c>
+      <c r="E351" t="s">
+        <v>1249</v>
       </c>
       <c r="F351">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="G351" t="s">
-        <v>1248</v>
+        <v>1250</v>
       </c>
       <c r="H351">
-        <v>3.04</v>
+        <v>3.66</v>
       </c>
       <c r="I351"/>
     </row>
     <row r="352" spans="1:9">
       <c r="A352" t="s">
-        <v>1249</v>
+        <v>1251</v>
       </c>
       <c r="B352" t="s">
-        <v>1250</v>
+        <v>838</v>
       </c>
       <c r="C352" t="s">
-        <v>36</v>
+        <v>48</v>
       </c>
       <c r="D352">
-        <v>86</v>
+        <v>139</v>
       </c>
       <c r="E352" t="s">
-        <v>1251</v>
+        <v>1252</v>
       </c>
       <c r="F352">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="G352" t="s">
-        <v>1252</v>
+        <v>1253</v>
       </c>
       <c r="H352">
-        <v>3.77</v>
-[...1 lines deleted...]
-      <c r="I352"/>
+        <v>5.59</v>
+      </c>
+      <c r="I352">
+        <v>0.54</v>
+      </c>
     </row>
     <row r="353" spans="1:9">
       <c r="A353" t="s">
-        <v>1253</v>
+        <v>1254</v>
       </c>
       <c r="B353" t="s">
-        <v>1042</v>
+        <v>1136</v>
       </c>
       <c r="C353" t="s">
-        <v>202</v>
+        <v>212</v>
       </c>
       <c r="D353">
-        <v>1475</v>
-[...2 lines deleted...]
-        <v>1254</v>
+        <v>101</v>
+      </c>
+      <c r="E353">
+        <v>231904</v>
       </c>
       <c r="F353">
         <v>2012</v>
       </c>
       <c r="G353" t="s">
         <v>1255</v>
       </c>
-      <c r="H353"/>
+      <c r="H353">
+        <v>3.79</v>
+      </c>
       <c r="I353">
-        <v>0.16</v>
+        <v>2.57</v>
       </c>
     </row>
     <row r="354" spans="1:9">
       <c r="A354" t="s">
         <v>1256</v>
       </c>
       <c r="B354" t="s">
         <v>1257</v>
       </c>
       <c r="C354" t="s">
-        <v>202</v>
+        <v>338</v>
       </c>
       <c r="D354">
-        <v>1475</v>
+        <v>3</v>
       </c>
       <c r="E354" t="s">
         <v>1258</v>
       </c>
       <c r="F354">
         <v>2012</v>
       </c>
-      <c r="G354" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G354"/>
       <c r="H354"/>
-      <c r="I354">
-[...1 lines deleted...]
-      </c>
+      <c r="I354"/>
     </row>
     <row r="355" spans="1:9">
       <c r="A355" t="s">
+        <v>1259</v>
+      </c>
+      <c r="B355" t="s">
         <v>1260</v>
       </c>
-      <c r="B355" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C355" t="s">
-        <v>707</v>
+        <v>404</v>
       </c>
       <c r="D355">
-        <v>86</v>
+        <v>2</v>
       </c>
       <c r="E355" t="s">
         <v>1261</v>
       </c>
       <c r="F355">
         <v>2012</v>
       </c>
       <c r="G355" t="s">
         <v>1262</v>
       </c>
       <c r="H355">
-        <v>3.04</v>
-[...1 lines deleted...]
-      <c r="I355"/>
+        <v>2.93</v>
+      </c>
+      <c r="I355">
+        <v>1.53</v>
+      </c>
     </row>
     <row r="356" spans="1:9">
       <c r="A356" t="s">
-        <v>1253</v>
+        <v>1263</v>
       </c>
       <c r="B356" t="s">
-        <v>1042</v>
+        <v>798</v>
       </c>
       <c r="C356" t="s">
-        <v>766</v>
+        <v>1264</v>
       </c>
       <c r="D356">
-        <v>20</v>
+        <v>2012</v>
       </c>
       <c r="E356" t="s">
-        <v>1263</v>
+        <v>1265</v>
       </c>
       <c r="F356">
         <v>2012</v>
       </c>
       <c r="G356" t="s">
-        <v>1264</v>
-[...6 lines deleted...]
-      </c>
+        <v>1266</v>
+      </c>
+      <c r="H356"/>
+      <c r="I356"/>
     </row>
     <row r="357" spans="1:9">
       <c r="A357" t="s">
-        <v>1265</v>
+        <v>1267</v>
       </c>
       <c r="B357" t="s">
-        <v>1266</v>
+        <v>1268</v>
       </c>
       <c r="C357" t="s">
-        <v>305</v>
-[...3 lines deleted...]
-      </c>
+        <v>1269</v>
+      </c>
+      <c r="D357"/>
       <c r="E357" t="s">
-        <v>1267</v>
+        <v>1270</v>
       </c>
       <c r="F357">
         <v>2012</v>
       </c>
       <c r="G357"/>
       <c r="H357"/>
       <c r="I357"/>
     </row>
     <row r="358" spans="1:9">
       <c r="A358" t="s">
-        <v>1268</v>
+        <v>1271</v>
       </c>
       <c r="B358" t="s">
-        <v>1269</v>
+        <v>1272</v>
       </c>
       <c r="C358" t="s">
-        <v>707</v>
-[...3 lines deleted...]
-      </c>
+        <v>1273</v>
+      </c>
+      <c r="D358"/>
       <c r="E358" t="s">
-        <v>1270</v>
+        <v>1274</v>
       </c>
       <c r="F358">
         <v>2012</v>
       </c>
-      <c r="G358" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G358"/>
+      <c r="H358"/>
       <c r="I358"/>
     </row>
     <row r="359" spans="1:9">
       <c r="A359" t="s">
-        <v>1272</v>
+        <v>1275</v>
       </c>
       <c r="B359" t="s">
-        <v>1273</v>
+        <v>1276</v>
       </c>
       <c r="C359" t="s">
-        <v>335</v>
+        <v>123</v>
       </c>
       <c r="D359">
-        <v>95</v>
+        <v>112</v>
       </c>
       <c r="E359" t="s">
-        <v>1274</v>
+        <v>1277</v>
       </c>
       <c r="F359">
         <v>2012</v>
       </c>
       <c r="G359" t="s">
-        <v>1275</v>
+        <v>1278</v>
       </c>
       <c r="H359">
-        <v>1.52</v>
+        <v>2.21</v>
       </c>
       <c r="I359">
-        <v>1.03</v>
+        <v>1.31</v>
       </c>
     </row>
     <row r="360" spans="1:9">
       <c r="A360" t="s">
-        <v>1276</v>
+        <v>1279</v>
       </c>
       <c r="B360" t="s">
-        <v>1129</v>
+        <v>1162</v>
       </c>
       <c r="C360" t="s">
-        <v>36</v>
+        <v>740</v>
       </c>
       <c r="D360">
         <v>86</v>
       </c>
-      <c r="E360" t="s">
-        <v>1277</v>
+      <c r="E360">
+        <v>33826</v>
       </c>
       <c r="F360">
         <v>2012</v>
       </c>
       <c r="G360" t="s">
-        <v>1278</v>
+        <v>1280</v>
       </c>
       <c r="H360">
-        <v>3.77</v>
+        <v>3.04</v>
       </c>
       <c r="I360"/>
     </row>
     <row r="361" spans="1:9">
       <c r="A361" t="s">
-        <v>1279</v>
+        <v>1281</v>
       </c>
       <c r="B361" t="s">
-        <v>1280</v>
+        <v>1282</v>
       </c>
       <c r="C361" t="s">
-        <v>1281</v>
-[...3 lines deleted...]
-        <v>43497</v>
+        <v>24</v>
+      </c>
+      <c r="D361">
+        <v>86</v>
+      </c>
+      <c r="E361" t="s">
+        <v>1283</v>
       </c>
       <c r="F361">
         <v>2012</v>
       </c>
       <c r="G361" t="s">
-        <v>1282</v>
-[...1 lines deleted...]
-      <c r="H361"/>
+        <v>1284</v>
+      </c>
+      <c r="H361">
+        <v>3.77</v>
+      </c>
       <c r="I361"/>
     </row>
     <row r="362" spans="1:9">
       <c r="A362" t="s">
-        <v>1283</v>
+        <v>1285</v>
       </c>
       <c r="B362" t="s">
-        <v>1284</v>
+        <v>1075</v>
       </c>
       <c r="C362" t="s">
-        <v>1281</v>
-[...3 lines deleted...]
-        <v>43497</v>
+        <v>235</v>
+      </c>
+      <c r="D362">
+        <v>1475</v>
+      </c>
+      <c r="E362" t="s">
+        <v>1286</v>
       </c>
       <c r="F362">
         <v>2012</v>
       </c>
       <c r="G362" t="s">
-        <v>1285</v>
+        <v>1287</v>
       </c>
       <c r="H362"/>
-      <c r="I362"/>
+      <c r="I362">
+        <v>0.16</v>
+      </c>
     </row>
     <row r="363" spans="1:9">
       <c r="A363" t="s">
-        <v>1286</v>
+        <v>1288</v>
       </c>
       <c r="B363" t="s">
-        <v>1287</v>
+        <v>1289</v>
       </c>
       <c r="C363" t="s">
-        <v>291</v>
+        <v>235</v>
       </c>
       <c r="D363">
-        <v>24</v>
+        <v>1475</v>
       </c>
       <c r="E363" t="s">
-        <v>1288</v>
+        <v>1290</v>
       </c>
       <c r="F363">
         <v>2012</v>
       </c>
       <c r="G363" t="s">
-        <v>1289</v>
-[...3 lines deleted...]
-      </c>
+        <v>1291</v>
+      </c>
+      <c r="H363"/>
       <c r="I363">
-        <v>8.56</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="364" spans="1:9">
       <c r="A364" t="s">
-        <v>1290</v>
+        <v>1292</v>
       </c>
       <c r="B364" t="s">
-        <v>1291</v>
+        <v>1162</v>
       </c>
       <c r="C364" t="s">
-        <v>676</v>
-[...1 lines deleted...]
-      <c r="D364"/>
+        <v>740</v>
+      </c>
+      <c r="D364">
+        <v>86</v>
+      </c>
       <c r="E364" t="s">
-        <v>1292</v>
+        <v>1293</v>
       </c>
       <c r="F364">
         <v>2012</v>
       </c>
       <c r="G364" t="s">
-        <v>1293</v>
-[...4 lines deleted...]
-      </c>
+        <v>1294</v>
+      </c>
+      <c r="H364">
+        <v>3.04</v>
+      </c>
+      <c r="I364"/>
     </row>
     <row r="365" spans="1:9">
       <c r="A365" t="s">
-        <v>1294</v>
+        <v>1285</v>
       </c>
       <c r="B365" t="s">
-        <v>1042</v>
+        <v>1075</v>
       </c>
       <c r="C365" t="s">
-        <v>696</v>
+        <v>799</v>
       </c>
       <c r="D365">
-        <v>8434</v>
+        <v>20</v>
       </c>
       <c r="E365" t="s">
         <v>1295</v>
       </c>
       <c r="F365">
         <v>2012</v>
       </c>
       <c r="G365" t="s">
         <v>1296</v>
       </c>
-      <c r="H365"/>
+      <c r="H365">
+        <v>3.55</v>
+      </c>
       <c r="I365">
-        <v>0.26</v>
+        <v>2.56</v>
       </c>
     </row>
     <row r="366" spans="1:9">
       <c r="A366" t="s">
         <v>1297</v>
       </c>
       <c r="B366" t="s">
         <v>1298</v>
       </c>
       <c r="C366" t="s">
-        <v>179</v>
+        <v>338</v>
       </c>
       <c r="D366">
-        <v>100</v>
+        <v>3</v>
       </c>
       <c r="E366" t="s">
         <v>1299</v>
       </c>
       <c r="F366">
         <v>2012</v>
       </c>
-      <c r="G366" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G366"/>
+      <c r="H366"/>
+      <c r="I366"/>
     </row>
     <row r="367" spans="1:9">
       <c r="A367" t="s">
+        <v>1300</v>
+      </c>
+      <c r="B367" t="s">
         <v>1301</v>
       </c>
-      <c r="B367" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C367" t="s">
-        <v>287</v>
+        <v>740</v>
       </c>
       <c r="D367">
-        <v>108</v>
+        <v>86</v>
       </c>
       <c r="E367" t="s">
         <v>1302</v>
       </c>
       <c r="F367">
         <v>2012</v>
       </c>
       <c r="G367" t="s">
         <v>1303</v>
       </c>
       <c r="H367">
-        <v>7.94</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.04</v>
+      </c>
+      <c r="I367"/>
     </row>
     <row r="368" spans="1:9">
       <c r="A368" t="s">
         <v>1304</v>
       </c>
       <c r="B368" t="s">
         <v>1305</v>
       </c>
       <c r="C368" t="s">
-        <v>36</v>
+        <v>368</v>
       </c>
       <c r="D368">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="E368" t="s">
         <v>1306</v>
       </c>
       <c r="F368">
         <v>2012</v>
       </c>
       <c r="G368" t="s">
         <v>1307</v>
       </c>
       <c r="H368">
-        <v>3.77</v>
-[...1 lines deleted...]
-      <c r="I368"/>
+        <v>1.52</v>
+      </c>
+      <c r="I368">
+        <v>1.03</v>
+      </c>
     </row>
     <row r="369" spans="1:9">
       <c r="A369" t="s">
         <v>1308</v>
       </c>
       <c r="B369" t="s">
-        <v>1228</v>
+        <v>1162</v>
       </c>
       <c r="C369" t="s">
-        <v>766</v>
+        <v>24</v>
       </c>
       <c r="D369">
-        <v>20</v>
+        <v>86</v>
       </c>
       <c r="E369" t="s">
         <v>1309</v>
       </c>
       <c r="F369">
         <v>2012</v>
       </c>
       <c r="G369" t="s">
         <v>1310</v>
       </c>
       <c r="H369">
-        <v>3.55</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.77</v>
+      </c>
+      <c r="I369"/>
     </row>
     <row r="370" spans="1:9">
       <c r="A370" t="s">
         <v>1311</v>
       </c>
       <c r="B370" t="s">
         <v>1312</v>
       </c>
       <c r="C370" t="s">
         <v>1313</v>
       </c>
-      <c r="D370">
-[...3 lines deleted...]
-        <v>1314</v>
+      <c r="D370"/>
+      <c r="E370">
+        <v>43497</v>
       </c>
       <c r="F370">
         <v>2012</v>
       </c>
       <c r="G370" t="s">
-        <v>1315</v>
-[...6 lines deleted...]
-      </c>
+        <v>1314</v>
+      </c>
+      <c r="H370"/>
+      <c r="I370"/>
     </row>
     <row r="371" spans="1:9">
       <c r="A371" t="s">
+        <v>1315</v>
+      </c>
+      <c r="B371" t="s">
         <v>1316</v>
       </c>
-      <c r="B371" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C371" t="s">
-        <v>456</v>
-[...5 lines deleted...]
-        <v>1317</v>
+        <v>1313</v>
+      </c>
+      <c r="D371"/>
+      <c r="E371">
+        <v>43497</v>
       </c>
       <c r="F371">
         <v>2012</v>
       </c>
       <c r="G371" t="s">
-        <v>1318</v>
-[...6 lines deleted...]
-      </c>
+        <v>1317</v>
+      </c>
+      <c r="H371"/>
+      <c r="I371"/>
     </row>
     <row r="372" spans="1:9">
       <c r="A372" t="s">
+        <v>1318</v>
+      </c>
+      <c r="B372" t="s">
         <v>1319</v>
       </c>
-      <c r="B372" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C372" t="s">
-        <v>179</v>
+        <v>321</v>
       </c>
       <c r="D372">
-        <v>99</v>
+        <v>24</v>
       </c>
       <c r="E372" t="s">
         <v>1320</v>
       </c>
       <c r="F372">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="G372" t="s">
         <v>1321</v>
       </c>
       <c r="H372">
-        <v>3.84</v>
+        <v>14.83</v>
       </c>
       <c r="I372">
-        <v>2.81</v>
+        <v>8.56</v>
       </c>
     </row>
     <row r="373" spans="1:9">
       <c r="A373" t="s">
         <v>1322</v>
       </c>
       <c r="B373" t="s">
         <v>1323</v>
       </c>
       <c r="C373" t="s">
-        <v>707</v>
-[...3 lines deleted...]
-      </c>
+        <v>709</v>
+      </c>
+      <c r="D373"/>
       <c r="E373" t="s">
         <v>1324</v>
       </c>
       <c r="F373">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="G373" t="s">
         <v>1325</v>
       </c>
-      <c r="H373">
-[...2 lines deleted...]
-      <c r="I373"/>
+      <c r="H373"/>
+      <c r="I373">
+        <v>0.1</v>
+      </c>
     </row>
     <row r="374" spans="1:9">
       <c r="A374" t="s">
         <v>1326</v>
       </c>
       <c r="B374" t="s">
-        <v>1042</v>
+        <v>1075</v>
       </c>
       <c r="C374" t="s">
-        <v>63</v>
+        <v>729</v>
       </c>
       <c r="D374">
-        <v>285</v>
+        <v>8434</v>
       </c>
       <c r="E374" t="s">
         <v>1327</v>
       </c>
       <c r="F374">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="G374" t="s">
         <v>1328</v>
       </c>
-      <c r="H374">
-[...1 lines deleted...]
-      </c>
+      <c r="H374"/>
       <c r="I374">
-        <v>0.81</v>
+        <v>0.26</v>
       </c>
     </row>
     <row r="375" spans="1:9">
       <c r="A375" t="s">
         <v>1329</v>
       </c>
       <c r="B375" t="s">
-        <v>1042</v>
+        <v>1330</v>
       </c>
       <c r="C375" t="s">
-        <v>335</v>
+        <v>212</v>
       </c>
       <c r="D375">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="E375" t="s">
-        <v>1330</v>
+        <v>1331</v>
       </c>
       <c r="F375">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="G375" t="s">
-        <v>1331</v>
+        <v>1332</v>
       </c>
       <c r="H375">
-        <v>1.35</v>
+        <v>3.79</v>
       </c>
       <c r="I375">
-        <v>0.77</v>
+        <v>2.57</v>
       </c>
     </row>
     <row r="376" spans="1:9">
       <c r="A376" t="s">
-        <v>1332</v>
+        <v>1333</v>
       </c>
       <c r="B376" t="s">
-        <v>1068</v>
+        <v>1260</v>
       </c>
       <c r="C376" t="s">
-        <v>620</v>
+        <v>324</v>
       </c>
       <c r="D376">
-        <v>6</v>
+        <v>108</v>
       </c>
       <c r="E376" t="s">
-        <v>1333</v>
+        <v>1334</v>
       </c>
       <c r="F376">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="G376" t="s">
-        <v>1334</v>
+        <v>1335</v>
       </c>
       <c r="H376">
-        <v>2.82</v>
+        <v>7.94</v>
       </c>
       <c r="I376">
-        <v>1.84</v>
+        <v>6.29</v>
       </c>
     </row>
     <row r="377" spans="1:9">
       <c r="A377" t="s">
-        <v>1335</v>
+        <v>1336</v>
       </c>
       <c r="B377" t="s">
-        <v>1081</v>
+        <v>1337</v>
       </c>
       <c r="C377" t="s">
-        <v>620</v>
+        <v>24</v>
       </c>
       <c r="D377">
-        <v>6</v>
+        <v>85</v>
       </c>
       <c r="E377" t="s">
-        <v>969</v>
+        <v>1338</v>
       </c>
       <c r="F377">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="G377" t="s">
-        <v>1336</v>
+        <v>1339</v>
       </c>
       <c r="H377">
-        <v>2.82</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.77</v>
+      </c>
+      <c r="I377"/>
     </row>
     <row r="378" spans="1:9">
       <c r="A378" t="s">
-        <v>1337</v>
+        <v>1340</v>
       </c>
       <c r="B378" t="s">
-        <v>965</v>
+        <v>1260</v>
       </c>
       <c r="C378" t="s">
-        <v>179</v>
+        <v>799</v>
       </c>
       <c r="D378">
-        <v>99</v>
+        <v>20</v>
       </c>
       <c r="E378" t="s">
-        <v>1338</v>
+        <v>1341</v>
       </c>
       <c r="F378">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="G378" t="s">
-        <v>1339</v>
+        <v>1342</v>
       </c>
       <c r="H378">
-        <v>3.84</v>
+        <v>3.55</v>
       </c>
       <c r="I378">
-        <v>2.81</v>
+        <v>2.56</v>
       </c>
     </row>
     <row r="379" spans="1:9">
       <c r="A379" t="s">
-        <v>1340</v>
+        <v>1343</v>
       </c>
       <c r="B379" t="s">
-        <v>1341</v>
+        <v>1344</v>
       </c>
       <c r="C379" t="s">
-        <v>36</v>
+        <v>1345</v>
       </c>
       <c r="D379">
-        <v>84</v>
+        <v>376</v>
       </c>
       <c r="E379" t="s">
-        <v>1342</v>
+        <v>1346</v>
       </c>
       <c r="F379">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="G379" t="s">
-        <v>1343</v>
+        <v>1347</v>
       </c>
       <c r="H379">
-        <v>3.69</v>
-[...1 lines deleted...]
-      <c r="I379"/>
+        <v>1.77</v>
+      </c>
+      <c r="I379">
+        <v>0.79</v>
+      </c>
     </row>
     <row r="380" spans="1:9">
       <c r="A380" t="s">
-        <v>1344</v>
+        <v>1348</v>
       </c>
       <c r="B380" t="s">
-        <v>1129</v>
+        <v>798</v>
       </c>
       <c r="C380" t="s">
-        <v>707</v>
+        <v>489</v>
       </c>
       <c r="D380">
-        <v>84</v>
-[...2 lines deleted...]
-        <v>23807</v>
+        <v>11</v>
+      </c>
+      <c r="E380" t="s">
+        <v>1349</v>
       </c>
       <c r="F380">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="G380" t="s">
-        <v>1345</v>
+        <v>1350</v>
       </c>
       <c r="H380">
-        <v>2.88</v>
-[...1 lines deleted...]
-      <c r="I380"/>
+        <v>1.67</v>
+      </c>
+      <c r="I380">
+        <v>0.88</v>
+      </c>
     </row>
     <row r="381" spans="1:9">
       <c r="A381" t="s">
-        <v>1346</v>
+        <v>1351</v>
       </c>
       <c r="B381" t="s">
-        <v>1042</v>
+        <v>1316</v>
       </c>
       <c r="C381" t="s">
-        <v>620</v>
+        <v>212</v>
       </c>
       <c r="D381">
-        <v>5</v>
+        <v>99</v>
       </c>
       <c r="E381" t="s">
-        <v>1347</v>
+        <v>1352</v>
       </c>
       <c r="F381">
         <v>2011</v>
       </c>
       <c r="G381" t="s">
-        <v>1348</v>
+        <v>1353</v>
       </c>
       <c r="H381">
-        <v>2.82</v>
+        <v>3.84</v>
       </c>
       <c r="I381">
-        <v>1.84</v>
+        <v>2.81</v>
       </c>
     </row>
     <row r="382" spans="1:9">
       <c r="A382" t="s">
-        <v>1349</v>
+        <v>1354</v>
       </c>
       <c r="B382" t="s">
-        <v>1350</v>
+        <v>1355</v>
       </c>
       <c r="C382" t="s">
-        <v>1351</v>
+        <v>740</v>
       </c>
       <c r="D382">
-        <v>5</v>
+        <v>84</v>
       </c>
       <c r="E382" t="s">
-        <v>1352</v>
+        <v>1356</v>
       </c>
       <c r="F382">
         <v>2011</v>
       </c>
       <c r="G382" t="s">
-        <v>1353</v>
+        <v>1357</v>
       </c>
       <c r="H382">
-        <v>1.57</v>
-[...3 lines deleted...]
-      </c>
+        <v>2.88</v>
+      </c>
+      <c r="I382"/>
     </row>
     <row r="383" spans="1:9">
       <c r="A383" t="s">
-        <v>1354</v>
+        <v>1358</v>
       </c>
       <c r="B383" t="s">
-        <v>1355</v>
+        <v>1075</v>
       </c>
       <c r="C383" t="s">
-        <v>36</v>
+        <v>96</v>
       </c>
       <c r="D383">
-        <v>84</v>
+        <v>285</v>
       </c>
       <c r="E383" t="s">
-        <v>1356</v>
+        <v>1359</v>
       </c>
       <c r="F383">
         <v>2011</v>
       </c>
       <c r="G383" t="s">
-        <v>1357</v>
+        <v>1360</v>
       </c>
       <c r="H383">
-        <v>3.69</v>
-[...1 lines deleted...]
-      <c r="I383"/>
+        <v>1.49</v>
+      </c>
+      <c r="I383">
+        <v>0.81</v>
+      </c>
     </row>
     <row r="384" spans="1:9">
       <c r="A384" t="s">
-        <v>1358</v>
+        <v>1361</v>
       </c>
       <c r="B384" t="s">
-        <v>1355</v>
+        <v>1075</v>
       </c>
       <c r="C384" t="s">
-        <v>1359</v>
-[...3 lines deleted...]
-        <v>43497</v>
+        <v>368</v>
+      </c>
+      <c r="D384">
+        <v>94</v>
+      </c>
+      <c r="E384" t="s">
+        <v>1362</v>
       </c>
       <c r="F384">
         <v>2011</v>
       </c>
-      <c r="G384"/>
-[...1 lines deleted...]
-      <c r="I384"/>
+      <c r="G384" t="s">
+        <v>1363</v>
+      </c>
+      <c r="H384">
+        <v>1.35</v>
+      </c>
+      <c r="I384">
+        <v>0.77</v>
+      </c>
     </row>
     <row r="385" spans="1:9">
       <c r="A385" t="s">
-        <v>1360</v>
+        <v>1364</v>
       </c>
       <c r="B385" t="s">
-        <v>765</v>
+        <v>1101</v>
       </c>
       <c r="C385" t="s">
-        <v>1351</v>
+        <v>653</v>
       </c>
       <c r="D385">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>51601</v>
+        <v>6</v>
+      </c>
+      <c r="E385" t="s">
+        <v>1365</v>
       </c>
       <c r="F385">
         <v>2011</v>
       </c>
       <c r="G385" t="s">
-        <v>1361</v>
+        <v>1366</v>
       </c>
       <c r="H385">
-        <v>1.57</v>
+        <v>2.82</v>
       </c>
       <c r="I385">
-        <v>1.0</v>
+        <v>1.84</v>
       </c>
     </row>
     <row r="386" spans="1:9">
       <c r="A386" t="s">
-        <v>1362</v>
+        <v>1367</v>
       </c>
       <c r="B386" t="s">
-        <v>765</v>
+        <v>1114</v>
       </c>
       <c r="C386" t="s">
-        <v>826</v>
+        <v>653</v>
       </c>
       <c r="D386">
-        <v>110</v>
+        <v>6</v>
       </c>
       <c r="E386" t="s">
-        <v>1363</v>
+        <v>1002</v>
       </c>
       <c r="F386">
         <v>2011</v>
       </c>
       <c r="G386" t="s">
-        <v>1364</v>
+        <v>1368</v>
       </c>
       <c r="H386">
-        <v>0.61</v>
+        <v>2.82</v>
       </c>
       <c r="I386">
-        <v>0.28</v>
+        <v>1.84</v>
       </c>
     </row>
     <row r="387" spans="1:9">
       <c r="A387" t="s">
-        <v>1365</v>
+        <v>1369</v>
       </c>
       <c r="B387" t="s">
-        <v>765</v>
+        <v>998</v>
       </c>
       <c r="C387" t="s">
-        <v>1366</v>
+        <v>212</v>
       </c>
       <c r="D387">
-        <v>13</v>
+        <v>99</v>
       </c>
       <c r="E387" t="s">
-        <v>1367</v>
+        <v>1370</v>
       </c>
       <c r="F387">
         <v>2011</v>
       </c>
       <c r="G387" t="s">
-        <v>1368</v>
+        <v>1371</v>
       </c>
       <c r="H387">
-        <v>4.18</v>
+        <v>3.84</v>
       </c>
       <c r="I387">
-        <v>3.49</v>
+        <v>2.81</v>
       </c>
     </row>
     <row r="388" spans="1:9">
       <c r="A388" t="s">
-        <v>1369</v>
+        <v>1372</v>
       </c>
       <c r="B388" t="s">
-        <v>1370</v>
+        <v>1373</v>
       </c>
       <c r="C388" t="s">
-        <v>826</v>
+        <v>24</v>
       </c>
       <c r="D388">
-        <v>109</v>
+        <v>84</v>
       </c>
       <c r="E388" t="s">
-        <v>1371</v>
+        <v>1374</v>
       </c>
       <c r="F388">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="G388" t="s">
-        <v>1372</v>
+        <v>1375</v>
       </c>
       <c r="H388">
-        <v>0.57</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.69</v>
+      </c>
+      <c r="I388"/>
     </row>
     <row r="389" spans="1:9">
       <c r="A389" t="s">
-        <v>1373</v>
+        <v>1376</v>
       </c>
       <c r="B389" t="s">
-        <v>765</v>
+        <v>1162</v>
       </c>
       <c r="C389" t="s">
-        <v>179</v>
+        <v>740</v>
       </c>
       <c r="D389">
-        <v>97</v>
-[...2 lines deleted...]
-        <v>1374</v>
+        <v>84</v>
+      </c>
+      <c r="E389">
+        <v>23807</v>
       </c>
       <c r="F389">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="G389" t="s">
-        <v>1375</v>
+        <v>1377</v>
       </c>
       <c r="H389">
-        <v>3.84</v>
-[...3 lines deleted...]
-      </c>
+        <v>2.88</v>
+      </c>
+      <c r="I389"/>
     </row>
     <row r="390" spans="1:9">
       <c r="A390" t="s">
-        <v>1376</v>
+        <v>1378</v>
       </c>
       <c r="B390" t="s">
-        <v>765</v>
+        <v>1075</v>
       </c>
       <c r="C390" t="s">
-        <v>1366</v>
+        <v>653</v>
       </c>
       <c r="D390">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="E390" t="s">
-        <v>1377</v>
+        <v>1379</v>
       </c>
       <c r="F390">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="G390" t="s">
-        <v>1378</v>
+        <v>1380</v>
       </c>
       <c r="H390">
-        <v>3.85</v>
+        <v>2.82</v>
       </c>
       <c r="I390">
-        <v>3.41</v>
+        <v>1.84</v>
       </c>
     </row>
     <row r="391" spans="1:9">
       <c r="A391" t="s">
-        <v>1379</v>
+        <v>1381</v>
       </c>
       <c r="B391" t="s">
-        <v>765</v>
+        <v>1382</v>
       </c>
       <c r="C391" t="s">
-        <v>36</v>
+        <v>1383</v>
       </c>
       <c r="D391">
-        <v>82</v>
+        <v>5</v>
       </c>
       <c r="E391" t="s">
-        <v>1380</v>
+        <v>1384</v>
       </c>
       <c r="F391">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="G391" t="s">
-        <v>1381</v>
+        <v>1385</v>
       </c>
       <c r="H391">
-        <v>3.77</v>
-[...1 lines deleted...]
-      <c r="I391"/>
+        <v>1.57</v>
+      </c>
+      <c r="I391">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="392" spans="1:9">
       <c r="A392" t="s">
-        <v>1382</v>
+        <v>1386</v>
       </c>
       <c r="B392" t="s">
-        <v>765</v>
+        <v>1387</v>
       </c>
       <c r="C392" t="s">
-        <v>696</v>
+        <v>24</v>
       </c>
       <c r="D392">
-        <v>7754</v>
+        <v>84</v>
       </c>
       <c r="E392" t="s">
-        <v>1383</v>
+        <v>1388</v>
       </c>
       <c r="F392">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="G392" t="s">
-        <v>1384</v>
-[...4 lines deleted...]
-      </c>
+        <v>1389</v>
+      </c>
+      <c r="H392">
+        <v>3.69</v>
+      </c>
+      <c r="I392"/>
     </row>
     <row r="393" spans="1:9">
       <c r="A393" t="s">
-        <v>1385</v>
+        <v>1390</v>
       </c>
       <c r="B393" t="s">
-        <v>1386</v>
+        <v>1387</v>
       </c>
       <c r="C393" t="s">
-        <v>696</v>
-[...5 lines deleted...]
-        <v>1387</v>
+        <v>1391</v>
+      </c>
+      <c r="D393"/>
+      <c r="E393">
+        <v>43497</v>
       </c>
       <c r="F393">
-        <v>2010</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="G393"/>
       <c r="H393"/>
-      <c r="I393">
-[...1 lines deleted...]
-      </c>
+      <c r="I393"/>
     </row>
     <row r="394" spans="1:9">
       <c r="A394" t="s">
-        <v>1389</v>
+        <v>1392</v>
       </c>
       <c r="B394" t="s">
-        <v>1390</v>
+        <v>798</v>
       </c>
       <c r="C394" t="s">
-        <v>696</v>
+        <v>1383</v>
       </c>
       <c r="D394">
-        <v>7754</v>
-[...2 lines deleted...]
-        <v>1391</v>
+        <v>5</v>
+      </c>
+      <c r="E394">
+        <v>51601</v>
       </c>
       <c r="F394">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="G394" t="s">
-        <v>1392</v>
-[...1 lines deleted...]
-      <c r="H394"/>
+        <v>1393</v>
+      </c>
+      <c r="H394">
+        <v>1.57</v>
+      </c>
       <c r="I394">
-        <v>0.24</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="395" spans="1:9">
       <c r="A395" t="s">
-        <v>1393</v>
+        <v>1394</v>
       </c>
       <c r="B395" t="s">
-        <v>1394</v>
+        <v>798</v>
       </c>
       <c r="C395" t="s">
-        <v>826</v>
+        <v>859</v>
       </c>
       <c r="D395">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E395" t="s">
         <v>1395</v>
       </c>
       <c r="F395">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="G395" t="s">
         <v>1396</v>
       </c>
       <c r="H395">
-        <v>0.57</v>
+        <v>0.61</v>
       </c>
       <c r="I395">
-        <v>0.27</v>
+        <v>0.28</v>
       </c>
     </row>
     <row r="396" spans="1:9">
       <c r="A396" t="s">
         <v>1397</v>
       </c>
       <c r="B396" t="s">
-        <v>765</v>
+        <v>798</v>
       </c>
       <c r="C396" t="s">
-        <v>121</v>
+        <v>1398</v>
       </c>
       <c r="D396">
-        <v>35</v>
+        <v>13</v>
       </c>
       <c r="E396" t="s">
-        <v>1398</v>
+        <v>1399</v>
       </c>
       <c r="F396">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="G396" t="s">
-        <v>1399</v>
+        <v>1400</v>
       </c>
       <c r="H396">
-        <v>3.32</v>
+        <v>4.18</v>
       </c>
       <c r="I396">
-        <v>2.64</v>
+        <v>3.49</v>
       </c>
     </row>
     <row r="397" spans="1:9">
       <c r="A397" t="s">
-        <v>1400</v>
+        <v>1401</v>
       </c>
       <c r="B397" t="s">
-        <v>765</v>
+        <v>1402</v>
       </c>
       <c r="C397" t="s">
-        <v>1401</v>
+        <v>859</v>
       </c>
       <c r="D397">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>1416</v>
+        <v>109</v>
+      </c>
+      <c r="E397" t="s">
+        <v>1403</v>
       </c>
       <c r="F397">
         <v>2010</v>
       </c>
       <c r="G397" t="s">
-        <v>1402</v>
+        <v>1404</v>
       </c>
       <c r="H397">
-        <v>1.0</v>
+        <v>0.57</v>
       </c>
       <c r="I397">
-        <v>0.6</v>
+        <v>0.27</v>
       </c>
     </row>
     <row r="398" spans="1:9">
       <c r="A398" t="s">
-        <v>1403</v>
+        <v>1405</v>
       </c>
       <c r="B398" t="s">
-        <v>765</v>
+        <v>798</v>
       </c>
       <c r="C398" t="s">
-        <v>1404</v>
-[...3 lines deleted...]
-        <v>43586</v>
+        <v>212</v>
+      </c>
+      <c r="D398">
+        <v>97</v>
+      </c>
+      <c r="E398" t="s">
+        <v>1406</v>
       </c>
       <c r="F398">
         <v>2010</v>
       </c>
-      <c r="G398"/>
-[...1 lines deleted...]
-      <c r="I398"/>
+      <c r="G398" t="s">
+        <v>1407</v>
+      </c>
+      <c r="H398">
+        <v>3.84</v>
+      </c>
+      <c r="I398">
+        <v>2.92</v>
+      </c>
     </row>
     <row r="399" spans="1:9">
       <c r="A399" t="s">
-        <v>1405</v>
+        <v>1408</v>
       </c>
       <c r="B399" t="s">
-        <v>1406</v>
+        <v>798</v>
       </c>
       <c r="C399" t="s">
-        <v>1407</v>
+        <v>1398</v>
       </c>
       <c r="D399">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="E399" t="s">
-        <v>1408</v>
+        <v>1409</v>
       </c>
       <c r="F399">
         <v>2010</v>
       </c>
-      <c r="G399"/>
-[...1 lines deleted...]
-      <c r="I399"/>
+      <c r="G399" t="s">
+        <v>1410</v>
+      </c>
+      <c r="H399">
+        <v>3.85</v>
+      </c>
+      <c r="I399">
+        <v>3.41</v>
+      </c>
     </row>
     <row r="400" spans="1:9">
       <c r="A400" t="s">
-        <v>1409</v>
+        <v>1411</v>
       </c>
       <c r="B400" t="s">
-        <v>1410</v>
+        <v>798</v>
       </c>
       <c r="C400" t="s">
-        <v>1407</v>
+        <v>24</v>
       </c>
       <c r="D400">
-        <v>2</v>
+        <v>82</v>
       </c>
       <c r="E400" t="s">
-        <v>1411</v>
+        <v>1412</v>
       </c>
       <c r="F400">
         <v>2010</v>
       </c>
-      <c r="G400"/>
-      <c r="H400"/>
+      <c r="G400" t="s">
+        <v>1413</v>
+      </c>
+      <c r="H400">
+        <v>3.77</v>
+      </c>
       <c r="I400"/>
     </row>
     <row r="401" spans="1:9">
       <c r="A401" t="s">
-        <v>1412</v>
+        <v>1414</v>
       </c>
       <c r="B401" t="s">
-        <v>1413</v>
+        <v>798</v>
       </c>
       <c r="C401" t="s">
-        <v>1407</v>
-[...2 lines deleted...]
-      <c r="E401"/>
+        <v>729</v>
+      </c>
+      <c r="D401">
+        <v>7754</v>
+      </c>
+      <c r="E401" t="s">
+        <v>1415</v>
+      </c>
       <c r="F401">
         <v>2010</v>
       </c>
-      <c r="G401"/>
+      <c r="G401" t="s">
+        <v>1416</v>
+      </c>
       <c r="H401"/>
-      <c r="I401"/>
+      <c r="I401">
+        <v>0.24</v>
+      </c>
+    </row>
+    <row r="402" spans="1:9">
+      <c r="A402" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B402" t="s">
+        <v>1418</v>
+      </c>
+      <c r="C402" t="s">
+        <v>729</v>
+      </c>
+      <c r="D402">
+        <v>7754</v>
+      </c>
+      <c r="E402" t="s">
+        <v>1419</v>
+      </c>
+      <c r="F402">
+        <v>2010</v>
+      </c>
+      <c r="G402" t="s">
+        <v>1420</v>
+      </c>
+      <c r="H402"/>
+      <c r="I402">
+        <v>0.24</v>
+      </c>
+    </row>
+    <row r="403" spans="1:9">
+      <c r="A403" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B403" t="s">
+        <v>1422</v>
+      </c>
+      <c r="C403" t="s">
+        <v>729</v>
+      </c>
+      <c r="D403">
+        <v>7754</v>
+      </c>
+      <c r="E403" t="s">
+        <v>1423</v>
+      </c>
+      <c r="F403">
+        <v>2010</v>
+      </c>
+      <c r="G403" t="s">
+        <v>1424</v>
+      </c>
+      <c r="H403"/>
+      <c r="I403">
+        <v>0.24</v>
+      </c>
+    </row>
+    <row r="404" spans="1:9">
+      <c r="A404" t="s">
+        <v>1425</v>
+      </c>
+      <c r="B404" t="s">
+        <v>1426</v>
+      </c>
+      <c r="C404" t="s">
+        <v>859</v>
+      </c>
+      <c r="D404">
+        <v>109</v>
+      </c>
+      <c r="E404" t="s">
+        <v>1427</v>
+      </c>
+      <c r="F404">
+        <v>2010</v>
+      </c>
+      <c r="G404" t="s">
+        <v>1428</v>
+      </c>
+      <c r="H404">
+        <v>0.57</v>
+      </c>
+      <c r="I404">
+        <v>0.27</v>
+      </c>
+    </row>
+    <row r="405" spans="1:9">
+      <c r="A405" t="s">
+        <v>1429</v>
+      </c>
+      <c r="B405" t="s">
+        <v>798</v>
+      </c>
+      <c r="C405" t="s">
+        <v>154</v>
+      </c>
+      <c r="D405">
+        <v>35</v>
+      </c>
+      <c r="E405" t="s">
+        <v>1430</v>
+      </c>
+      <c r="F405">
+        <v>2010</v>
+      </c>
+      <c r="G405" t="s">
+        <v>1431</v>
+      </c>
+      <c r="H405">
+        <v>3.32</v>
+      </c>
+      <c r="I405">
+        <v>2.64</v>
+      </c>
+    </row>
+    <row r="406" spans="1:9">
+      <c r="A406" t="s">
+        <v>1432</v>
+      </c>
+      <c r="B406" t="s">
+        <v>1433</v>
+      </c>
+      <c r="C406" t="s">
+        <v>1434</v>
+      </c>
+      <c r="D406"/>
+      <c r="E406"/>
+      <c r="F406">
+        <v>2010</v>
+      </c>
+      <c r="G406"/>
+      <c r="H406"/>
+      <c r="I406"/>
+    </row>
+    <row r="407" spans="1:9">
+      <c r="A407" t="s">
+        <v>1435</v>
+      </c>
+      <c r="B407" t="s">
+        <v>798</v>
+      </c>
+      <c r="C407" t="s">
+        <v>1436</v>
+      </c>
+      <c r="D407">
+        <v>46</v>
+      </c>
+      <c r="E407">
+        <v>1416</v>
+      </c>
+      <c r="F407">
+        <v>2010</v>
+      </c>
+      <c r="G407" t="s">
+        <v>1437</v>
+      </c>
+      <c r="H407">
+        <v>1.0</v>
+      </c>
+      <c r="I407">
+        <v>0.6</v>
+      </c>
+    </row>
+    <row r="408" spans="1:9">
+      <c r="A408" t="s">
+        <v>1438</v>
+      </c>
+      <c r="B408" t="s">
+        <v>798</v>
+      </c>
+      <c r="C408" t="s">
+        <v>1439</v>
+      </c>
+      <c r="D408"/>
+      <c r="E408">
+        <v>43586</v>
+      </c>
+      <c r="F408">
+        <v>2010</v>
+      </c>
+      <c r="G408"/>
+      <c r="H408"/>
+      <c r="I408"/>
+    </row>
+    <row r="409" spans="1:9">
+      <c r="A409" t="s">
+        <v>1440</v>
+      </c>
+      <c r="B409" t="s">
+        <v>1441</v>
+      </c>
+      <c r="C409" t="s">
+        <v>1434</v>
+      </c>
+      <c r="D409">
+        <v>2</v>
+      </c>
+      <c r="E409" t="s">
+        <v>1442</v>
+      </c>
+      <c r="F409">
+        <v>2010</v>
+      </c>
+      <c r="G409"/>
+      <c r="H409"/>
+      <c r="I409"/>
+    </row>
+    <row r="410" spans="1:9">
+      <c r="A410" t="s">
+        <v>1443</v>
+      </c>
+      <c r="B410" t="s">
+        <v>1444</v>
+      </c>
+      <c r="C410" t="s">
+        <v>1434</v>
+      </c>
+      <c r="D410">
+        <v>2</v>
+      </c>
+      <c r="E410" t="s">
+        <v>1445</v>
+      </c>
+      <c r="F410">
+        <v>2010</v>
+      </c>
+      <c r="G410"/>
+      <c r="H410"/>
+      <c r="I410"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>