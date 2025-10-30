--- v0 (2025-10-08)
+++ v1 (2025-10-30)
@@ -41,75 +41,75 @@
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>Detection and analysis of protein compounds based on Raman scattering and machine learning</t>
+  </si>
+  <si>
+    <t>Ekaterina Ponkratova, Artem Shtumpf, Landysh Fatkhutdinova, G.I. Bikbaeva, Alexey Kokhanovskiy, Andrey Bogdanov, Alina A. Manshina, Dmitry Zuev</t>
+  </si>
+  <si>
+    <t>2024 International Conference Laser Optics (ICLO)</t>
+  </si>
+  <si>
+    <t>547-547</t>
+  </si>
+  <si>
+    <t>10.1109/iclo59702.2024.10624391</t>
+  </si>
+  <si>
     <t>Laser formation of photocatalytically active TiO2 coating</t>
   </si>
   <si>
     <t>Ekaterina Ponkratova, Artem Shtumpf, Andrey Kuzmichev, D.A. Rud, Eduard Ageev, Dmitry Sinev, Dmitry Zuev</t>
   </si>
   <si>
-    <t>2024 International Conference Laser Optics (ICLO)</t>
-[...1 lines deleted...]
-  <si>
     <t>412-412</t>
   </si>
   <si>
     <t>10.1109/iclo59702.2024.10624429</t>
-  </si>
-[...10 lines deleted...]
-    <t>10.1109/iclo59702.2024.10624391</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>