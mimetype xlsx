--- v0 (2025-10-06)
+++ v1 (2026-03-21)
@@ -12,77 +12,89 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
+  </si>
+  <si>
+    <t>Light-directed reprogramming of tumor-associated macrophages via STING agonist delivery</t>
+  </si>
+  <si>
+    <t>Olga I. Gusliakova, Lidia Mikhailova, Olga A. Inozemtseva, Pavel Pidenko, Kirill Presnyakov, Natalia A. Shushunova, Van Gulinian, Oksana A. Mayorova, Olga A. Sindeeva, Boris N. Khlebtsov, Mikhail O. Durymanov, Mikhail Zyuzin, Gleb B. Sukhorukov</t>
+  </si>
+  <si>
+    <t>Biomaterials Advances</t>
+  </si>
+  <si>
+    <t>10.1016/j.bioadv.2025.214632</t>
   </si>
   <si>
     <t>A comparative study of plasmonic nanoparticles for targeted photothermal therapy of melanoma tumors using various irradiation modes</t>
   </si>
   <si>
     <t>Lidia Mikhailova, Elizaveta Vysotina, Maria Timofeeva, Elena Kopoleva, Van Gulinian, Olesya Pashina, Konstantin Arabuli, Olga Gusliakova, Ekaterina Prikhozhdenko, Xiaoli Qi,  Петров Андрей, Eduard Ageev, Mihail Petrov, Constantino De Angelis, Mikhail Durymanov, Gleb Sukhorukov, Mikhail Zyuzin</t>
   </si>
   <si>
     <t>Light: Advanced Manufacturing</t>
   </si>
   <si>
     <t>10.37188/lam.2025.005</t>
   </si>
   <si>
     <t>Transporting Particles with Vortex Rings</t>
   </si>
   <si>
     <t>Van Gulinian, Fedor Kuzikov, Roman Podgornyi, Daniil Shirkin, Ivan Zakharov, Zarina Sadrieva, Maksim Korobkov, Yana Muzychenko, Andrew Kudlis</t>
   </si>
   <si>
     <t>Fluids</t>
   </si>
   <si>
     <t>10.3390/fluids8120315</t>
   </si>
@@ -422,172 +434,201 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I4"/>
+  <dimension ref="A1:I5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="166.245" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="346.773" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2">
-        <v>6</v>
+        <v>181</v>
       </c>
       <c r="E2">
-        <v>1</v>
+        <v>214632</v>
       </c>
       <c r="F2">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
-      <c r="H2"/>
+      <c r="H2">
+        <v>6.25</v>
+      </c>
       <c r="I2">
-        <v>3.18</v>
+        <v>1.22</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="E3"/>
+        <v>6</v>
+      </c>
+      <c r="E3">
+        <v>1</v>
+      </c>
       <c r="F3">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G3" t="s">
         <v>16</v>
       </c>
-      <c r="H3">
-[...1 lines deleted...]
-      </c>
+      <c r="H3"/>
       <c r="I3">
-        <v>0.37</v>
+        <v>3.18</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>17</v>
       </c>
       <c r="B4" t="s">
         <v>18</v>
       </c>
       <c r="C4" t="s">
         <v>19</v>
       </c>
-      <c r="D4"/>
+      <c r="D4">
+        <v>8</v>
+      </c>
       <c r="E4"/>
       <c r="F4">
         <v>2023</v>
       </c>
       <c r="G4" t="s">
         <v>20</v>
       </c>
-      <c r="H4"/>
-      <c r="I4"/>
+      <c r="H4">
+        <v>1.95</v>
+      </c>
+      <c r="I4">
+        <v>0.37</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9">
+      <c r="A5" t="s">
+        <v>21</v>
+      </c>
+      <c r="B5" t="s">
+        <v>22</v>
+      </c>
+      <c r="C5" t="s">
+        <v>23</v>
+      </c>
+      <c r="D5"/>
+      <c r="E5"/>
+      <c r="F5">
+        <v>2023</v>
+      </c>
+      <c r="G5" t="s">
+        <v>24</v>
+      </c>
+      <c r="H5"/>
+      <c r="I5"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>