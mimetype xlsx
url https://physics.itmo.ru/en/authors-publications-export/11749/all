--- v0 (2025-10-06)
+++ v1 (2025-12-07)
@@ -12,77 +12,89 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
+  </si>
+  <si>
+    <t>Ultrafast all-optical switching in nonlinear 3R-MoS2 van der Waals metasurfaces</t>
+  </si>
+  <si>
+    <t>Levin Seidt, Thomas Weber, Albert Seredin, Thomas Possmayer, Roman Savelev, Mihail Petrov, Stefan A. Maier, Andreas Tittl, Leonardo de S. Menezes, Luca Sortino</t>
+  </si>
+  <si>
+    <t>npj Nanophotonics</t>
+  </si>
+  <si>
+    <t>10.1038/s44310-025-00083-4</t>
   </si>
   <si>
     <t>Enhancement of Photoluminescence of Colloidal Quantum Dots in Plasmonic Metasurfaces Supporting Bound State in the Continuum</t>
   </si>
   <si>
     <t>Albert Seredin, Kseniia Baryshnikova, Mihail Petrov, Aivar  Sergeev, Dmitrii Pavlov, Alexander Kuchmizhak, Kseniia A. Sergeeva, Anastasiia V. Sokolova, A L Rogach</t>
   </si>
   <si>
     <t>2024 Photonics &amp;amp; Electromagnetics Research Symposium (PIERS)</t>
   </si>
   <si>
     <t>1-4</t>
   </si>
   <si>
     <t>10.1109/piers62282.2024.10618245</t>
   </si>
   <si>
     <t>Laser‐Printed Plasmonic Metasurface Supporting Bound States in the Continuum Enhances and Shapes Infrared Spontaneous Emission of Coupled HgTe Quantum Dots</t>
   </si>
   <si>
     <t>Kseniia A. Sergeeva, Dmitrii V. Pavlov, Albert Seredin, Eugeny V. Mitsai, Aleksandr A. Sergeev, Evgeny B. Modin, Anastasiia V. Sokolova, Tsz Chun Lau, Kseniia Baryshnikova, Mihail Petrov, Stephen V. Kershaw, Aleksandr A. Kuchmizhak, Kam Sing Wong</t>
   </si>
   <si>
     <t>Advanced Functional Materials</t>
   </si>
@@ -413,51 +425,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I3"/>
+  <dimension ref="A1:I4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="183.955" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="291.215" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="76.553" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -471,87 +483,110 @@
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
-      <c r="D2"/>
-      <c r="E2" t="s">
+      <c r="D2">
+        <v>2</v>
+      </c>
+      <c r="E2"/>
+      <c r="F2">
+        <v>2025</v>
+      </c>
+      <c r="G2" t="s">
         <v>12</v>
-      </c>
-[...4 lines deleted...]
-        <v>13</v>
       </c>
       <c r="H2"/>
       <c r="I2"/>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
+        <v>13</v>
+      </c>
+      <c r="B3" t="s">
         <v>14</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>15</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3"/>
+      <c r="E3" t="s">
         <v>16</v>
       </c>
-      <c r="D3">
-[...2 lines deleted...]
-      <c r="E3"/>
       <c r="F3">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G3" t="s">
         <v>17</v>
       </c>
-      <c r="H3">
+      <c r="H3"/>
+      <c r="I3"/>
+    </row>
+    <row r="4" spans="1:9">
+      <c r="A4" t="s">
+        <v>18</v>
+      </c>
+      <c r="B4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4">
+        <v>33</v>
+      </c>
+      <c r="E4"/>
+      <c r="F4">
+        <v>2023</v>
+      </c>
+      <c r="G4" t="s">
+        <v>21</v>
+      </c>
+      <c r="H4">
         <v>19.92</v>
       </c>
-      <c r="I3">
+      <c r="I4">
         <v>5.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>