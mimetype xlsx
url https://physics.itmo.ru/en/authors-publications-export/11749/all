--- v1 (2025-12-07)
+++ v2 (2026-02-07)
@@ -12,77 +12,89 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
+  </si>
+  <si>
+    <t>Planar Bragg microcavities with embedded monolayer semiconductor for strong exciton–photon coupling</t>
+  </si>
+  <si>
+    <t>Alexey Mikhin, Albert Seredin, Roman Savelev, Anton Samusev, Vasily Kravtsov</t>
+  </si>
+  <si>
+    <t>Journal of Optics</t>
+  </si>
+  <si>
+    <t>10.1088/2040-8986/ae2634</t>
   </si>
   <si>
     <t>Ultrafast all-optical switching in nonlinear 3R-MoS2 van der Waals metasurfaces</t>
   </si>
   <si>
     <t>Levin Seidt, Thomas Weber, Albert Seredin, Thomas Possmayer, Roman Savelev, Mihail Petrov, Stefan A. Maier, Andreas Tittl, Leonardo de S. Menezes, Luca Sortino</t>
   </si>
   <si>
     <t>npj Nanophotonics</t>
   </si>
   <si>
     <t>10.1038/s44310-025-00083-4</t>
   </si>
   <si>
     <t>Enhancement of Photoluminescence of Colloidal Quantum Dots in Plasmonic Metasurfaces Supporting Bound State in the Continuum</t>
   </si>
   <si>
     <t>Albert Seredin, Kseniia Baryshnikova, Mihail Petrov, Aivar  Sergeev, Dmitrii Pavlov, Alexander Kuchmizhak, Kseniia A. Sergeeva, Anastasiia V. Sokolova, A L Rogach</t>
   </si>
   <si>
     <t>2024 Photonics &amp;amp; Electromagnetics Research Symposium (PIERS)</t>
   </si>
   <si>
     <t>1-4</t>
   </si>
@@ -425,168 +437,197 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I4"/>
+  <dimension ref="A1:I5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="183.955" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="291.215" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="76.553" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="6.998" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
-    <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2">
-        <v>2</v>
-[...1 lines deleted...]
-      <c r="E2"/>
+        <v>27</v>
+      </c>
+      <c r="E2">
+        <v>125104</v>
+      </c>
       <c r="F2">
         <v>2025</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
-      <c r="H2"/>
-      <c r="I2"/>
+      <c r="H2">
+        <v>2.52</v>
+      </c>
+      <c r="I2">
+        <v>0.92</v>
+      </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
-      <c r="D3"/>
-      <c r="E3" t="s">
+      <c r="D3">
+        <v>2</v>
+      </c>
+      <c r="E3"/>
+      <c r="F3">
+        <v>2025</v>
+      </c>
+      <c r="G3" t="s">
         <v>16</v>
-      </c>
-[...4 lines deleted...]
-        <v>17</v>
       </c>
       <c r="H3"/>
       <c r="I3"/>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
+        <v>17</v>
+      </c>
+      <c r="B4" t="s">
         <v>18</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>19</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4"/>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="D4">
-[...2 lines deleted...]
-      <c r="E4"/>
       <c r="F4">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G4" t="s">
         <v>21</v>
       </c>
-      <c r="H4">
+      <c r="H4"/>
+      <c r="I4"/>
+    </row>
+    <row r="5" spans="1:9">
+      <c r="A5" t="s">
+        <v>22</v>
+      </c>
+      <c r="B5" t="s">
+        <v>23</v>
+      </c>
+      <c r="C5" t="s">
+        <v>24</v>
+      </c>
+      <c r="D5">
+        <v>33</v>
+      </c>
+      <c r="E5"/>
+      <c r="F5">
+        <v>2023</v>
+      </c>
+      <c r="G5" t="s">
+        <v>25</v>
+      </c>
+      <c r="H5">
         <v>19.92</v>
       </c>
-      <c r="I4">
+      <c r="I5">
         <v>5.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>