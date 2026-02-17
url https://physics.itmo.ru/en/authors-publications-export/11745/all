--- v0 (2025-10-18)
+++ v1 (2026-02-17)
@@ -12,79 +12,91 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Authors</t>
   </si>
   <si>
     <t>Journal</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>IF</t>
   </si>
   <si>
     <t>SJR</t>
   </si>
   <si>
+    <t>Fiber-Integrated Metal–Organic Framework Nanosheets for Light Emission and Microendoscopy</t>
+  </si>
+  <si>
+    <t>Pavel Alekseevskiy, Anastasia Efimova, Svyatoslav Povarov, Nikolaj Zhestkij, Pavel A. Demakov, Nikita Burzak, Vyacheslav A. Dyachuk, Vladimir P. Fedin, Andrei S. Potapov, Xiaolin Yu, Valentin Milichko</t>
+  </si>
+  <si>
+    <t>ACS Applied Nano Materials</t>
+  </si>
+  <si>
+    <t>10.1021/acsanm.5c04932</t>
+  </si>
+  <si>
     <t>Topological Design of Pyrene‐Based Metal‐Organic Framework Nanosheets as a Luminescent Thermometer for Live Bioimaging</t>
   </si>
   <si>
     <t>Maria Timofeeva, Yuliya Kenzhebayeva, Pavel Alekseevskiy, Anastasia Efimova, Artem Abramov, Sergei Shipilovskikh, Alexander S. Novikov, Nikolay V. Somov, Dmitry I. Pavlov, Xiaolin Yu, Andrei S. Potapov, Pascal Boulet, Nikita Burzak, Aleksandra R. Knyazeva, Nan Li, Vyacheslav Dyachuk, Valentin Milichko</t>
   </si>
   <si>
     <t>Advanced Functional Materials</t>
   </si>
   <si>
     <t>10.1002/adfm.202425904</t>
   </si>
   <si>
     <t>Ultrathin Lanthanide‐Based Metal‐Organic Nanosheets with Thickness‐ and Temperature‐Driven Light Emission</t>
   </si>
   <si>
     <t>Pavel Alekseevskiy, Xiaolin Yu, Anastasia Efimova, Nikolaj Zhestkij, Yuri Mezenov, Yuliya Kenzhebayeva, Svyatoslav Povarov, Anastasiia Liubimova, Semyon Bachinin, Evgeniia Stepanidenko, Vyacheslav Dyachuk, Nan Li, Vladimir P. Fedin, Andrei S. Potapov, Valentin Milichko</t>
   </si>
   <si>
     <t>Laser &amp;amp; Photonics Reviews</t>
   </si>
   <si>
     <t>10.1002/lpor.202401912</t>
   </si>
   <si>
     <t>Transformation of 3D Metal–Organic Frameworks into Nanosheets with Enhanced Memristive Behavior for Electronic Data Processing</t>
@@ -129,50 +141,62 @@
     <t>Легированные гадолинием углеродные точки с излучением в длинноволновой области спектра для двухмодальной визуализации</t>
   </si>
   <si>
     <t>Анастасия Ефимова, Зиля  Бадриева , Екатерина Бруй, Mikhail Miruschenko,  Алейник И.А., Alexander M. Mitroshin, Olga V. Volina, Александра Королева , Evgeniy V. Zhizhin, Evgeniia Stepanidenko</t>
   </si>
   <si>
     <t>Оптический журнал</t>
   </si>
   <si>
     <t>5-17</t>
   </si>
   <si>
     <t>10.17586/1023-5086-2024-91-06-5-17</t>
   </si>
   <si>
     <t>Light-driven anisotropy of 2D metal-organic framework single crystal for repeatable optical modulation</t>
   </si>
   <si>
     <t>Yuliya Kenzhebayeva, Nikita Kulachenkov, Sergei Rzhevskii, Pavel A. Slepukhin, Vladimir V. Shilovskikh, Anastasia Efimova, Pavel Alekseevskiy, Gennady Y. Gor, Alina Emelianova, Sergei Shipilovskikh, Irina D. Yushina, Alexander Krylov, Dmitry I. Pavlov, Vladimir P. Fedin, Andrei S. Potapov, Valentin Milichko</t>
   </si>
   <si>
     <t>Communications Materials</t>
   </si>
   <si>
     <t>10.1038/s43246-024-00485-5</t>
+  </si>
+  <si>
+    <t>Two-dimensional thin and porous membranes for gas molecules sensing</t>
+  </si>
+  <si>
+    <t>Anastasia Efimova, Pavel Alekseevskiy, Maria Timofeeva, Valentin Milichko</t>
+  </si>
+  <si>
+    <t>Optical Sensing and Detection VIII</t>
+  </si>
+  <si>
+    <t>10.1117/12.3021972</t>
   </si>
   <si>
     <t>Grayscale to Multicolor Laser Writing Inside a Label‐Free Metal‐Organic Frameworks</t>
   </si>
   <si>
     <t>Nikolaj Zhestkij, Anastasia Efimova, Yuliya Kenzhebayeva, Svyatoslav Povarov, Pavel Alekseevskiy, Sergei Rzhevskii, Sergei Shipilovskikh, Valentin Milichko</t>
   </si>
   <si>
     <t>10.1002/adfm.202311235</t>
   </si>
   <si>
     <t>Metal-organic frameworks as competitive non-linear optical materials: light conversion and structural modification</t>
   </si>
   <si>
     <t>Nikolaj Zhestkij, Anastasia Efimova, Yuliya Kenzhebayeva, Sergei Shipilovskikh, Valentin Milichko</t>
   </si>
   <si>
     <t>Nanophotonics and Micro/Nano Optics IX</t>
   </si>
   <si>
     <t>10.1117/12.2691151</t>
   </si>
   <si>
     <t>Self‐Assembly of Hydrogen‐Bonded Organic Crystals on Arbitrary Surfaces for Efficient Amplified Spontaneous Emission</t>
   </si>
@@ -560,51 +584,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I15"/>
+  <dimension ref="A1:I17"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="162.675" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="452.889" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.998" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -621,390 +645,438 @@
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2" t="s">
         <v>9</v>
       </c>
       <c r="B2" t="s">
         <v>10</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2"/>
       <c r="E2"/>
       <c r="F2">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="G2" t="s">
         <v>12</v>
       </c>
       <c r="H2">
-        <v>18.81</v>
+        <v>5.64</v>
       </c>
       <c r="I2">
-        <v>6.07</v>
+        <v>1.12</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>13</v>
       </c>
       <c r="B3" t="s">
         <v>14</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3"/>
       <c r="E3"/>
       <c r="F3">
         <v>2025</v>
       </c>
       <c r="G3" t="s">
         <v>16</v>
       </c>
       <c r="H3">
-        <v>13.14</v>
+        <v>18.81</v>
       </c>
       <c r="I3">
-        <v>3.78</v>
+        <v>6.07</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
         <v>17</v>
       </c>
       <c r="B4" t="s">
         <v>18</v>
       </c>
       <c r="C4" t="s">
         <v>19</v>
       </c>
       <c r="D4"/>
       <c r="E4"/>
       <c r="F4">
         <v>2025</v>
       </c>
       <c r="G4" t="s">
         <v>20</v>
       </c>
       <c r="H4">
-        <v>16.81</v>
+        <v>13.14</v>
       </c>
       <c r="I4">
-        <v>5.39</v>
+        <v>3.78</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>21</v>
       </c>
       <c r="B5" t="s">
         <v>22</v>
       </c>
       <c r="C5" t="s">
         <v>23</v>
       </c>
-      <c r="D5">
-[...2 lines deleted...]
-      <c r="E5" t="s">
+      <c r="D5"/>
+      <c r="E5"/>
+      <c r="F5">
+        <v>2025</v>
+      </c>
+      <c r="G5" t="s">
         <v>24</v>
       </c>
-      <c r="F5">
-[...4 lines deleted...]
-      </c>
       <c r="H5">
-        <v>4.19</v>
+        <v>16.81</v>
       </c>
       <c r="I5">
-        <v>1.48</v>
+        <v>5.39</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
+        <v>25</v>
+      </c>
+      <c r="B6" t="s">
         <v>26</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
         <v>27</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6">
+        <v>128</v>
+      </c>
+      <c r="E6" t="s">
         <v>28</v>
-      </c>
-[...2 lines deleted...]
-        <v>47</v>
       </c>
       <c r="F6">
         <v>2024</v>
       </c>
       <c r="G6" t="s">
         <v>29</v>
       </c>
-      <c r="H6"/>
-      <c r="I6"/>
+      <c r="H6">
+        <v>4.19</v>
+      </c>
+      <c r="I6">
+        <v>1.48</v>
+      </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
         <v>30</v>
       </c>
       <c r="B7" t="s">
         <v>31</v>
       </c>
       <c r="C7" t="s">
         <v>32</v>
       </c>
-      <c r="D7">
-[...3 lines deleted...]
-        <v>33</v>
+      <c r="D7"/>
+      <c r="E7">
+        <v>47</v>
       </c>
       <c r="F7">
         <v>2024</v>
       </c>
       <c r="G7" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="H7"/>
       <c r="I7"/>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>34</v>
+      </c>
+      <c r="B8" t="s">
         <v>35</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
         <v>36</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8">
+        <v>91</v>
+      </c>
+      <c r="E8" t="s">
         <v>37</v>
       </c>
-      <c r="D8">
-[...2 lines deleted...]
-      <c r="E8"/>
       <c r="F8">
         <v>2024</v>
       </c>
       <c r="G8" t="s">
         <v>38</v>
       </c>
-      <c r="H8">
-[...4 lines deleted...]
-      </c>
+      <c r="H8"/>
+      <c r="I8"/>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
         <v>39</v>
       </c>
       <c r="B9" t="s">
         <v>40</v>
       </c>
       <c r="C9" t="s">
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="D9"/>
+        <v>41</v>
+      </c>
+      <c r="D9">
+        <v>5</v>
+      </c>
       <c r="E9"/>
       <c r="F9">
         <v>2024</v>
       </c>
       <c r="G9" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H9">
-        <v>19.92</v>
+        <v>7.5</v>
       </c>
       <c r="I9">
-        <v>5.0</v>
+        <v>2.13</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B10" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C10" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D10"/>
-      <c r="E10"/>
+      <c r="E10">
+        <v>112</v>
+      </c>
       <c r="F10">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G10" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="H10"/>
       <c r="I10"/>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B11" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C11" t="s">
-        <v>48</v>
+        <v>15</v>
       </c>
       <c r="D11"/>
       <c r="E11"/>
       <c r="F11">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="G11" t="s">
         <v>49</v>
       </c>
       <c r="H11">
-        <v>3.7</v>
-[...1 lines deleted...]
-      <c r="I11"/>
+        <v>19.92</v>
+      </c>
+      <c r="I11">
+        <v>5.0</v>
+      </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12" t="s">
         <v>50</v>
       </c>
       <c r="B12" t="s">
         <v>51</v>
       </c>
       <c r="C12" t="s">
         <v>52</v>
       </c>
       <c r="D12"/>
       <c r="E12"/>
       <c r="F12">
         <v>2023</v>
       </c>
       <c r="G12" t="s">
         <v>53</v>
       </c>
-      <c r="H12">
-[...4 lines deleted...]
-      </c>
+      <c r="H12"/>
+      <c r="I12"/>
     </row>
     <row r="13" spans="1:9">
       <c r="A13" t="s">
         <v>54</v>
       </c>
       <c r="B13" t="s">
         <v>55</v>
       </c>
       <c r="C13" t="s">
         <v>56</v>
       </c>
       <c r="D13"/>
       <c r="E13"/>
       <c r="F13">
         <v>2023</v>
       </c>
       <c r="G13" t="s">
         <v>57</v>
       </c>
       <c r="H13">
-        <v>9.93</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.7</v>
+      </c>
+      <c r="I13"/>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" t="s">
         <v>58</v>
       </c>
       <c r="B14" t="s">
         <v>59</v>
       </c>
       <c r="C14" t="s">
         <v>60</v>
       </c>
-      <c r="D14">
-[...2 lines deleted...]
-      <c r="E14" t="s">
+      <c r="D14"/>
+      <c r="E14"/>
+      <c r="F14">
+        <v>2023</v>
+      </c>
+      <c r="G14" t="s">
         <v>61</v>
       </c>
-      <c r="F14">
-[...4 lines deleted...]
-      </c>
       <c r="H14">
-        <v>12.26</v>
+        <v>15.37</v>
       </c>
       <c r="I14">
-        <v>3.76</v>
+        <v>3.63</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" t="s">
+        <v>62</v>
+      </c>
+      <c r="B15" t="s">
         <v>63</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
         <v>64</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15"/>
+      <c r="E15"/>
+      <c r="F15">
+        <v>2023</v>
+      </c>
+      <c r="G15" t="s">
         <v>65</v>
       </c>
-      <c r="D15">
+      <c r="H15">
+        <v>9.93</v>
+      </c>
+      <c r="I15">
+        <v>2.89</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9">
+      <c r="A16" t="s">
+        <v>66</v>
+      </c>
+      <c r="B16" t="s">
+        <v>67</v>
+      </c>
+      <c r="C16" t="s">
+        <v>68</v>
+      </c>
+      <c r="D16">
+        <v>22</v>
+      </c>
+      <c r="E16" t="s">
+        <v>69</v>
+      </c>
+      <c r="F16">
+        <v>2022</v>
+      </c>
+      <c r="G16" t="s">
+        <v>70</v>
+      </c>
+      <c r="H16">
+        <v>12.26</v>
+      </c>
+      <c r="I16">
+        <v>3.76</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9">
+      <c r="A17" t="s">
+        <v>71</v>
+      </c>
+      <c r="B17" t="s">
+        <v>72</v>
+      </c>
+      <c r="C17" t="s">
+        <v>73</v>
+      </c>
+      <c r="D17">
         <v>12</v>
       </c>
-      <c r="E15">
+      <c r="E17">
         <v>846</v>
       </c>
-      <c r="F15">
+      <c r="F17">
         <v>2022</v>
       </c>
-      <c r="G15" t="s">
-[...2 lines deleted...]
-      <c r="H15">
+      <c r="G17" t="s">
+        <v>74</v>
+      </c>
+      <c r="H17">
         <v>2.67</v>
       </c>
-      <c r="I15">
+      <c r="I17">
         <v>0.46</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>