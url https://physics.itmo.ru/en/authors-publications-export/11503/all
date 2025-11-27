--- v0 (2025-10-17)
+++ v1 (2025-11-27)
@@ -83,51 +83,51 @@
   <si>
     <t>Xu Yang, Zeying Zhang, Yuanbin Wu, Huadong Wang, Yang Yun, Yali Sun, Hongfei Xie, Bogdan Bogdanov, Pavel Senyushkin, Jimei Chi, Zewei Lian, Dongdong Wu, Meng Su, Yanlin Song</t>
   </si>
   <si>
     <t>Advanced Materials</t>
   </si>
   <si>
     <t>10.1002/adma.202304935</t>
   </si>
   <si>
     <t>Molecular Recognition-Modulated Hetero-Assembly of Nanostructures for Visualizable and Portable Detection of Circulating miRNAs</t>
   </si>
   <si>
     <t>Huadong Wang, Yali Sun, Zeying Zhang, Xu Yang, Bobing Ning, Pavel Senyushkin, Bogdan Bogdanov, Georgii Zmaga, Yonggan Xue, Jimei Chi, Hongfei Xie, Sisi Chen, Tingqing Wu, Zewei Lian, Qi Pan, Bingda Chen, Zhiyu Tan, Xiangyu Pan, Meng Su, Yanlin Song</t>
   </si>
   <si>
     <t>Analytical Chemistry</t>
   </si>
   <si>
     <t>10.1021/acs.analchem.3c01996</t>
   </si>
   <si>
     <t>Green printed hybrid optical dielectric nanostructures on a mirror</t>
   </si>
   <si>
-    <t>Yali Sun, Danni Zhao, Zeying Zhang, Nitika Garg, Bogdan Bogdanov, Pavel Senyushkin, Meng Su, Dmitry Zuev, Sandeep Kumar, Ashok K. Ganguli, Yanlin Song, Pavel Belov</t>
+    <t>Yali Sun, Danni Zhao , Zeying Zhang, Nitika Garg, Bogdan Bogdanov, Pavel Senyushkin, Meng Su, Dmitry Zuev, Sandeep Kumar, Ashok K. Ganguli, Yanlin Song, Pavel Belov</t>
   </si>
   <si>
     <t>Photonics and Nanostructures - Fundamentals and Applications</t>
   </si>
   <si>
     <t>10.1016/j.photonics.2023.101147</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">