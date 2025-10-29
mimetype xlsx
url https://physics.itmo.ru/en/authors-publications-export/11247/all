--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -113,69 +113,69 @@
   <si>
     <t>Lifetime of skyrmions in discrete systems with infinitesimal lattice constant</t>
   </si>
   <si>
     <t>Journal of Magnetism and Magnetic Materials</t>
   </si>
   <si>
     <t>10.1016/j.jmmm.2021.168974</t>
   </si>
   <si>
     <t>УСТОЙЧИВОСТЬ И ВРЕМЕНА ЖИЗНИ МАГНИТНЫХ СОСТОЯНИЙ НАНО- И МИКРОСТРУКТУР (МИНИОБЗОР)</t>
   </si>
   <si>
     <t>Igor Lobanov, Mariia Potkina, Valery Uzdin</t>
   </si>
   <si>
     <t>Письма в ЖЭТФ</t>
   </si>
   <si>
     <t>833-847</t>
   </si>
   <si>
     <t>10.31857/s1234567821120090</t>
   </si>
   <si>
+    <t>Nonmagnetic impurities in skyrmion racetrack memory</t>
+  </si>
+  <si>
+    <t>628-635</t>
+  </si>
+  <si>
+    <t>10.17586/2220-8054-2020-11-6-628-635</t>
+  </si>
+  <si>
     <t>Effective easy-axis anisotropy of the two-sublattice single-chain magnet with twisted easy planes</t>
   </si>
   <si>
     <t>M.S. Shustin, Mariia Potkina</t>
   </si>
   <si>
     <t>659-665</t>
   </si>
   <si>
     <t>10.17586/2220-8054-2020-11-6-659-665</t>
-  </si>
-[...7 lines deleted...]
-    <t>10.17586/2220-8054-2020-11-6-628-635</t>
   </si>
   <si>
     <t>Fine energy structure of a magnetic skyrmion localized on a nonmagnetic impurity in an external magnetic field</t>
   </si>
   <si>
     <t>Physics of Complex Systems</t>
   </si>
   <si>
     <t>165-168</t>
   </si>
   <si>
     <t>10.33910/2687-153x-2020-1-4-165-168</t>
   </si>
   <si>
     <t>Toward room-temperature nanoscale skyrmions in ultrathin films</t>
   </si>
   <si>
     <t>Anastasiia S. Varentcova, Stephan von Malottki, Mariia Potkina, Grzegorz Kwiatkowski, Stefan Heinze, Pavel Bessarab</t>
   </si>
   <si>
     <t>npj Computational Materials</t>
   </si>
   <si>
     <t>10.1038/s41524-020-00453-w</t>
   </si>
@@ -820,76 +820,76 @@
       </c>
       <c r="D7">
         <v>113</v>
       </c>
       <c r="E7" t="s">
         <v>31</v>
       </c>
       <c r="F7">
         <v>2021</v>
       </c>
       <c r="G7" t="s">
         <v>32</v>
       </c>
       <c r="H7">
         <v>1.53</v>
       </c>
       <c r="I7">
         <v>0.57</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
         <v>33</v>
       </c>
       <c r="B8" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="C8" t="s">
         <v>11</v>
       </c>
       <c r="D8">
         <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F8">
         <v>2020</v>
       </c>
       <c r="G8" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="H8"/>
       <c r="I8"/>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
+        <v>36</v>
+      </c>
+      <c r="B9" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="C9" t="s">
         <v>11</v>
       </c>
       <c r="D9">
         <v>11</v>
       </c>
       <c r="E9" t="s">
         <v>38</v>
       </c>
       <c r="F9">
         <v>2020</v>
       </c>
       <c r="G9" t="s">
         <v>39</v>
       </c>
       <c r="H9"/>
       <c r="I9"/>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
         <v>40</v>
       </c>
       <c r="B10" t="s">
         <v>22</v>